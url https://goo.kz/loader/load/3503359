--- v0 (2025-12-06)
+++ v1 (2025-12-06)
@@ -1,13665 +1,9904 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00744AE3" w:rsidRPr="0022604D" w:rsidRDefault="00744AE3" w:rsidP="00744AE3">
+    <w:p w:rsidR="009E098E" w:rsidRDefault="009E098E" w:rsidP="009E098E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0022604D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГУ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Средняя общеобразовательная школа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>№6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> объявляет конкурс </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E098E" w:rsidRDefault="009E098E" w:rsidP="009E098E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің</w:t>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должность </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">учителя </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t xml:space="preserve">физики </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:u w:val="single"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">русским </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> мұғалімі лауазымына конкурс жариялайды.</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">языком обучения </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00744AE3" w:rsidRPr="0022604D" w:rsidRDefault="00744AE3" w:rsidP="00744AE3">
+    <w:p w:rsidR="009E098E" w:rsidRPr="00DE3A8D" w:rsidRDefault="009E098E" w:rsidP="009E098E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
-        <w:tblW w:w="10052" w:type="dxa"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="382"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7454"/>
+        <w:gridCol w:w="392"/>
+        <w:gridCol w:w="2274"/>
+        <w:gridCol w:w="7648"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00744AE3" w:rsidRPr="005164A4" w:rsidTr="00FD14BF">
+      <w:tr w:rsidR="009E098E" w:rsidRPr="00B3089F" w:rsidTr="00737ECE">
         <w:trPr>
-          <w:trHeight w:val="233"/>
+          <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="382" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00744AE3" w:rsidRPr="0022604D" w:rsidRDefault="00744AE3" w:rsidP="00FD14BF">
+          <w:p w:rsidR="009E098E" w:rsidRPr="004D07D1" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0022604D">
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D07D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2216" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00744AE3" w:rsidRPr="0022604D" w:rsidRDefault="00744AE3" w:rsidP="00FD14BF">
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="00B3089F" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="0022604D">
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="00744AE3" w:rsidRPr="0022604D" w:rsidRDefault="00744AE3" w:rsidP="00FD14BF">
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Наименование организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="00B3089F" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Павлодар облысы білім беру басқармасының Павлодар қаласы білім беру бөлімінің «Павлодар қаласының  №6 жалпы орта білім беру мектебі» коммуналдық мемлекеттік мекемесі. </w:t>
+              <w:t xml:space="preserve">Коммунальное государственное учреждение «Средняя общеобразовательная школа  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№6 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>города Павлодара»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00744AE3" w:rsidRPr="0022604D" w:rsidTr="00FD14BF">
+      <w:tr w:rsidR="009E098E" w:rsidRPr="00B3089F" w:rsidTr="00737ECE">
         <w:trPr>
-          <w:trHeight w:val="149"/>
+          <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="382" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00744AE3" w:rsidRPr="0022604D" w:rsidRDefault="00744AE3" w:rsidP="00FD14BF">
+          <w:p w:rsidR="009E098E" w:rsidRPr="004D07D1" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-          <w:p w:rsidR="00744AE3" w:rsidRPr="0022604D" w:rsidRDefault="00744AE3" w:rsidP="00FD14BF">
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="00B3089F" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0022604D">
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>местонахождения, почтового адреса</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="003D5ADF" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>пошта мекенжайының орналасқан жері</w:t>
-[...7 lines deleted...]
-          <w:p w:rsidR="00744AE3" w:rsidRPr="0022604D" w:rsidRDefault="00744AE3" w:rsidP="00FD14BF">
+              <w:t xml:space="preserve">140008, Республика Казахстан, Павлодарская область,                                город Павлодар, улица </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Генерала Смагулова</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>78</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E098E" w:rsidRPr="00B3089F" w:rsidTr="00737ECE">
+        <w:trPr>
+          <w:trHeight w:val="264"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="004D07D1" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="00B3089F" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>номеров телефонов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="00B3089F" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...84 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0022604D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>8 7182620158</w:t>
+              <w:t xml:space="preserve">8 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7182620158</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00744AE3" w:rsidRPr="0022604D" w:rsidTr="00FD14BF">
+      <w:tr w:rsidR="009E098E" w:rsidRPr="00DE3A8D" w:rsidTr="00737ECE">
         <w:trPr>
-          <w:trHeight w:val="67"/>
+          <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="382" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00744AE3" w:rsidRPr="0022604D" w:rsidRDefault="00744AE3" w:rsidP="00FD14BF">
+          <w:p w:rsidR="009E098E" w:rsidRPr="004D07D1" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="00B3089F" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>адреса электронной почты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="00B3089F" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00417D4E">
+              <w:t>sosh6@goo.edu.kz</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E098E" w:rsidRPr="00B3089F" w:rsidTr="00737ECE">
+        <w:trPr>
+          <w:trHeight w:val="570"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="004D07D1" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D07D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="00B3089F" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="00B3089F" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">учитель </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>физики в классах с русским языком обучения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ча</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">сов </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E098E" w:rsidRPr="00B3089F" w:rsidTr="00737ECE">
+        <w:trPr>
+          <w:trHeight w:val="825"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="004D07D1" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="00B3089F" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>основные функциональные обязанности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="00B3089F" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- обучение и воспитание обучающихся с учетом специфики преподаваемого предмета и возраста обучающихся; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="00B3089F" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- содействие социализации обучающихся, формированию у них общей культуры, осознанному выбору ими и последующему освоению профессиональных образовательных программ;  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="00B3089F" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>- обеспечение режима соблюдения норм и правил техники безопасности в учебном процессе.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E098E" w:rsidRPr="00B3089F" w:rsidTr="00737ECE">
+        <w:trPr>
+          <w:trHeight w:val="639"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="004D07D1" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="00B3089F" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>размер и условия оплаты труда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="00B3089F" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- выплачивается в соответствии со стажем </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="00B3089F" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- среднее специальное образование( min): </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 205639 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тенге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="00B3089F" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- высшее образование (min): </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>от 253951</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E098E" w:rsidRPr="00B3089F" w:rsidTr="00737ECE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="004D07D1" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D07D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="00B3089F" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="00B3089F" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="00B3089F" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>- высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю, без предъявления требований к стажу работы или техническое и профессиональное педагогическое образование по соответствующему профилю без предъявления требований к стажу работы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="00B3089F" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="00B3089F" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет, для педагога-эксперта не менее 3 лет, педагога-исследователя не менее 4 лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E098E" w:rsidRPr="00B3089F" w:rsidTr="00737ECE">
+        <w:trPr>
+          <w:trHeight w:val="105"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="004D07D1" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D07D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="00B3089F" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок приема документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="00244165" w:rsidRDefault="001A12C4" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...65 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+              <w:t>17</w:t>
+            </w:r>
+            <w:r w:rsidR="009E098E" w:rsidRPr="008D234C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="0022604D">
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00DC7B12">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>2</w:t>
-[...71 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r w:rsidR="009E098E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...121 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+              <w:t>.24</w:t>
+            </w:r>
+            <w:r w:rsidR="009E098E" w:rsidRPr="008D234C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...367 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00DC7B12">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r>
+              <w:t>24</w:t>
+            </w:r>
+            <w:r w:rsidR="009E098E" w:rsidRPr="008D234C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>17</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00F87EC0">
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="009E098E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>.12.24-24</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00744AE3">
+              <w:t>12</w:t>
+            </w:r>
+            <w:r w:rsidR="009E098E" w:rsidRPr="008D234C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>.12</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00744AE3" w:rsidRPr="0022604D">
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r w:rsidR="009E098E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>.24</w:t>
+              <w:t>4</w:t>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00744AE3" w:rsidRPr="005164A4" w:rsidTr="00FD14BF">
-[...7 lines deleted...]
-          <w:p w:rsidR="00744AE3" w:rsidRPr="0022604D" w:rsidRDefault="00744AE3" w:rsidP="00FD14BF">
+      <w:tr w:rsidR="009E098E" w:rsidRPr="00B3089F" w:rsidTr="00737ECE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="004D07D1" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0022604D">
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D07D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2216" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00744AE3" w:rsidRPr="0022604D" w:rsidRDefault="00744AE3" w:rsidP="00FD14BF">
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="00B3089F" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...2760 lines deleted...]
-                <w:bCs/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:t>Перечень необходимых документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="00AD4252" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="1" w:name="z180"/>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="1"/>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1) заявление об участии в конкурсе с указанием перечня прилагаемых документов по форме согласно приложению 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="00AD4252" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="2" w:name="z181"/>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="00AD4252" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="3" w:name="z182"/>
+            <w:bookmarkEnd w:id="2"/>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3) заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="00AD4252" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="4" w:name="z183"/>
+            <w:bookmarkEnd w:id="3"/>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4) копии документов об образовании в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="00AD4252" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="5" w:name="z184"/>
+            <w:bookmarkEnd w:id="4"/>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5) копию документа, подтверждающую трудовую деятельность (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="00AD4252" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="6" w:name="z185"/>
+            <w:bookmarkEnd w:id="5"/>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 6) справку о состоянии здоровья по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № Қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="00AD4252" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="7" w:name="z186"/>
+            <w:bookmarkEnd w:id="6"/>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 7) справку с психоневрологической организации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="00AD4252" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="8" w:name="z187"/>
+            <w:bookmarkEnd w:id="7"/>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 8) справку с наркологической организации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="00444F20" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="9" w:name="z188"/>
+            <w:bookmarkEnd w:id="8"/>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00444F20">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00444F20">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">сертификат о результатах прохождения сертификации или </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00444F20">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">      10) </w:t>
-[...99 lines deleted...]
-            </w:r>
+              <w:t>удостоверение о наличии действующей квалификационной категории (при наличии);</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="10" w:name="z189"/>
+            <w:bookmarkEnd w:id="9"/>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="00AD4252" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 10) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF0BB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">для кандидатов на занятие должности педагогов английского языка сертификат о результатах сертификации по предмету или удостоверение о наличии квалификационной категории педагога-модератора или педагога-эксперта, или педагога-исследователя, или педагога-мастера (при наличии) или сертификат </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF0BB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF0BB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF0BB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF0BB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF0BB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF0BB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF0BB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF0BB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF0BB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Language</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF0BB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF0BB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF0BB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF0BB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF0BB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF0BB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Adults</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF0BB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF0BB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CF0BB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CF0BB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CF0BB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>айелтс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CF0BB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (IELTS) – 6,5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CF0BB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CF0BB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CF0BB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CF0BB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CF0BB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>тойфл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CF0BB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (TOEFL) (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CF0BB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>іnternet</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CF0BB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Based Test (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CF0BB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>іBT</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CF0BB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">)) – 60 – 65 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CF0BB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CF0BB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="001A2B66" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="11" w:name="z190"/>
+            <w:bookmarkEnd w:id="10"/>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00444F20">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A2B66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">педагоги, приступившие к педагогической деятельности в организации технического и профессионального, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A2B66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>послесреднего</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A2B66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> образования на должности педагогов по специальным дисциплинам и мастеров производственного обучения, имеющие стаж работы на производстве по соответствующей специальности или профилю не менее двух лет освобождаются от прохождения сертификации.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="00AD4252" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="12" w:name="z191"/>
+            <w:bookmarkEnd w:id="11"/>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 12) заполненный Оценочный лист кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="001A2B66" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="13" w:name="z192"/>
+            <w:bookmarkEnd w:id="12"/>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD4252">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 13) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A2B66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>видеопрезентация</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A2B66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A2B66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>самопрезентация</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A2B66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) для кандидата без стажа продолжительностью не менее 10 минут, с минимальным разрешением – 720 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A2B66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>x</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A2B66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 480.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="13"/>
+          <w:p w:rsidR="009E098E" w:rsidRPr="004A01E9" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00744AE3" w:rsidRPr="0022604D" w:rsidTr="00FD14BF">
-[...7 lines deleted...]
-          <w:p w:rsidR="00744AE3" w:rsidRPr="0022604D" w:rsidRDefault="00744AE3" w:rsidP="00FD14BF">
+      <w:tr w:rsidR="009E098E" w:rsidRPr="00B3089F" w:rsidTr="00737ECE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="004D07D1" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0022604D">
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D07D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2216" w:type="dxa"/>
-[...25 lines deleted...]
-                <w:szCs w:val="21"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="00B3089F" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...61 lines deleted...]
-          <w:p w:rsidR="00744AE3" w:rsidRPr="0022604D" w:rsidRDefault="00744AE3" w:rsidP="00FD14BF">
+              <w:t>Срок вакантной должности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="00FC5F6A" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...18 lines deleted...]
-              <w:t>тұрақты</w:t>
+              <w:t>на постоянной основе</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00744AE3" w:rsidRPr="0022604D" w:rsidRDefault="00744AE3" w:rsidP="00744AE3">
+    <w:p w:rsidR="009E098E" w:rsidRPr="004D07D1" w:rsidRDefault="009E098E" w:rsidP="009E098E">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
-          <w:lang w:val="kk-KZ"/>
-[...764 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
-        <w:tblW w:w="0" w:type="auto"/>
-[...1337 lines deleted...]
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5546"/>
-        <w:gridCol w:w="4025"/>
+        <w:gridCol w:w="5495"/>
+        <w:gridCol w:w="4819"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00744AE3" w:rsidTr="00FD14BF">
+      <w:tr w:rsidR="009E098E" w:rsidRPr="00790B31" w:rsidTr="00737ECE">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5920" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00744AE3" w:rsidRDefault="00744AE3" w:rsidP="00FD14BF">
+            <w:tcW w:w="5495" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="00790B31" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US"/>
-[...25 lines deleted...]
-          <w:p w:rsidR="00744AE3" w:rsidRDefault="00744AE3" w:rsidP="00FD14BF">
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4819" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-          <w:p w:rsidR="00744AE3" w:rsidRDefault="00744AE3" w:rsidP="00FD14BF">
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...37 lines deleted...]
-          <w:p w:rsidR="00744AE3" w:rsidRDefault="00744AE3" w:rsidP="00FD14BF">
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-          <w:p w:rsidR="00744AE3" w:rsidRDefault="00744AE3" w:rsidP="00FD14BF">
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-          <w:p w:rsidR="00744AE3" w:rsidRDefault="00744AE3" w:rsidP="00FD14BF">
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...3 lines deleted...]
-            <w:r>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-[...3 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="00790B31" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Приложение 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="00790B31" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">назначения на должности, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="00790B31" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">освобождения от должностей </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="00790B31" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="00790B31" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="00790B31" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00744AE3" w:rsidRDefault="00744AE3" w:rsidP="00744AE3">
+    <w:p w:rsidR="009E098E" w:rsidRPr="00790B31" w:rsidRDefault="009E098E" w:rsidP="009E098E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E098E" w:rsidRPr="00790B31" w:rsidRDefault="009E098E" w:rsidP="009E098E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E098E" w:rsidRPr="00790B31" w:rsidRDefault="009E098E" w:rsidP="009E098E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>государственный орган, объявивший конкурс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E098E" w:rsidRPr="00790B31" w:rsidRDefault="009E098E" w:rsidP="009E098E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E098E" w:rsidRPr="00790B31" w:rsidRDefault="009E098E" w:rsidP="009E098E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E098E" w:rsidRPr="00790B31" w:rsidRDefault="009E098E" w:rsidP="009E098E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ф.И.О. кандидата (при его наличии), ИИН</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E098E" w:rsidRPr="00790B31" w:rsidRDefault="009E098E" w:rsidP="009E098E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E098E" w:rsidRPr="00790B31" w:rsidRDefault="009E098E" w:rsidP="009E098E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E098E" w:rsidRPr="00790B31" w:rsidRDefault="009E098E" w:rsidP="009E098E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(должность, место работы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E098E" w:rsidRPr="00790B31" w:rsidRDefault="009E098E" w:rsidP="009E098E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E098E" w:rsidRPr="00790B31" w:rsidRDefault="009E098E" w:rsidP="009E098E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(фактическое место проживания, адрес прописки, контактный телефон)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E098E" w:rsidRPr="00790B31" w:rsidRDefault="009E098E" w:rsidP="009E098E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E098E" w:rsidRPr="00790B31" w:rsidRDefault="009E098E" w:rsidP="009E098E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00744AE3" w:rsidRDefault="00744AE3" w:rsidP="00744AE3">
+    <w:p w:rsidR="009E098E" w:rsidRPr="00790B31" w:rsidRDefault="009E098E" w:rsidP="009E098E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E098E" w:rsidRPr="00790B31" w:rsidRDefault="009E098E" w:rsidP="009E098E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Б</w:t>
-[...12 lines deleted...]
-          <w:lang w:val="en-US"/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E098E" w:rsidRPr="004D07D1" w:rsidRDefault="009E098E" w:rsidP="009E098E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>должности (нужное подчеркнуть)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...147 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="004D07D1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
+        </w:rPr>
+        <w:t>________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00744AE3" w:rsidRDefault="00744AE3" w:rsidP="00744AE3">
+    <w:p w:rsidR="009E098E" w:rsidRPr="004D07D1" w:rsidRDefault="009E098E" w:rsidP="009E098E">
       <w:pPr>
-        <w:spacing w:after="0"/>
-        <w:jc w:val="center"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...7 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ар болса</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>))</w:t>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00744AE3" w:rsidRDefault="00744AE3" w:rsidP="00744AE3">
+    <w:p w:rsidR="009E098E" w:rsidRPr="004D07D1" w:rsidRDefault="009E098E" w:rsidP="009E098E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E098E" w:rsidRPr="00790B31" w:rsidRDefault="009E098E" w:rsidP="009E098E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(наименование организаций образования, адрес (область, район, город\село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E098E" w:rsidRPr="004D07D1" w:rsidRDefault="009E098E" w:rsidP="009E098E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E098E" w:rsidRPr="004D07D1" w:rsidRDefault="009E098E" w:rsidP="009E098E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>В настоящее время работаю:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E098E" w:rsidRPr="004D07D1" w:rsidRDefault="009E098E" w:rsidP="009E098E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E098E" w:rsidRPr="00790B31" w:rsidRDefault="009E098E" w:rsidP="009E098E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E098E" w:rsidRPr="00790B31" w:rsidRDefault="009E098E" w:rsidP="009E098E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(должность, наименование организации, адрес (область, район, город\село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E098E" w:rsidRPr="00790B31" w:rsidRDefault="009E098E" w:rsidP="009E098E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E098E" w:rsidRPr="00790B31" w:rsidRDefault="009E098E" w:rsidP="009E098E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E098E" w:rsidRPr="00790B31" w:rsidRDefault="009E098E" w:rsidP="009E098E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10395" w:type="dxa"/>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2127"/>
+        <w:gridCol w:w="2976"/>
+        <w:gridCol w:w="2197"/>
+        <w:gridCol w:w="2765"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="009E098E" w:rsidRPr="00790B31" w:rsidTr="00737ECE">
+        <w:trPr>
+          <w:trHeight w:val="760"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="00790B31" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Образование: высшее или послевузовское</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="00790B31" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="00790B31" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>учебного</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>заведения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2197" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="00790B31" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Период</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>обучения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="00790B31" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Специальность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="00790B31" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>диплому</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E098E" w:rsidRPr="00790B31" w:rsidTr="00737ECE">
+        <w:trPr>
+          <w:trHeight w:val="749"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="00790B31" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="00790B31" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2197" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="00790B31" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="00790B31" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="009E098E" w:rsidRPr="00790B31" w:rsidRDefault="009E098E" w:rsidP="009E098E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E098E" w:rsidRPr="00790B31" w:rsidRDefault="009E098E" w:rsidP="009E098E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Наличие квалификационной категории (дата присвоения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>подтверждения):_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E098E" w:rsidRPr="00790B31" w:rsidRDefault="009E098E" w:rsidP="009E098E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E098E" w:rsidRPr="00790B31" w:rsidRDefault="009E098E" w:rsidP="009E098E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E098E" w:rsidRPr="00790B31" w:rsidRDefault="009E098E" w:rsidP="009E098E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Стаж педагогической работы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E098E" w:rsidRPr="00790B31" w:rsidRDefault="009E098E" w:rsidP="009E098E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Имею следующие результаты работы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E098E" w:rsidRPr="00790B31" w:rsidRDefault="009E098E" w:rsidP="009E098E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E098E" w:rsidRPr="00790B31" w:rsidRDefault="009E098E" w:rsidP="009E098E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E098E" w:rsidRPr="00790B31" w:rsidRDefault="009E098E" w:rsidP="009E098E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E098E" w:rsidRPr="00790B31" w:rsidRDefault="009E098E" w:rsidP="009E098E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E098E" w:rsidRPr="00790B31" w:rsidRDefault="009E098E" w:rsidP="009E098E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E098E" w:rsidRPr="00790B31" w:rsidRDefault="009E098E" w:rsidP="009E098E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E098E" w:rsidRPr="004D07D1" w:rsidRDefault="009E098E" w:rsidP="009E098E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E098E" w:rsidRPr="004D07D1" w:rsidRDefault="009E098E" w:rsidP="009E098E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E098E" w:rsidRPr="00790B31" w:rsidRDefault="009E098E" w:rsidP="009E098E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E098E" w:rsidRPr="00790B31" w:rsidRDefault="009E098E" w:rsidP="009E098E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>а также дополнительные сведения (при наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E098E" w:rsidRPr="00790B31" w:rsidRDefault="009E098E" w:rsidP="009E098E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E098E" w:rsidRPr="00790B31" w:rsidRDefault="009E098E" w:rsidP="009E098E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E098E" w:rsidRPr="00790B31" w:rsidRDefault="009E098E" w:rsidP="009E098E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E098E" w:rsidRPr="00790B31" w:rsidRDefault="009E098E" w:rsidP="009E098E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E098E" w:rsidRPr="00790B31" w:rsidRDefault="009E098E" w:rsidP="009E098E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E098E" w:rsidRPr="00790B31" w:rsidRDefault="009E098E" w:rsidP="009E098E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«___</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_»_____________20___года</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              ______________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>подпись</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E098E" w:rsidRDefault="009E098E" w:rsidP="009E098E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E098E" w:rsidRPr="004A01E9" w:rsidRDefault="009E098E" w:rsidP="009E098E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6129"/>
+        <w:gridCol w:w="3936"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidTr="00737ECE">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>к Правилам назначения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на должности, освобождения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от должностей первых</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>руководителей и педагогов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственных организаций</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">образования </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidTr="00737ECE">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="009E098E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="z364"/>
+      <w:r w:rsidRPr="002A2141">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A2141">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="002A2141">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A2141">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="002A2141">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10532" w:type="dxa"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="468"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="851"/>
+        <w:gridCol w:w="751"/>
+        <w:gridCol w:w="1843"/>
+        <w:gridCol w:w="3685"/>
+        <w:gridCol w:w="3260"/>
+        <w:gridCol w:w="993"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00744AE3" w:rsidTr="00FD14BF">
+      <w:tr w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidTr="00737ECE">
         <w:trPr>
-          <w:trHeight w:val="521"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="751" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...18 lines deleted...]
-                <w:szCs w:val="19"/>
+          </w:tcPr>
+          <w:bookmarkEnd w:id="14"/>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...10 lines deleted...]
-                <w:szCs w:val="18"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>Өлшемшарттар</w:t>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...12 lines deleted...]
-            </w:pPr>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>Растайтын</w:t>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Подтверждающий</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...4 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>құжат</w:t>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>документ</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-          </w:p>
-[...3 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...65 lines deleted...]
-            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Кол-во баллов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(от 1 до 20)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00744AE3" w:rsidRDefault="00744AE3" w:rsidP="00FD14BF">
-[...34 lines deleted...]
-              <w:t xml:space="preserve">Баға </w:t>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Баллы кандидата</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00744AE3" w:rsidTr="00FD14BF">
-[...1061 lines deleted...]
-      <w:tr w:rsidR="00744AE3" w:rsidTr="00FD14BF">
+      <w:tr w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidTr="00737ECE">
         <w:trPr>
           <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="751" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...5065 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...34 lines deleted...]
-            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...159 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...10 lines deleted...]
-                <w:szCs w:val="19"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...7 lines deleted...]
-              <w:t>Барлығы</w:t>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Уровень</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...12 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>образования</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00744AE3" w:rsidRDefault="00744AE3" w:rsidP="00FD14BF">
-[...15 lines deleted...]
-            <w:tcW w:w="851" w:type="dxa"/>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-          </w:tcPr>
-[...8 lines deleted...]
-                <w:szCs w:val="19"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Техническое</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и профессиональное = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Высшее</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> очное = 2 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Высшее</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> очное с отличием = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Магистр = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidTr="00737ECE">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Ученая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>академическая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>степень</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>PHD</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-доктор = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Доктор наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Кандидат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>наук</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidTr="00737ECE">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Результаты прохождения сертификации для кандидатов без стажа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>квалификационная категория "педагог" плюс 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidTr="00737ECE">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Квалификационная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>категория</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Удостоверение</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>иной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>документ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2 категория = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 категория = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Высшая категория = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-модератор = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-исследователь = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-мастер = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidTr="00737ECE">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Опыт административной и методической деятельности </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Методист (стаж в должности не менее 2 лет) = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>заместитель директора (стаж в должности не менее 2 лет) = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>директор (стаж в должности не менее 2 лет) = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidTr="00737ECE">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Для педагогов, впервые поступающих на работу </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Результаты педагогической/ профессиональной практики "отлично" = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>хорошо</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" = 0,5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidTr="00737ECE">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Рекомендательное письмо с предыдущего места работы (по должности педагога) или учебы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Рекомендательное письмо (организация образования, объявившая конкурс самостоятельно делает запрос в организацию/учебное заведение по последнему месту работы/учебы) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наличие положительного рекомендательного письма = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Негативное рекомендательное письмо = минус 3 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidTr="00737ECE">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Показатели</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>профессиональных</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>достижений</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- дипломы, грамоты победителей </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>государственная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>награда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>призеры олимпиад и конкурсов = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">призеры олимпиад и конкурсов = 3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>участник конкурса "Лучший педагог" = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>призер конкурса "Лучший педагог" = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>обладатель медали "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сіңірген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұстазы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>" = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidTr="00737ECE">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Методическая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>деятельность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>авторские</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>работы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>публикации</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">наличие публикации по научно-исследовательской деятельности, включенный в перечень КОКСОН, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidTr="00737ECE">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>деятельность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Документ, подтверждающий общественно-педагогическую деятельность </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>руководство МО = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>преподавание на 2 языках, русский/казахский = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>иностранный/русский, иностранный/казахский) = 3 балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>преподавание на 3 языках (казахский, русский, иностранный) = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidTr="00737ECE">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Курсовая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>подготовка</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - сертификат на цифровую грамотность, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> КАЗТЕСТ, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>IELTS</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>TOEFL</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELF</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Goethe</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, обучение по программам "Основы программирования в </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Python</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">", "Обучение работе с </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Microsoft</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Международные курсы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>TEFL</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Cambridge</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELTA</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(Certificate in Teaching English to Speakers of Other Languages)"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"TKT</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Knowledge Test"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"TESOL"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Certificate in teaching English for young learners</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>IHCYLT - International House Certificate In Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Assessment for Learning: Formative Assessment in Science and </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Maths</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teaching</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Educational Management</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Coursera</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Futute</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Mathematics with Technology</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Special Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"Developing expertise in teaching chemistry"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>курсы ЦПМ НИШ, "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өрлеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> курсы </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> повышения квалификации по программам, согласованным с уполномоченным органом в области образования, реализуемым организациями повышения квалификации включенных в список в соответствии с приказом Министра образования и науки Республики Казахстан от 28 января 2016 года № 95 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 30068)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= 0,5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>каждый</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>отдельно</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidTr="00737ECE">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>12.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Выпускник организации высшего и послевузовского образования, обучившийся по государственному образовательному гранту, участник государственной программ "С дипломом в село!", "Серп</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>н", педагог, направленный по молодежной практике Центром занятости населения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сертификат обладателя государственного образовательного гранта, договор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>плюс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidTr="00737ECE">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2594" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Итого</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6945" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="00737ECE">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00744AE3" w:rsidRDefault="00744AE3" w:rsidP="00744AE3">
+    <w:p w:rsidR="009E098E" w:rsidRPr="002A2141" w:rsidRDefault="009E098E" w:rsidP="009E098E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E098E" w:rsidRDefault="009E098E" w:rsidP="009E098E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00744AE3" w:rsidRPr="00B262FC" w:rsidRDefault="00744AE3" w:rsidP="00744AE3">
+    <w:p w:rsidR="009E098E" w:rsidRDefault="009E098E" w:rsidP="009E098E">
       <w:pPr>
-        <w:tabs>
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00744AE3" w:rsidRDefault="00744AE3" w:rsidP="00744AE3"/>
-[...6 lines deleted...]
-    <w:sectPr w:rsidR="001E3156">
+    <w:p w:rsidR="009E098E" w:rsidRDefault="009E098E" w:rsidP="009E098E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E098E" w:rsidRDefault="009E098E" w:rsidP="009E098E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009E098E" w:rsidRDefault="009E098E" w:rsidP="009E098E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0084622C" w:rsidRDefault="0084622C"/>
+    <w:sectPr w:rsidR="0084622C" w:rsidSect="009D5E8B">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="737" w:right="794" w:bottom="737" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="110"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00A21095"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00F87EC0"/>
+    <w:rsidRoot w:val="00AD79D9"/>
+    <w:rsid w:val="001A12C4"/>
+    <w:rsid w:val="0084622C"/>
+    <w:rsid w:val="009E098E"/>
+    <w:rsid w:val="00AD79D9"/>
+    <w:rsid w:val="00DC7B12"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -13802,112 +10041,113 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00744AE3"/>
-[...3 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="009E098E"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00744AE3"/>
+    <w:rsid w:val="009E098E"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...2 lines deleted...]
-    </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="009E098E"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
@@ -14027,112 +10267,113 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00744AE3"/>
-[...3 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="009E098E"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00744AE3"/>
+    <w:rsid w:val="009E098E"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...2 lines deleted...]
-    </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="009E098E"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -14395,54 +10636,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1999</Words>
-  <Characters>11396</Characters>
+  <Words>2013</Words>
+  <Characters>11475</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>94</Lines>
+  <Lines>95</Lines>
   <Paragraphs>26</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13369</CharactersWithSpaces>
+  <CharactersWithSpaces>13462</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>админ</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>