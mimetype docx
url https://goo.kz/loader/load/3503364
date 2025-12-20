--- v0 (2025-12-05)
+++ v1 (2025-12-20)
@@ -2,9522 +2,16884 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w14:paraId="18C3247F" w14:textId="18210678" w:rsidR="00321427" w:rsidRPr="0074228B" w:rsidRDefault="00321427" w:rsidP="00321427">
+    <w:p w:rsidR="003E3EEA" w:rsidRPr="001F4BA9" w:rsidRDefault="00EF1FD6" w:rsidP="00B00AEE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0074228B">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF4A7D" w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>имени М.Алимбаева</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар қаласының </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD5A5F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> города Павлодара» объявляет конкурс </w:t>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>М.Әлімбаев</w:t>
+      </w:r>
+      <w:r w:rsidR="00873C6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> атындағы</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жалпы орта білім беру мектебі</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF4A7D" w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> КММ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="115BDD7A" w14:textId="5B62983F" w:rsidR="00321427" w:rsidRDefault="00321427" w:rsidP="00321427">
+    <w:p w:rsidR="00B00AEE" w:rsidRPr="001F4BA9" w:rsidRDefault="009F3B00" w:rsidP="00B00AEE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">директордың оқу жұмысы жөніндегі орынбасары </w:t>
+      </w:r>
+      <w:r w:rsidR="00D70D9E" w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лауазымына</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурс жариялайды</w:t>
+      </w:r>
+      <w:r w:rsidR="006E408E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>заместителя руководителя школы по учебной работе</w:t>
-[...34 lines deleted...]
-        <w:t>0,5 ставка)</w:t>
+        <w:t xml:space="preserve"> (0,5 жүктеме)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4601E1CA" w14:textId="77777777" w:rsidR="009B1563" w:rsidRPr="0074228B" w:rsidRDefault="009B1563" w:rsidP="00321427">
+    <w:p w:rsidR="00B00AEE" w:rsidRPr="001F4BA9" w:rsidRDefault="00B00AEE" w:rsidP="00B00AEE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="391"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7539"/>
+        <w:gridCol w:w="514"/>
+        <w:gridCol w:w="2996"/>
+        <w:gridCol w:w="6627"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="0074228B" w14:paraId="012C9C24" w14:textId="77777777" w:rsidTr="009B1563">
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="006E408E" w:rsidTr="009540D9">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="391" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="0C4C53C9" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="0074228B" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6736FDEA" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="0074228B" w:rsidRDefault="004C1F73" w:rsidP="00321427">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-              <w:t>Наименование организации образования</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білім беру ұйымының атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7539" w:type="dxa"/>
+            <w:tcW w:w="6627" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="43B7E72E" w14:textId="1AA75F6C" w:rsidR="00CB6B4F" w:rsidRPr="0074228B" w:rsidRDefault="00DF7B58" w:rsidP="009B1563">
-            <w:pPr>
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00FD5A5F">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="24"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
-            <w:r w:rsidRPr="0074228B">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="24"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Павлодар қаласының </w:t>
+            </w:r>
+            <w:r w:rsidR="00FD5A5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="24"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>М. Әлімбаев</w:t>
+            </w:r>
+            <w:r w:rsidR="00EC773A" w:rsidRPr="00EC773A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="24"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> атындағы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="24"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жалпы орта білім беру мектебі</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r w:rsidRPr="0074228B">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> коммуналдық мемлекеттік мекемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B1563" w:rsidRPr="0074228B" w14:paraId="1D651AF3" w14:textId="77777777" w:rsidTr="009B1563">
+      <w:tr w:rsidR="001D5ECE" w:rsidRPr="00A668A3" w:rsidTr="009540D9">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="391" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="276ECF0C" w14:textId="77777777" w:rsidR="009B1563" w:rsidRPr="0074228B" w:rsidRDefault="009B1563" w:rsidP="00321427">
+          <w:p w:rsidR="001D5ECE" w:rsidRPr="001F4BA9" w:rsidRDefault="001D5ECE" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6109BB27" w14:textId="77777777" w:rsidR="009B1563" w:rsidRPr="0074228B" w:rsidRDefault="009B1563" w:rsidP="00321427">
+          <w:p w:rsidR="001D5ECE" w:rsidRPr="001F4BA9" w:rsidRDefault="001D5ECE" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-              <w:t>местонахождения, почтового адреса</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7539" w:type="dxa"/>
+            <w:tcW w:w="6627" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="067D7AEC" w14:textId="77777777" w:rsidR="009B1563" w:rsidRPr="009B1563" w:rsidRDefault="009B1563" w:rsidP="00AD4F4D">
-[...35 lines deleted...]
-          <w:p w14:paraId="4D5DAA8F" w14:textId="548ED490" w:rsidR="009B1563" w:rsidRPr="009B1563" w:rsidRDefault="009B1563" w:rsidP="00E130D9">
+          <w:p w:rsidR="001D5ECE" w:rsidRPr="00335DCB" w:rsidRDefault="001D5ECE" w:rsidP="002D75A8">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F460C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>140008, Қазақстан Республикасы, Павлодар облысы,                                 Павлодар қаласы, П.Васильева</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F460C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>көшесі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F460C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7/2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B1563" w:rsidRPr="0074228B" w14:paraId="42E23A1D" w14:textId="77777777" w:rsidTr="009B1563">
+      <w:tr w:rsidR="001D5ECE" w:rsidRPr="00A668A3" w:rsidTr="009540D9">
         <w:trPr>
-          <w:trHeight w:val="264"/>
+          <w:trHeight w:val="328"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="391" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="4AC79E70" w14:textId="77777777" w:rsidR="009B1563" w:rsidRPr="0074228B" w:rsidRDefault="009B1563" w:rsidP="00321427">
+          <w:p w:rsidR="001D5ECE" w:rsidRPr="00A668A3" w:rsidRDefault="001D5ECE" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6716176F" w14:textId="77777777" w:rsidR="009B1563" w:rsidRPr="0074228B" w:rsidRDefault="009B1563" w:rsidP="00321427">
+          <w:p w:rsidR="001D5ECE" w:rsidRPr="001F4BA9" w:rsidRDefault="001D5ECE" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-              <w:t>номеров телефонов</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">телефон нөмірлері, </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7539" w:type="dxa"/>
+            <w:tcW w:w="6627" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="558DFAFA" w14:textId="5FE15DB3" w:rsidR="009B1563" w:rsidRPr="009B1563" w:rsidRDefault="009B1563" w:rsidP="00E130D9">
+          <w:p w:rsidR="001D5ECE" w:rsidRPr="00B3089F" w:rsidRDefault="001D5ECE" w:rsidP="002D75A8">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="24"/>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F460C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8 (7182) 22-55-99</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B1563" w:rsidRPr="0074228B" w14:paraId="5331ABE8" w14:textId="77777777" w:rsidTr="009B1563">
+      <w:tr w:rsidR="001D5ECE" w:rsidRPr="00A668A3" w:rsidTr="009540D9">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="391" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="7BDC3696" w14:textId="77777777" w:rsidR="009B1563" w:rsidRPr="0074228B" w:rsidRDefault="009B1563" w:rsidP="00321427">
+          <w:p w:rsidR="001D5ECE" w:rsidRPr="001F4BA9" w:rsidRDefault="001D5ECE" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4A270058" w14:textId="77777777" w:rsidR="009B1563" w:rsidRPr="0074228B" w:rsidRDefault="009B1563" w:rsidP="00321427">
+          <w:p w:rsidR="001D5ECE" w:rsidRPr="001F4BA9" w:rsidRDefault="001D5ECE" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-              <w:t>адреса электронной почты</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>электрондық пошта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7539" w:type="dxa"/>
+            <w:tcW w:w="6627" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D8E9FB5" w14:textId="77777777" w:rsidR="009B1563" w:rsidRPr="009B1563" w:rsidRDefault="009B1563" w:rsidP="00AD4F4D">
-[...21 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="001D5ECE" w:rsidRPr="00B3089F" w:rsidRDefault="001D5ECE" w:rsidP="002D75A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F460C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>alimbaeva</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F460C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>@</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F460C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>goo.edu.kz</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="0074228B" w14:paraId="29A3A53F" w14:textId="77777777" w:rsidTr="009B1563">
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00D25A77" w:rsidTr="009540D9">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="391" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="339CC8F6" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="0074228B" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="20D64B81" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="0074228B" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7539" w:type="dxa"/>
+            <w:tcW w:w="6627" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="581B47F0" w14:textId="2521F04B" w:rsidR="004F2A50" w:rsidRPr="0074228B" w:rsidRDefault="00CE0AB8" w:rsidP="00E130D9">
+          <w:p w:rsidR="00D25A77" w:rsidRDefault="009F3B00" w:rsidP="009F3B00">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F3B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>директордың оқу жұмысы жөніндегі орынбасары  лауазымына</w:t>
+            </w:r>
+            <w:r w:rsidR="008E7665" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="009F3B00">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="006E408E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
+            </w:r>
+            <w:r w:rsidR="001661B4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...36 lines deleted...]
-              <w:t>ставка</w:t>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жүктеме</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="0074228B" w14:paraId="4ABB31DA" w14:textId="77777777" w:rsidTr="009B1563">
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="006E408E" w:rsidTr="009540D9">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="391" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="06071A50" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="0074228B" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="598919EC" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="0074228B" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-              <w:t>основные функциональные обязанности</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>негізгі функционалдық міндеттері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7539" w:type="dxa"/>
+            <w:tcW w:w="6627" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7BB448AC" w14:textId="77777777" w:rsidR="00C55F69" w:rsidRPr="001566DB" w:rsidRDefault="00C55F69" w:rsidP="00C55F69">
-[...21 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="005E0267" w:rsidRPr="00701C5C" w:rsidRDefault="007E605F" w:rsidP="007E605F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...19 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>оқу-тәрбие</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="62"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>процесін,</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="62"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="62"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="63"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>ұйымының</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="62"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="62"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>ағымдағы</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="62"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">жоспарлауды </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-67"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>ұйымдастырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005E0267" w:rsidRPr="00701C5C" w:rsidRDefault="007E605F" w:rsidP="007E605F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...19 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>оқу-тәрбие</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>процесінің,</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="28"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>ғылыми-әдістемелік</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">әлеуметтік-психологиялық  </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-67"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>қамтамасыз</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>етудің</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>жай-күйін</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>талдайды;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005E0267" w:rsidRPr="00701C5C" w:rsidRDefault="007E605F" w:rsidP="007E605F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:spacing w:before="0"/>
+              <w:ind w:right="236"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...37 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>стандарттың,</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>жоспарлары</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>мен</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>бағдарламаларының</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>орындалуы,</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>сондай-ақ</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>құжаттаманың</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>әзірленуі</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>педагогтердің</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>жұмысын</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>үйлестіреді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005E0267" w:rsidRPr="00701C5C" w:rsidRDefault="007E605F" w:rsidP="007E605F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...19 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>педагогтердің</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>қысқа</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>мерзімді</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>жоспарларын</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>тексереді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005E0267" w:rsidRPr="00701C5C" w:rsidRDefault="007E605F" w:rsidP="007E605F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:spacing w:before="0"/>
+              <w:ind w:right="230"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...19 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>жалпыға</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>міндетті</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>стандарты</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>шеңберінде</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>процесінің</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>сапасын</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>білімді</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>игеру</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>нәтижелерін</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>бағалаудың</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>объективтілігін</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>бақылауды</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>жүзеге</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>асырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005E0267" w:rsidRPr="00701C5C" w:rsidRDefault="007E605F" w:rsidP="007E605F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:spacing w:before="0"/>
+              <w:ind w:right="175"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...72 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="6"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="6"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>процесіне</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="6"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>жаңа</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="6"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>тәсілдерді,</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="6"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>тиімді</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="6"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>технологияларды</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="6"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>енгізуді</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="6"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>қамтамасыз</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-67"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>етеді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005E0267" w:rsidRPr="00701C5C" w:rsidRDefault="007E605F" w:rsidP="007E605F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...299 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>пәндер</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="18"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="18"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>мектепішілік</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="18"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>бақылауды</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="18"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>ұйымдастырады</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="18"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="18"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>жүзеге</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="18"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>асырады,</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">білім бөлімін жүргізеді, мектепішілік бақылау, БЖБ және ТЖБ қорытындысы бойынша  </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-67"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>сапасын</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>талдайды.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005E0267" w:rsidRPr="00701C5C" w:rsidRDefault="007E605F" w:rsidP="007E605F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>пәндер</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>білімді</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>тақырыптық</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>бақылауды</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>қамтамасыз</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>етеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005E0267" w:rsidRPr="00701C5C" w:rsidRDefault="007E605F" w:rsidP="007E605F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="50"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>алушылар</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="50"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>мен</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="50"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>педагогтердің</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="51"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>олимпиадаларға,</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="50"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>конкурстарға,</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="50"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>жарыстарға</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-67"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>қатысуын</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>ұйымдастырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005E0267" w:rsidRPr="00701C5C" w:rsidRDefault="007E605F" w:rsidP="007E605F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1758"/>
+                <w:tab w:val="left" w:pos="3674"/>
+                <w:tab w:val="left" w:pos="4970"/>
+                <w:tab w:val="left" w:pos="6578"/>
+                <w:tab w:val="left" w:pos="9606"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:ind w:right="235"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="19"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="19"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>ұйымының</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="19"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>пәндік</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="19"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>әдістемелік</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="19"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>бірлестіктері</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="19"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">мен  </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="19"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">эксперименттік  </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-67"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                   </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">жұмысын </w:t>
+            </w:r>
+            <w:r w:rsidR="009176F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>үйлестіруді</w:t>
+            </w:r>
+            <w:r w:rsidR="009176F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>жүзеге асырады,</w:t>
+            </w:r>
+            <w:r w:rsidR="009176F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>ғылыми-әдістемелік және</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>әлеуметтік-психологиялық</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>жұмысты</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>оны</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>талдауды</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>қамтамасыз</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>етеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005E0267" w:rsidRPr="00701C5C" w:rsidRDefault="007E605F" w:rsidP="007E605F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:spacing w:before="0"/>
+              <w:ind w:right="194"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>педагогтердің</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="35"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>тиімді</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="35"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>тәжірибесін</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="35"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>тарату</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="35"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="35"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>шараларды</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="35"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>жинақтайды</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="35"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">және   </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-67"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>қабылдайды;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005E0267" w:rsidRPr="00701C5C" w:rsidRDefault="007E605F" w:rsidP="007E605F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="009176F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">тәлімгерлік  </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>жұмысты</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>ұйымдастырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005E0267" w:rsidRPr="00701C5C" w:rsidRDefault="007E605F" w:rsidP="007E605F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="14"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>процесін</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="14"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>жетілдіру</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="14"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="14"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>әдістемелік</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="14"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>сағаттар,</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="14"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="14"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>семинарлары,</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-67"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>тренингтер</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>өткізеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="007E605F" w:rsidP="0094229D">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>кеңестердің</w:t>
+            </w:r>
+            <w:r w:rsidR="00701C5C" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>, директор жанындағы отырыстардың,  әдістемелік кеңестердің</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>күн</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>тәртібі</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>мен</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>материалдарын</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0267" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00701C5C" w:rsidRPr="00701C5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>дайындайды.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="0074228B" w14:paraId="7D18C624" w14:textId="77777777" w:rsidTr="009B1563">
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidTr="009540D9">
         <w:trPr>
-          <w:trHeight w:val="639"/>
+          <w:trHeight w:val="638"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="391" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="0A744A8C" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="0074228B" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A5C81E0" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="0074228B" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-              <w:t>размер и условия оплаты труда</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7539" w:type="dxa"/>
+            <w:tcW w:w="6627" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="39EF3DE0" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00CE0AB8" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00AC5698">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...17 lines deleted...]
-          <w:p w14:paraId="2A258980" w14:textId="20319640" w:rsidR="004F2A50" w:rsidRPr="00CE0AB8" w:rsidRDefault="004F2A50" w:rsidP="00920B46">
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбек өтілі мен біліктілік санатына сәйкес төленеді</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E7665" w:rsidRDefault="008E7665" w:rsidP="009F3B00">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...32 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-  жоғары білім (min): </w:t>
+            </w:r>
+            <w:r w:rsidR="00DB2E41" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009F3B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="00920B46">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="000E57C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>89216</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CE0AB8">
-[...9 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> теңге</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009F3B00" w:rsidRPr="001F4BA9" w:rsidRDefault="009F3B00" w:rsidP="009F3B00">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="0074228B" w14:paraId="49C28BD0" w14:textId="77777777" w:rsidTr="009B1563">
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="009176F6" w:rsidTr="009540D9">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="391" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3A7660B1" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="0074228B" w:rsidRDefault="00B1578A" w:rsidP="00321427">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6A684BD4" w14:textId="77777777" w:rsidR="00715E75" w:rsidRPr="0074228B" w:rsidRDefault="00715E75" w:rsidP="00321427">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="3E31E293" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="0074228B" w:rsidRDefault="00715E75" w:rsidP="00321427">
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген кандидатқа</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қойылатын біліктілік талаптары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7539" w:type="dxa"/>
+            <w:tcW w:w="6627" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5C3805A9" w14:textId="77777777" w:rsidR="00477CA9" w:rsidRPr="00477CA9" w:rsidRDefault="00477CA9" w:rsidP="00477CA9">
-            <w:pPr>
+          <w:p w:rsidR="00177AA2" w:rsidRPr="00177AA2" w:rsidRDefault="00177AA2" w:rsidP="001D5ECE">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:spacing w:before="0"/>
+              <w:ind w:right="183"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық білім немесе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>педагогикалық қайта даярлауды растайтын құжат, педагогикалық жұмыс өтілі кемінде</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жыл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00177AA2" w:rsidRPr="00177AA2" w:rsidRDefault="00177AA2" w:rsidP="001D5ECE">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>(немесе)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>ұйымының</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>"үшінші</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>санатты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>басшысының</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-67"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>орынбасары"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="60"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="60"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>"екінші</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="60"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="61"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>санатты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="60"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>басшысының</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="60"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>орынбасары"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="61"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="60"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-67"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бірінші</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="19"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="19"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>санатты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="19"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>басшысының</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>орынбасары"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="19"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>санатының</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="19"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>не</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="19"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-67"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>педагог</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сарапшы"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>біліктілігінің</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>"педагог</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>зерттеуші"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>"педагог</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00177AA2" w:rsidRPr="00177AA2" w:rsidRDefault="00177AA2" w:rsidP="00177AA2">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="9"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="310"/>
+              </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
-              <w:adjustRightInd w:val="0"/>
-[...51 lines deleted...]
-            </w:pPr>
+              <w:ind w:left="309"/>
+              <w:contextualSpacing w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>шебер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00477CA9">
-[...55 lines deleted...]
-              <w:t>педагог – эксперт" или наличие "педагог – исследователь" или "педагог – мастер".</w:t>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>л</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>іктілігінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00177AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="0094229D">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="0074228B" w14:paraId="4D84C7FD" w14:textId="77777777" w:rsidTr="009B1563">
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidTr="009540D9">
         <w:trPr>
-          <w:trHeight w:val="105"/>
+          <w:trHeight w:val="423"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="391" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="477A83CD" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="0074228B" w:rsidRDefault="00B1578A" w:rsidP="00321427">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-              </w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="421F3620" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="0074228B" w:rsidRDefault="00470938" w:rsidP="00321427">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="00932150">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-              <w:t>Срок приема документов</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7539" w:type="dxa"/>
+            <w:tcW w:w="6627" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="426C3D9F" w14:textId="53925186" w:rsidR="00B1578A" w:rsidRPr="0074228B" w:rsidRDefault="0010182E" w:rsidP="002505AF">
-            <w:pPr>
+          <w:p w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="001661B4" w:rsidP="007E0B0F">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>18.12.2024 г. – 27.12.202</w:t>
+              <w:t>18.12.2024 ж. – 27.12.202</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> г.</w:t>
-            </w:r>
+              <w:t xml:space="preserve"> ж.</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="0074228B" w14:paraId="2B4C69BA" w14:textId="77777777" w:rsidTr="009B1563">
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="006E408E" w:rsidTr="009540D9">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="391" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="79F91CD5" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="0074228B" w:rsidRDefault="00B1578A" w:rsidP="00321427">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="00B1578A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="64D4151B" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="0074228B" w:rsidRDefault="00470938" w:rsidP="00321427">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-              <w:t>Перечень необходимых документов</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қажетті құжаттар тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7539" w:type="dxa"/>
+            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="373AA538" w14:textId="3307926C" w:rsidR="00470938" w:rsidRPr="0074228B" w:rsidRDefault="00470938" w:rsidP="004F2A50">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00932150" w:rsidRPr="001F4BA9" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">1) </w:t>
             </w:r>
-            <w:r w:rsidRPr="0074228B">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00D922C4" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қағидалардың </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="001D5ECE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қосымша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00D922C4" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">а </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Конкурс</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қатысу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...35 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>өтініш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00932150" w:rsidRPr="001F4BA9" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...16 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>басын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>куәландыратын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> не </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>цифрлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжаттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сервисінен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>алынған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>электронды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (идентификация </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00932150" w:rsidRPr="001F4BA9" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кадрларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>есепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>толтырылған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...16 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>іс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>парағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нақты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>тұ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>ғылықты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>мекенжайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>байланыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>телефондары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>көрсетілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00932150" w:rsidRPr="001F4BA9" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">4) </w:t>
             </w:r>
-            <w:r w:rsidRPr="0074228B">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Педагогтердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>үлгілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сипаттамаларымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бекітілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>лауазым</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қойылатын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>талаптарына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...16 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжаттардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00932150" w:rsidRPr="001F4BA9" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...16 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжаттың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>көшірмесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00932150" w:rsidRPr="001F4BA9" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">6) </w:t>
             </w:r>
-            <w:r w:rsidRPr="0074228B">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>саласындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>есепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжаттамасының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нысандарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бекіту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>министрінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>міндетін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>атқарушының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2020 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жылғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 30 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қазандағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № ҚР ДСМ-175/2020 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бұйрығымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бекітілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...94 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жағдайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
-          </w:p>
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00932150" w:rsidRPr="001F4BA9" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...15 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>психоневрологиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...9 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>ұйымнан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7B460BA5" w14:textId="77777777" w:rsidR="00470938" w:rsidRPr="0074228B" w:rsidRDefault="00470938" w:rsidP="004F2A50">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00932150" w:rsidRPr="001F4BA9" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">8) </w:t>
             </w:r>
-            <w:r w:rsidRPr="0074228B">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...9 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>наркологиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>ұйымнан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4939C057" w14:textId="47190F67" w:rsidR="00470938" w:rsidRPr="0074228B" w:rsidRDefault="00470938" w:rsidP="004F2A50">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00932150" w:rsidRPr="00C36141" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00C36141" w:rsidRPr="00C36141">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="24"/>
-[...19 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>сертификаттаудан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00C36141" w:rsidRPr="00C36141">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00C36141" w:rsidRPr="00C36141">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>өту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00C36141" w:rsidRPr="00C36141">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00C36141" w:rsidRPr="00C36141">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>нәтижелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00C36141" w:rsidRPr="00C36141">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00C36141" w:rsidRPr="00C36141">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00C36141" w:rsidRPr="00C36141">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сертификат </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00C36141" w:rsidRPr="00C36141">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00C36141" w:rsidRPr="00C36141">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00C36141" w:rsidRPr="00C36141">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>қолданыстағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00C36141" w:rsidRPr="00C36141">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00C36141" w:rsidRPr="00C36141">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00C36141" w:rsidRPr="00C36141">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00C36141" w:rsidRPr="00C36141">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>санатының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00C36141" w:rsidRPr="00C36141">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00C36141" w:rsidRPr="00C36141">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00C36141" w:rsidRPr="00C36141">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00C36141" w:rsidRPr="00C36141">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00C36141" w:rsidRPr="00C36141">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00C36141" w:rsidRPr="00C36141">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>куәлі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00C36141" w:rsidRPr="00C36141">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00C36141" w:rsidRPr="00C36141">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00C36141" w:rsidRPr="00C36141">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00C36141" w:rsidRPr="00C36141">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00520C9B" w:rsidRPr="001F4BA9" w:rsidRDefault="00177AA2" w:rsidP="00520C9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...22 lines deleted...]
-            </w:r>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidR="00520C9B" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>) 1</w:t>
+            </w:r>
+            <w:r w:rsidR="001D5ECE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="00520C9B" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-қосымшаға сәйкес нысан бойынша педагогтің бос немесе уақытша бос лауазымына кандидаттың толтырылған </w:t>
+            </w:r>
+            <w:r w:rsidR="00520C9B" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бағалау парағы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00520C9B" w:rsidRPr="001F4BA9" w:rsidRDefault="00520C9B" w:rsidP="00520C9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C5A44" w:rsidRPr="0074228B" w14:paraId="5F8777F6" w14:textId="77777777" w:rsidTr="009B1563">
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidTr="009540D9">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="391" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2D80D139" w14:textId="77777777" w:rsidR="003C5A44" w:rsidRPr="0074228B" w:rsidRDefault="003C5A44" w:rsidP="00321427">
+          <w:p w:rsidR="00D478D0" w:rsidRPr="001F4BA9" w:rsidRDefault="00D478D0" w:rsidP="00B0496E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-              <w:lastRenderedPageBreak/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="41E74A94" w14:textId="77777777" w:rsidR="003C5A44" w:rsidRPr="0074228B" w:rsidRDefault="003C5A44" w:rsidP="00321427">
+          <w:p w:rsidR="00D478D0" w:rsidRPr="001F4BA9" w:rsidRDefault="0075034F" w:rsidP="00B0496E">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-              <w:t>Срок временно вакантной должности</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Б</w:t>
+            </w:r>
+            <w:r w:rsidR="00D478D0" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ос лауазымының мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7539" w:type="dxa"/>
+            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6124E58F" w14:textId="77777777" w:rsidR="003C5A44" w:rsidRPr="00CE0AB8" w:rsidRDefault="00E634C5" w:rsidP="00C55F69">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00D478D0" w:rsidRPr="00A668A3" w:rsidRDefault="001D5ECE" w:rsidP="00304102">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...25 lines deleted...]
-              <w:t>постоянно</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тұрақты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6B12107A" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRDefault="00B3089F">
+    <w:p w:rsidR="003153C2" w:rsidRPr="001F4BA9" w:rsidRDefault="003153C2" w:rsidP="00A40329">
       <w:pPr>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7E144888" w14:textId="77777777" w:rsidR="00FA482E" w:rsidRDefault="00FA482E">
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
       <w:pPr>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6B2F826A" w14:textId="77777777" w:rsidR="00FA482E" w:rsidRDefault="00FA482E">
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
       <w:pPr>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="18AB03D6" w14:textId="77777777" w:rsidR="00FA482E" w:rsidRDefault="00FA482E">
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
       <w:pPr>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="73BEEECC" w14:textId="77777777" w:rsidR="00FA482E" w:rsidRDefault="00FA482E">
+    <w:p w:rsidR="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
       <w:pPr>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7EDC01F0" w14:textId="77777777" w:rsidR="00FA482E" w:rsidRDefault="00FA482E">
+    <w:p w:rsidR="00177AA2" w:rsidRDefault="00177AA2" w:rsidP="00A40329">
       <w:pPr>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="594361BA" w14:textId="77777777" w:rsidR="00FA482E" w:rsidRDefault="00FA482E">
+    <w:p w:rsidR="00177AA2" w:rsidRDefault="00177AA2" w:rsidP="00A40329">
       <w:pPr>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0908FB0F" w14:textId="77777777" w:rsidR="00FA482E" w:rsidRDefault="00FA482E">
+    <w:p w:rsidR="00177AA2" w:rsidRDefault="00177AA2" w:rsidP="00A40329">
       <w:pPr>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="389423CD" w14:textId="77777777" w:rsidR="00FA482E" w:rsidRDefault="00FA482E">
+    <w:p w:rsidR="00177AA2" w:rsidRDefault="00177AA2" w:rsidP="00A40329">
       <w:pPr>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="262E2F8A" w14:textId="77777777" w:rsidR="00FA482E" w:rsidRDefault="00FA482E">
+    <w:p w:rsidR="00177AA2" w:rsidRDefault="00177AA2" w:rsidP="00A40329">
       <w:pPr>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="54E28039" w14:textId="77777777" w:rsidR="00FA482E" w:rsidRDefault="00FA482E">
+    <w:p w:rsidR="00177AA2" w:rsidRDefault="00177AA2" w:rsidP="00A40329">
       <w:pPr>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="105DE24D" w14:textId="77777777" w:rsidR="00FA482E" w:rsidRDefault="00FA482E">
+    <w:p w:rsidR="00177AA2" w:rsidRDefault="00177AA2" w:rsidP="00A40329">
       <w:pPr>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7CBF6468" w14:textId="77777777" w:rsidR="00FA482E" w:rsidRDefault="00FA482E">
+    <w:p w:rsidR="00177AA2" w:rsidRDefault="00177AA2" w:rsidP="00A40329">
       <w:pPr>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="557BF213" w14:textId="77777777" w:rsidR="00FA482E" w:rsidRDefault="00FA482E">
+    <w:p w:rsidR="00177AA2" w:rsidRDefault="00177AA2" w:rsidP="00A40329">
       <w:pPr>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0F02AC54" w14:textId="77777777" w:rsidR="00FA482E" w:rsidRDefault="00FA482E">
+    <w:p w:rsidR="00177AA2" w:rsidRDefault="00177AA2" w:rsidP="00A40329">
       <w:pPr>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7499DBCB" w14:textId="77777777" w:rsidR="00FA482E" w:rsidRDefault="00FA482E">
+    <w:p w:rsidR="00177AA2" w:rsidRDefault="00177AA2" w:rsidP="00A40329">
       <w:pPr>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4D91ED50" w14:textId="77777777" w:rsidR="00FA482E" w:rsidRDefault="00FA482E">
+    <w:p w:rsidR="00177AA2" w:rsidRDefault="00177AA2" w:rsidP="00A40329">
       <w:pPr>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7249E58F" w14:textId="77777777" w:rsidR="00FA482E" w:rsidRDefault="00FA482E">
+    <w:p w:rsidR="00177AA2" w:rsidRDefault="00177AA2" w:rsidP="00A40329">
       <w:pPr>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="17F89471" w14:textId="77777777" w:rsidR="00FA482E" w:rsidRDefault="00FA482E">
+    <w:p w:rsidR="00177AA2" w:rsidRDefault="00177AA2" w:rsidP="00A40329">
       <w:pPr>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="36635F56" w14:textId="77777777" w:rsidR="00FA482E" w:rsidRDefault="00FA482E">
+    <w:p w:rsidR="00177AA2" w:rsidRDefault="00177AA2" w:rsidP="00A40329">
       <w:pPr>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1D4D2722" w14:textId="77777777" w:rsidR="00FA482E" w:rsidRDefault="00FA482E">
+    <w:p w:rsidR="00177AA2" w:rsidRDefault="00177AA2" w:rsidP="00A40329">
       <w:pPr>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="33E3025E" w14:textId="77777777" w:rsidR="00FA482E" w:rsidRDefault="00FA482E">
+    <w:p w:rsidR="00177AA2" w:rsidRPr="001F4BA9" w:rsidRDefault="00177AA2" w:rsidP="00A40329">
       <w:pPr>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
-[...7 lines deleted...]
-        </w:tblBorders>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5495"/>
-        <w:gridCol w:w="4819"/>
+        <w:gridCol w:w="5778"/>
+        <w:gridCol w:w="4359"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00790B31" w:rsidRPr="0074228B" w14:paraId="5AB0790E" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="0075034F" w:rsidTr="00EE2CA2">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5495" w:type="dxa"/>
+            <w:tcW w:w="5778" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2F0EF8AE" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="0074228B" w:rsidRDefault="00B3089F" w:rsidP="00EC508D">
-[...1 lines deleted...]
-              <w:spacing w:line="345" w:lineRule="atLeast"/>
+          <w:p w:rsidR="0075034F" w:rsidRDefault="00F24D9F" w:rsidP="0075034F">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="1" w:name="z178"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>     </w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="1"/>
+          </w:p>
+          <w:p w:rsidR="0075034F" w:rsidRPr="00DC10A3" w:rsidRDefault="0075034F" w:rsidP="0075034F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="4359" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6C66F576" w14:textId="45D59525" w:rsidR="00B3089F" w:rsidRPr="00FA482E" w:rsidRDefault="00B3089F" w:rsidP="00EC508D">
+          <w:p w:rsidR="0075034F" w:rsidRPr="00F7191E" w:rsidRDefault="0075034F" w:rsidP="0075034F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...33 lines deleted...]
-          <w:p w14:paraId="44E3B04B" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00FA482E" w:rsidRDefault="00B3089F" w:rsidP="00EC508D">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F7191E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0075034F" w:rsidRPr="00F7191E" w:rsidRDefault="0075034F" w:rsidP="0075034F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="6DEF13F8" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00FA482E" w:rsidRDefault="00B3089F" w:rsidP="00EC508D">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC10A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F7191E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ірінші басшылары мен педагогтерін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0075034F" w:rsidRPr="00F7191E" w:rsidRDefault="0075034F" w:rsidP="0075034F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="07DE126C" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00FA482E" w:rsidRDefault="00B3089F" w:rsidP="00EC508D">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F7191E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0075034F" w:rsidRPr="00F7191E" w:rsidRDefault="0075034F" w:rsidP="0075034F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="6D75807D" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00FA482E" w:rsidRDefault="00B3089F" w:rsidP="00EC508D">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F7191E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F7191E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="001D5ECE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F7191E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0075034F" w:rsidRPr="00F7191E" w:rsidRDefault="0075034F" w:rsidP="0075034F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...36 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3F21006D" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="0074228B" w:rsidRDefault="00B3089F" w:rsidP="00F7191E">
-[...61 lines deleted...]
-    <w:p w14:paraId="38A8E134" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="0074228B" w:rsidRDefault="00F7191E" w:rsidP="00CC2541">
+    <w:p w:rsidR="0075034F" w:rsidRDefault="0075034F" w:rsidP="0075034F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0074228B">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+    </w:p>
+    <w:p w:rsidR="0075034F" w:rsidRPr="00B67487" w:rsidRDefault="0075034F" w:rsidP="0075034F">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...16 lines deleted...]
-        <w:t>)</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00437A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41D45D89" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="0074228B" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
-[...39 lines deleted...]
-    <w:p w14:paraId="43DA2DD2" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="0074228B" w:rsidRDefault="00E83360" w:rsidP="00F7191E">
+    <w:p w:rsidR="0075034F" w:rsidRPr="00F7191E" w:rsidRDefault="0075034F" w:rsidP="0075034F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0074228B">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00F7191E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00F7191E" w:rsidRPr="0074228B">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00F7191E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">конкурс </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F7191E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>жариялаған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7191E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0074228B">
-[...11 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F7191E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7191E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орган</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F7191E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="241CB0E6" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="0074228B" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w:rsidR="0075034F" w:rsidRPr="00B67487" w:rsidRDefault="0075034F" w:rsidP="0075034F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0074228B">
-[...5 lines deleted...]
-        <w:t>___________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00F7191E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BBB38B3" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="0074228B" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w:rsidR="0075034F" w:rsidRPr="00B67487" w:rsidRDefault="0075034F" w:rsidP="0075034F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0074228B">
-[...5 lines deleted...]
-        <w:t>___________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00437A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="587B205D" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="0074228B" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
-[...53 lines deleted...]
-    <w:p w14:paraId="2F9CD2CB" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="0074228B" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w:rsidR="0075034F" w:rsidRPr="00EE4EFD" w:rsidRDefault="0075034F" w:rsidP="0075034F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE4EFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үміткерді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4EFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ң Т.А.Ә. (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бар болса</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4EFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>), ЖСН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0075034F" w:rsidRPr="00437A2D" w:rsidRDefault="0075034F" w:rsidP="0075034F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0075034F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0075034F" w:rsidRPr="00437A2D" w:rsidRDefault="0075034F" w:rsidP="0075034F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0075034F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0075034F" w:rsidRPr="0075034F" w:rsidRDefault="0075034F" w:rsidP="0075034F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0075034F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(лауазымы, жұмыс орны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0075034F" w:rsidRPr="00437A2D" w:rsidRDefault="0075034F" w:rsidP="0075034F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0075034F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0075034F" w:rsidRPr="00B00AEE" w:rsidRDefault="0075034F" w:rsidP="0075034F">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B00AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(нақты тұр</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ғылықты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B00AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жері, тіркелген мекен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B00AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жайы, байланыс телефоны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0075034F" w:rsidRPr="00EE4EFD" w:rsidRDefault="0075034F" w:rsidP="0075034F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C75E82">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0075034F" w:rsidRPr="00C75E82" w:rsidRDefault="0075034F" w:rsidP="0075034F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0075034F" w:rsidRPr="00C75E82" w:rsidRDefault="0075034F" w:rsidP="0075034F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0074228B">
-[...51 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00C75E82">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>Өтініш</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="239217EF" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="0074228B" w:rsidRDefault="007E20FE" w:rsidP="00F7191E">
+    <w:p w:rsidR="0075034F" w:rsidRPr="00C75E82" w:rsidRDefault="0075034F" w:rsidP="0075034F">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0074228B">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="00C75E82">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C75E82">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C75E82">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Заявление</w:t>
+        <w:t xml:space="preserve">Мені </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B00AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B00AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_______ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C75E82">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бос/уақытша бос лауазымға орналасуға арналған конкурсқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қатысуға рұқсат беруіңізді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C75E82">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сұраймын (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қажеттісін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C75E82">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ің астын сыз</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ыңыз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C75E82">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36ACE06D" w14:textId="77777777" w:rsidR="007E20FE" w:rsidRPr="0074228B" w:rsidRDefault="00F7191E" w:rsidP="007E20FE">
+    <w:p w:rsidR="0075034F" w:rsidRPr="00EE4EFD" w:rsidRDefault="0075034F" w:rsidP="0075034F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0074228B">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00C75E82">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...17 lines deleted...]
-        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="212A7CB5" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="0074228B" w:rsidRDefault="007E20FE" w:rsidP="007E20FE">
+    <w:p w:rsidR="0075034F" w:rsidRPr="00EE4EFD" w:rsidRDefault="0075034F" w:rsidP="0075034F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0074228B">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00C75E82">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>должности (нужное подчеркнуть)</w:t>
-[...23 lines deleted...]
-        <w:t>___</w:t>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75FEEDB0" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="0074228B" w:rsidRDefault="00C424F6" w:rsidP="00437A2D">
-[...28 lines deleted...]
-    <w:p w14:paraId="4FF17325" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="0074228B" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
+    <w:p w:rsidR="0075034F" w:rsidRPr="00C424F6" w:rsidRDefault="0075034F" w:rsidP="0075034F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0074228B">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00C424F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:t>(білім беру ұйымының атауы, мекен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>наименование организаций образования, адрес (область, район, город\село)</w:t>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C424F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жайы (облыс, аудан,қала/ауыл)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CDB362B" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="0074228B" w:rsidRDefault="00B3089F" w:rsidP="00C424F6">
+    <w:p w:rsidR="0075034F" w:rsidRPr="00DF4A7D" w:rsidRDefault="0075034F" w:rsidP="0075034F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="00BA06C3" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="0074228B" w:rsidRDefault="00EF1EBC" w:rsidP="00C424F6">
+    <w:p w:rsidR="0075034F" w:rsidRPr="00C424F6" w:rsidRDefault="0075034F" w:rsidP="0075034F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>В настоящее время работаю</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00437A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>:</w:t>
-[...37 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>Қазіргі уақытта жұмыс істеймін</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>___________________________________________________________________________________</w:t>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13C47384" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="0074228B" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+    <w:p w:rsidR="0075034F" w:rsidRPr="00EE4EFD" w:rsidRDefault="0075034F" w:rsidP="0075034F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00437A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0075034F" w:rsidRPr="00EE4EFD" w:rsidRDefault="0075034F" w:rsidP="0075034F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0074228B">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00437A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>___________________________________________________________________________________</w:t>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72905981" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="0074228B" w:rsidRDefault="00C424F6" w:rsidP="00437A2D">
+    <w:p w:rsidR="0075034F" w:rsidRPr="00437A2D" w:rsidRDefault="0075034F" w:rsidP="0075034F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C424F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00437A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лауазымы, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">білім беру </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00437A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ұйымның атауы, мекенжайы (облыс, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>аудан, қала/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00437A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ауыл)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0075034F" w:rsidRPr="00B00AEE" w:rsidRDefault="0075034F" w:rsidP="0075034F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0075034F" w:rsidRPr="00C75E82" w:rsidRDefault="0075034F" w:rsidP="0075034F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0074228B">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00C75E82">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">Өзім туралы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>должность, наименование организации, адрес (область, район, город\село)</w:t>
+        <w:t>келесіні</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C75E82">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> хабарлаймын:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CED51B7" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="0074228B" w:rsidRDefault="009F3237" w:rsidP="00C424F6">
+    <w:p w:rsidR="0075034F" w:rsidRPr="00C75E82" w:rsidRDefault="0075034F" w:rsidP="0075034F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0074228B">
-[...7 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2127"/>
-        <w:gridCol w:w="2976"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2765"/>
+        <w:gridCol w:w="3260"/>
+        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="2977"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00790B31" w:rsidRPr="0074228B" w14:paraId="36B0B550" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="0075034F" w:rsidTr="00EE2CA2">
         <w:trPr>
-          <w:trHeight w:val="760"/>
+          <w:trHeight w:val="1052"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5DA4BDEF" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="0074228B" w:rsidRDefault="009F3237" w:rsidP="00437A2D">
+          <w:p w:rsidR="0075034F" w:rsidRDefault="0075034F" w:rsidP="0075034F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-              <w:t>Образование: высшее или послевузовское</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C75E82">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0075034F" w:rsidRPr="00437A2D" w:rsidRDefault="0075034F" w:rsidP="0075034F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C75E82">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00437A2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C75E82">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары немесе жоғары оқу орнынан кейінгі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00437A2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="14175C6F" w14:textId="77777777" w:rsidR="000E4CFB" w:rsidRPr="0074228B" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
+          <w:p w:rsidR="0075034F" w:rsidRPr="00437A2D" w:rsidRDefault="0075034F" w:rsidP="0075034F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Наименование</w:t>
-[...6 lines deleted...]
-                <w:szCs w:val="24"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00437A2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00437A2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00437A2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>учебного</w:t>
-[...6 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>орнының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00437A2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="0074228B">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00437A2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>заведения</w:t>
+              <w:t>атауы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2197" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="78EE248E" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="0074228B" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
+          <w:p w:rsidR="0075034F" w:rsidRPr="00437A2D" w:rsidRDefault="0075034F" w:rsidP="0075034F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="0074228B">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00437A2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Период</w:t>
-[...6 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00437A2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="0074228B">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00437A2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>обучения</w:t>
+              <w:t>кезеңі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="62FD55A4" w14:textId="77777777" w:rsidR="000E4CFB" w:rsidRPr="0074228B" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
+          <w:p w:rsidR="0075034F" w:rsidRPr="00437A2D" w:rsidRDefault="0075034F" w:rsidP="0075034F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Специальность</w:t>
-[...6 lines deleted...]
-                <w:szCs w:val="24"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00437A2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="2BCB70BC" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="0074228B" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
+              <w:t>Диплом</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00437A2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00437A2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00437A2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00437A2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>мамандығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="0075034F" w:rsidRPr="00437A2D" w:rsidRDefault="0075034F" w:rsidP="0075034F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...29 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00790B31" w:rsidRPr="0074228B" w14:paraId="571B676F" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="0075034F" w:rsidTr="00EE2CA2">
         <w:trPr>
-          <w:trHeight w:val="749"/>
+          <w:trHeight w:val="895"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="34288FCF" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="0074228B" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+          <w:p w:rsidR="0075034F" w:rsidRDefault="0075034F" w:rsidP="0075034F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1321D88F" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="0074228B" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+          <w:p w:rsidR="0075034F" w:rsidRDefault="0075034F" w:rsidP="0075034F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2197" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="147DB00E" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="0074228B" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+          <w:p w:rsidR="0075034F" w:rsidRDefault="0075034F" w:rsidP="0075034F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="34D7D537" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="0074228B" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+          <w:p w:rsidR="0075034F" w:rsidRDefault="0075034F" w:rsidP="0075034F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="51777D1F" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="0074228B" w:rsidRDefault="000E4CFB" w:rsidP="00C424F6">
+    <w:p w:rsidR="0075034F" w:rsidRPr="00B00AEE" w:rsidRDefault="0075034F" w:rsidP="0075034F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0075034F" w:rsidRPr="00437A2D" w:rsidRDefault="0075034F" w:rsidP="0075034F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C424F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Біліктілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C424F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C424F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>санатының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C424F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C424F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>болуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C424F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C424F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>бер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C424F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>раста</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>/</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C424F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C424F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>күні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C424F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t>_</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>):</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B00AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>______________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>____________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7007F8A8" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="0074228B" w:rsidRDefault="00B3089F" w:rsidP="00B3089F">
+    <w:p w:rsidR="0075034F" w:rsidRPr="00B00AEE" w:rsidRDefault="0075034F" w:rsidP="0075034F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B00AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0075034F" w:rsidRPr="0053507A" w:rsidRDefault="0075034F" w:rsidP="0075034F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0075034F" w:rsidRPr="00456389" w:rsidRDefault="0075034F" w:rsidP="0075034F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0074228B">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DF4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Педагогикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0053507A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DF4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B67487" w:rsidRPr="00456389">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0053507A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DF4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өтілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0053507A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00B67487" w:rsidRPr="00456389">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B67487">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>___________________________________________________________________________________</w:t>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0053507A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B67487">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B67487" w:rsidRPr="00456389">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02946534" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="0074228B" w:rsidRDefault="00B14AED" w:rsidP="00C424F6">
+    <w:p w:rsidR="0075034F" w:rsidRPr="00DC4B3B" w:rsidRDefault="0075034F" w:rsidP="0075034F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DF4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>Келесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0053507A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DF4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0053507A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DF4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>___</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>нәтижелері</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>_______</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0053507A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>____</w:t>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0053507A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:_________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11FB30DE" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="0074228B" w:rsidRDefault="00B14AED" w:rsidP="00C424F6">
+    <w:p w:rsidR="0075034F" w:rsidRPr="0053507A" w:rsidRDefault="0075034F" w:rsidP="0075034F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0074228B">
-[...46 lines deleted...]
-        <w:t>__</w:t>
+      <w:r w:rsidRPr="0053507A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C8E783C" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="0074228B" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+    <w:p w:rsidR="0075034F" w:rsidRPr="00DF4A7D" w:rsidRDefault="0075034F" w:rsidP="0075034F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0074228B">
-[...5 lines deleted...]
-        <w:t>___________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00DF4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30A7807F" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="0074228B" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+    <w:p w:rsidR="0075034F" w:rsidRPr="00DF4A7D" w:rsidRDefault="0075034F" w:rsidP="0075034F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0074228B">
-[...5 lines deleted...]
-        <w:t>___________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00DF4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24F954CA" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="0074228B" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+    <w:p w:rsidR="0075034F" w:rsidRPr="00DF4A7D" w:rsidRDefault="0075034F" w:rsidP="0075034F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0074228B">
-[...5 lines deleted...]
-        <w:t>___________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00DF4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C369C42" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="0074228B" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+    <w:p w:rsidR="0075034F" w:rsidRPr="00B00AEE" w:rsidRDefault="0075034F" w:rsidP="0075034F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0074228B">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="182E51CC" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="0074228B" w:rsidRDefault="00E650B6" w:rsidP="00C424F6">
+    <w:p w:rsidR="0075034F" w:rsidRPr="00DC4B3B" w:rsidRDefault="0075034F" w:rsidP="0075034F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C424F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Наградалары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C424F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C424F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>атақтары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C424F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C424F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>дәрежесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C424F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>дәрежесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>атағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE55EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE55EB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE55EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>сондай-ақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE55EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE55EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қосымша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE55EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE55EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>мәліметтері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE55EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE55EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE55EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE55EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE55EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="4404D0DB" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="0074228B" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+    <w:p w:rsidR="0075034F" w:rsidRPr="00452A41" w:rsidRDefault="0075034F" w:rsidP="0075034F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0074228B">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00452A41">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidR="00452A41" w:rsidRPr="0074228B">
-[...5 lines deleted...]
-        <w:t>_________</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43DA7A73" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="0074228B" w:rsidRDefault="00E650B6" w:rsidP="00452A41">
+    <w:p w:rsidR="0075034F" w:rsidRPr="00452A41" w:rsidRDefault="0075034F" w:rsidP="0075034F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0074228B">
-[...5 lines deleted...]
-        <w:t>а также дополнительные сведения (при наличии)</w:t>
+      <w:r w:rsidRPr="00452A41">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F98563C" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="0074228B" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+    <w:p w:rsidR="0075034F" w:rsidRPr="00452A41" w:rsidRDefault="0075034F" w:rsidP="0075034F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0074228B">
-[...5 lines deleted...]
-        <w:t>___________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00452A41">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02310814" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="0074228B" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+    <w:p w:rsidR="0075034F" w:rsidRPr="00452A41" w:rsidRDefault="0075034F" w:rsidP="0075034F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0074228B">
-[...5 lines deleted...]
-        <w:t>___________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00452A41">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BB5C048" w14:textId="77777777" w:rsidR="00452A41" w:rsidRDefault="00321427" w:rsidP="00452A41">
+    <w:p w:rsidR="0075034F" w:rsidRPr="00452A41" w:rsidRDefault="0075034F" w:rsidP="0075034F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00452A41">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0075034F" w:rsidRPr="00452A41" w:rsidRDefault="0075034F" w:rsidP="0075034F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00452A41">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0075034F" w:rsidRPr="00452A41" w:rsidRDefault="0075034F" w:rsidP="0075034F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00452A41">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0075034F" w:rsidRPr="00DF4A7D" w:rsidRDefault="0075034F" w:rsidP="0075034F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0075034F" w:rsidRDefault="0075034F" w:rsidP="0075034F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0075034F" w:rsidRPr="00452A41" w:rsidRDefault="0075034F" w:rsidP="0075034F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00452A41">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t>20____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00452A41">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00452A41">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жылғы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00452A41">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00452A41">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>_______________                ______________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00452A41">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00452A41">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                              </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00452A41">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00452A41">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>олы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00452A41">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0075034F" w:rsidRDefault="0075034F" w:rsidP="0075034F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0074228B">
-[...103 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00452A41">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
-          <w:sz w:val="24"/>
-[...9 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
-      </w:r>
-[...23 lines deleted...]
-        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5920"/>
-        <w:gridCol w:w="4394"/>
+        <w:gridCol w:w="4217"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00682CEA" w:rsidRPr="00B25802" w14:paraId="517B63A3" w14:textId="77777777" w:rsidTr="009F260F">
+      <w:tr w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidTr="00EE2CA2">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="43B8A20E" w14:textId="77777777" w:rsidR="00682CEA" w:rsidRPr="00B25802" w:rsidRDefault="00682CEA" w:rsidP="009F260F">
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1D2DD625" w14:textId="77777777" w:rsidR="00682CEA" w:rsidRPr="00B25802" w:rsidRDefault="00682CEA" w:rsidP="009F260F">
-[...14 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcW w:w="4217" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="027D01DE" w14:textId="58AE3E64" w:rsidR="00682CEA" w:rsidRPr="00B25802" w:rsidRDefault="00682CEA" w:rsidP="009F260F">
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Приложение 1</w:t>
-[...20 lines deleted...]
-          <w:p w14:paraId="10BD4C83" w14:textId="77777777" w:rsidR="00682CEA" w:rsidRPr="00B25802" w:rsidRDefault="00682CEA" w:rsidP="009F260F">
+              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="492CED2C" w14:textId="77777777" w:rsidR="00682CEA" w:rsidRPr="00B25802" w:rsidRDefault="00682CEA" w:rsidP="009F260F">
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>інші басшылары мен педагогтерін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>освобождения от должностей</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="5B938893" w14:textId="77777777" w:rsidR="00682CEA" w:rsidRPr="00B25802" w:rsidRDefault="00682CEA" w:rsidP="009F260F">
+              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>первых руководителей и педагогов</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="45EB5634" w14:textId="77777777" w:rsidR="00682CEA" w:rsidRPr="00B25802" w:rsidRDefault="00682CEA" w:rsidP="009F260F">
+              <w:t>қағидаларына 1</w:t>
+            </w:r>
+            <w:r w:rsidR="001D5ECE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-            </w:pPr>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...25 lines deleted...]
-            </w:r>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="05AA4D0B" w14:textId="77777777" w:rsidR="00682CEA" w:rsidRPr="002E00FE" w:rsidRDefault="00682CEA" w:rsidP="00682CEA">
+    <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00B67487">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:sz w:val="10"/>
-          <w:szCs w:val="10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="715A56E4" w14:textId="77777777" w:rsidR="00682CEA" w:rsidRPr="00B25802" w:rsidRDefault="00682CEA" w:rsidP="00682CEA">
+    <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00B67487">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-        </w:rPr>
-        <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Б</w:t>
       </w:r>
       <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+        </w:rPr>
+        <w:t>ос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>уақытша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>едагог</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үміткерді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>бағалау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>парағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00B67487">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
-      </w:r>
+      </w:pPr>
       <w:r w:rsidRPr="00B25802">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(Т.Ә.А. (б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ар болса</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>))</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31C45600" w14:textId="77777777" w:rsidR="00682CEA" w:rsidRPr="00B25802" w:rsidRDefault="00682CEA" w:rsidP="00682CEA">
+    <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00B67487">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...39 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10423" w:type="dxa"/>
+        <w:tblW w:w="10390" w:type="dxa"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblCellMar>
-[...2 lines deleted...]
-        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="501"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="850"/>
+        <w:gridCol w:w="467"/>
+        <w:gridCol w:w="1985"/>
+        <w:gridCol w:w="2835"/>
+        <w:gridCol w:w="4252"/>
+        <w:gridCol w:w="851"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00682CEA" w:rsidRPr="00B25802" w14:paraId="58FD70BF" w14:textId="77777777" w:rsidTr="009F260F">
+      <w:tr w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidTr="00EE2CA2">
         <w:trPr>
-          <w:trHeight w:val="366"/>
+          <w:trHeight w:val="521"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="05B3BBCD" w14:textId="77777777" w:rsidR="00682CEA" w:rsidRPr="00B25802" w:rsidRDefault="00682CEA" w:rsidP="009F260F">
-[...2 lines deleted...]
-              <w:ind w:left="-142" w:right="-75"/>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5B385F25" w14:textId="77777777" w:rsidR="00682CEA" w:rsidRPr="00B25802" w:rsidRDefault="00682CEA" w:rsidP="009F260F">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...4 lines deleted...]
-            </w:r>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1CA6E6B6" w14:textId="77777777" w:rsidR="00682CEA" w:rsidRPr="00B25802" w:rsidRDefault="00682CEA" w:rsidP="009F260F">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...4 lines deleted...]
-            </w:r>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="49ED868B" w14:textId="77777777" w:rsidR="00682CEA" w:rsidRPr="00B25802" w:rsidRDefault="00682CEA" w:rsidP="009F260F">
-[...2 lines deleted...]
-              <w:ind w:firstLine="851"/>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Балл сан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...3 lines deleted...]
-              <w:t>(от 1 до 20)</w:t>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ы (1-ден 20-ға </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="384F65B4" w14:textId="77777777" w:rsidR="00682CEA" w:rsidRPr="00B25802" w:rsidRDefault="00682CEA" w:rsidP="009F260F">
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-                <w:szCs w:val="19"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00B25802">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Баға </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidTr="00EE2CA2">
+        <w:trPr>
+          <w:trHeight w:val="966"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>деңгейі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>диплом</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қосымшаның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- т</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ехникалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>кәсіби</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ж</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>күндізгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ж</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>күндізгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>үздік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>= 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- м</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>агистр</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="001D5ECE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidTr="00EE2CA2">
+        <w:trPr>
+          <w:trHeight w:val="586"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>академиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дәрежесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>диплом</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қосымшаның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ғ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> доктор = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ғ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кандидат = 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidTr="00EE2CA2">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жұмыс өтілі жоқ үміткерлер үшін сертификаттау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«педагог» біліктілік санаты - 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidTr="00EE2CA2">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>іктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>санаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>уәлік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>басқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>кінші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>санат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>інші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>санат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>санат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-модератор = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог-сарапшы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог-зерттеуші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог-шебер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B67487" w:rsidRPr="006E408E" w:rsidTr="00EE2CA2">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00B67487" w:rsidRPr="002E00FE" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Әкімшілік және әдістемелік қызметтегі жұмыс тәжірибесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00B67487" w:rsidRPr="002E00FE" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Еңбек кітапшасы/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбек қызметін растайтын басқа да құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ә</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">діскер (лауазымдық </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">жұмыс өтілі кемінде 2 жыл) = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- директордың орынбасары (лауазымдық жұмыс өтілі кемінде 2 жыл) = 3 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- директор (лауазымдық  жұмыс өтілі кемінде 2 жыл) = 5 балл;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidTr="00EE2CA2">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00B67487" w:rsidRPr="002E00FE" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Алғаш рет жұмысқа тұрған педагогтер үшін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>імі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қосымшасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>кәсіби</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тәжірибенің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>нәтижелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>өте</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жақсы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жақсы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>» = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B67487" w:rsidRPr="006E408E" w:rsidTr="00EE2CA2">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бұрынғы жұмыс орнынан (педагог лауазымы бойынша) немесе оқу орнынан ұсыныс хат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ұсыныс хат (конкурсты өз бетінше жариялаған білім беру ұйымы соңғы жұмыс/оқу орны бойынша ұйымға/оқу мекемесіне өтініш жасайды)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- оң ұсыныс хатының болуы = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- теріс ұсыныс хатының болуы = минус 3 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B67487" w:rsidRPr="006E408E" w:rsidTr="00EE2CA2">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кәсіби</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жеті</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ст</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>іктерінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>көрсеткіштері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>алушылардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жобалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жеңімпаздардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>грамоталары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>мұғалімнің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жеңімпаздарының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>грамоталары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>мемлекетті</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жеңімпаздары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0,5 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жобалардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жеңімпаздары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- «Үздік педагог» конкурсына қатысушы = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- «Үздік педагог» конкурсының жеңімпазы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- «Қазақстан еңбек сіңірген ұстазы» медаль иегері = 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidTr="00EE2CA2">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Әдістемелік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>авторлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>шығармалары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>басылымдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ҚР БҒМ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>енген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оқулықтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) ОӘК авторы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бірлескен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> авторы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">РОӘК </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>енген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оқулықтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) ОӘК авторы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бірлескен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> авторы = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">БҒССҚЕК, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>енгізілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ғылыми-зерттеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жарияланымның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 3 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B67487" w:rsidRPr="006E408E" w:rsidTr="00EE2CA2">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Қоғамды</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қ-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Қоғамды</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қ-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- тәлімгер = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ӘБ басшысы = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- екі тілде сабақ беру, орыс/қазақ = 2 балл;             шетел/орыс немесе шетел/қазақ = 3 балл,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- үш тілде сабақ беру (қазақ, орыс, шетел) = 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B67487" w:rsidRPr="006E408E" w:rsidTr="00EE2CA2">
+        <w:trPr>
+          <w:trHeight w:val="687"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Курстық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дайындық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>әндік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дайындық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сертификаттары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>цифрлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сауаттылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">КАЗТЕСТ,  IELTS; TOEFL; DELF </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сертификаттары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Goethe</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Python</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тілінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бағдарламалау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>негіздері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>программалары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                 -</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Microsoft</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жұмыстарына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="002E00FE" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Халықаралық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>курстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TEFL Cambridge </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«CELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(Certificate in Teaching English to Speakers of Other Languages)»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«TKT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Knowledge Test»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«TESOL»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in teaching English for young learners</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>IHCYLT - International House Certificate In Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Assessment for Learning: Formative Assessment in Science and </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Maths</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Educational Management</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Coursera, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Futute</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Mathematics with Technology</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Special Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«Developing expertise in teaching chemistry</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00B67487" w:rsidRPr="002E00FE" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ПШО, НЗМ, «Өрлеу» курстары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>= 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B67487" w:rsidRPr="002E00FE" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қазақстан Республикасы Білім және ғылым министрінің 2016 жылғы 28 қаңтардағы № 95 бұйрығына сәйкес тізбеге енгізілген біліктілікті арттыру ұйымдары іске асыратын білім беру саласындағы уәкілетті органмен келісілген бағдарламалар бойынша біліктілікті арттыру курстары </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 30068 болып тіркелген)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>= 0,5 балл (әрқайсысы бойынша жеке)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B67487" w:rsidRPr="002E00FE" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidTr="00EE2CA2">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру гранты бойынша білім алған жоғары және жоғары оқу орнынан кейінгі білім беру ұйымының түлегі, «Дипломмен ауылға!», «Серпін» мемлекеттік бағдарламаларының қатысушысы, Жұмыспен қамту орталығы жастар тәжірибесі бойынша жіберілген педагог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Мемлекеттік білім беру гранты иегерінің сертификаты, келісім-шарты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3 балл қосылады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidTr="00EE2CA2">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5287" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
-                <w:lang w:val="kk-KZ"/>
-[...42 lines deleted...]
-              <w:t>1</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>Барлығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F0262A1" w14:textId="77777777" w:rsidR="00682CEA" w:rsidRPr="00B25802" w:rsidRDefault="00682CEA" w:rsidP="009F260F">
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...13 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-[...6 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="098E7409" w14:textId="77777777" w:rsidR="00682CEA" w:rsidRPr="00B25802" w:rsidRDefault="00682CEA" w:rsidP="009F260F">
-[...193 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="00B67487" w:rsidRPr="00B25802" w:rsidRDefault="00B67487" w:rsidP="00EE2CA2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...4110 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3A19739E" w14:textId="77777777" w:rsidR="00682CEA" w:rsidRPr="0020641A" w:rsidRDefault="00682CEA" w:rsidP="00682CEA">
+    <w:p w:rsidR="00B67487" w:rsidRPr="0075034F" w:rsidRDefault="00B67487" w:rsidP="001F4BA9">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-          <w:szCs w:val="10"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="33115402" w14:textId="77777777" w:rsidR="00682CEA" w:rsidRPr="00682CEA" w:rsidRDefault="00682CEA" w:rsidP="00452A41">
-[...11 lines deleted...]
-    <w:sectPr w:rsidR="00682CEA" w:rsidRPr="00682CEA" w:rsidSect="00247927">
+    <w:sectPr w:rsidR="00B67487" w:rsidRPr="0075034F" w:rsidSect="00B67487">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="737" w:right="794" w:bottom="737" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="794" w:right="737" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
@@ -9868,54 +17230,283 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="0F1137A4"/>
+    <w:nsid w:val="2F341AF9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="D0B694EA"/>
-    <w:lvl w:ilvl="0" w:tplc="8F6245B6">
+    <w:tmpl w:val="F72846FE"/>
+    <w:lvl w:ilvl="0" w:tplc="CC348FDE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="–"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="100" w:hanging="210"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="A6BE43C0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1166" w:hanging="210"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="83D03CD8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="210"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="9B5ECD6C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3298" w:hanging="210"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="22E04FD2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4364" w:hanging="210"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="811A3F24">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5430" w:hanging="210"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="C7CEBEE6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6496" w:hanging="210"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0F78B3FC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7562" w:hanging="210"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="7D1297EA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8628" w:hanging="210"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="49284759"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6756DCF6"/>
+    <w:lvl w:ilvl="0" w:tplc="DF36BAB6">
+      <w:start w:val="9"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="460" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1180" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1900" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2620" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3340" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4060" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4780" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5500" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6220" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="524C7E2B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B9241E8C"/>
+    <w:lvl w:ilvl="0" w:tplc="A4D4DF78">
       <w:start w:val="8"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9980,51 +17571,286 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="6">
+    <w:nsid w:val="573B4B21"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="040A46AA"/>
+    <w:lvl w:ilvl="0" w:tplc="523C46B2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="322" w:hanging="223"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:w w:val="102"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="9CE6BF5C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="899" w:hanging="296"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="CC0C7CF8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1995" w:hanging="296"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="C00C17B4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3091" w:hanging="296"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="D454264E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4186" w:hanging="296"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="D54EB35C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5282" w:hanging="296"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="43BA8680">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6377" w:hanging="296"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="6F628FC8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7473" w:hanging="296"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="76CC0692">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8568" w:hanging="296"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7">
+    <w:nsid w:val="5D2F2E9C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F9361B38"/>
+    <w:lvl w:ilvl="0" w:tplc="681ECEC6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="460" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1180" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1900" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2620" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3340" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4060" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4780" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5500" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6220" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8">
     <w:nsid w:val="66924BBD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="323A2FC2"/>
     <w:lvl w:ilvl="0" w:tplc="AB74F2A4">
       <w:start w:val="11"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10093,51 +17919,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
+  <w:abstractNum w:abstractNumId="9">
     <w:nsid w:val="697B5177"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="50566158"/>
     <w:lvl w:ilvl="0" w:tplc="CBD41AE4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1353" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:strike w:val="0"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -10187,884 +18013,876 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5531" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6251" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6971" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="9">
     <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F410E4"/>
     <w:rsid w:val="000050AF"/>
     <w:rsid w:val="0001180A"/>
     <w:rsid w:val="0001635C"/>
     <w:rsid w:val="00024BDF"/>
     <w:rsid w:val="000319E6"/>
-    <w:rsid w:val="00033E1F"/>
-    <w:rsid w:val="000363B3"/>
     <w:rsid w:val="00044308"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
     <w:rsid w:val="0005281D"/>
     <w:rsid w:val="00055391"/>
     <w:rsid w:val="00055EA0"/>
     <w:rsid w:val="00057149"/>
     <w:rsid w:val="00065B9B"/>
     <w:rsid w:val="0007234E"/>
     <w:rsid w:val="0007336C"/>
     <w:rsid w:val="000842BF"/>
     <w:rsid w:val="00085550"/>
     <w:rsid w:val="00085F43"/>
     <w:rsid w:val="00090BEE"/>
     <w:rsid w:val="00097C91"/>
     <w:rsid w:val="000A2010"/>
     <w:rsid w:val="000A7D5F"/>
     <w:rsid w:val="000B0E84"/>
+    <w:rsid w:val="000B74EC"/>
     <w:rsid w:val="000C18A7"/>
     <w:rsid w:val="000C51F6"/>
     <w:rsid w:val="000D42B8"/>
     <w:rsid w:val="000D75B6"/>
     <w:rsid w:val="000D7E12"/>
     <w:rsid w:val="000E42D5"/>
-    <w:rsid w:val="000E4CFB"/>
+    <w:rsid w:val="000E57C6"/>
     <w:rsid w:val="000E588C"/>
     <w:rsid w:val="000E7BC7"/>
+    <w:rsid w:val="000F5AB2"/>
     <w:rsid w:val="000F7F2D"/>
-    <w:rsid w:val="0010182E"/>
     <w:rsid w:val="00107931"/>
     <w:rsid w:val="0011447E"/>
+    <w:rsid w:val="00114B74"/>
     <w:rsid w:val="00117287"/>
     <w:rsid w:val="001216CA"/>
     <w:rsid w:val="00122C56"/>
     <w:rsid w:val="00123C01"/>
     <w:rsid w:val="001360EE"/>
+    <w:rsid w:val="00136ACE"/>
     <w:rsid w:val="00142D11"/>
     <w:rsid w:val="001436E9"/>
     <w:rsid w:val="00155EE7"/>
     <w:rsid w:val="001615CA"/>
     <w:rsid w:val="001650C0"/>
+    <w:rsid w:val="001661B4"/>
     <w:rsid w:val="00170E9A"/>
     <w:rsid w:val="00176CE7"/>
     <w:rsid w:val="0017753F"/>
+    <w:rsid w:val="00177AA2"/>
     <w:rsid w:val="00183FF8"/>
     <w:rsid w:val="001917EE"/>
     <w:rsid w:val="00193898"/>
     <w:rsid w:val="00194690"/>
     <w:rsid w:val="00194744"/>
     <w:rsid w:val="001A24F6"/>
     <w:rsid w:val="001A30E3"/>
     <w:rsid w:val="001B2280"/>
     <w:rsid w:val="001B6127"/>
     <w:rsid w:val="001B695E"/>
     <w:rsid w:val="001B7F01"/>
-    <w:rsid w:val="001C4D41"/>
     <w:rsid w:val="001C6E63"/>
     <w:rsid w:val="001D32DA"/>
     <w:rsid w:val="001D47B9"/>
+    <w:rsid w:val="001D5ECE"/>
     <w:rsid w:val="001E17F9"/>
     <w:rsid w:val="001F22F5"/>
     <w:rsid w:val="001F2460"/>
     <w:rsid w:val="001F3C49"/>
+    <w:rsid w:val="001F4BA9"/>
     <w:rsid w:val="00200BD1"/>
     <w:rsid w:val="00201B90"/>
     <w:rsid w:val="002034CA"/>
     <w:rsid w:val="00204794"/>
     <w:rsid w:val="002075F7"/>
     <w:rsid w:val="00210F6E"/>
     <w:rsid w:val="002135D2"/>
     <w:rsid w:val="00217711"/>
     <w:rsid w:val="002200D5"/>
-    <w:rsid w:val="00221A57"/>
     <w:rsid w:val="00222BA2"/>
     <w:rsid w:val="0022382E"/>
     <w:rsid w:val="00231724"/>
     <w:rsid w:val="00231ED7"/>
     <w:rsid w:val="002408F8"/>
     <w:rsid w:val="00243836"/>
     <w:rsid w:val="0024625B"/>
-    <w:rsid w:val="00247927"/>
     <w:rsid w:val="00250563"/>
-    <w:rsid w:val="002505AF"/>
     <w:rsid w:val="00250C53"/>
     <w:rsid w:val="00253201"/>
     <w:rsid w:val="00254628"/>
     <w:rsid w:val="00261786"/>
     <w:rsid w:val="00263268"/>
     <w:rsid w:val="002647B4"/>
     <w:rsid w:val="00272A89"/>
     <w:rsid w:val="00273774"/>
     <w:rsid w:val="00275389"/>
     <w:rsid w:val="002760FC"/>
+    <w:rsid w:val="00276140"/>
     <w:rsid w:val="00280FE3"/>
     <w:rsid w:val="0028281D"/>
-    <w:rsid w:val="00282F15"/>
     <w:rsid w:val="0028430C"/>
     <w:rsid w:val="002848B9"/>
     <w:rsid w:val="002848BD"/>
     <w:rsid w:val="00294615"/>
     <w:rsid w:val="002A4A6C"/>
     <w:rsid w:val="002A50CA"/>
-    <w:rsid w:val="002A6B2E"/>
     <w:rsid w:val="002A6FF7"/>
     <w:rsid w:val="002B2DDC"/>
     <w:rsid w:val="002B5FB8"/>
     <w:rsid w:val="002B65FC"/>
-    <w:rsid w:val="002B689D"/>
     <w:rsid w:val="002B68B2"/>
     <w:rsid w:val="002C2698"/>
     <w:rsid w:val="002C3DE4"/>
     <w:rsid w:val="002C5543"/>
     <w:rsid w:val="002D081D"/>
     <w:rsid w:val="002D5996"/>
     <w:rsid w:val="002D7E2F"/>
     <w:rsid w:val="002E65E4"/>
     <w:rsid w:val="002E7C30"/>
     <w:rsid w:val="002F37F7"/>
     <w:rsid w:val="002F3E78"/>
     <w:rsid w:val="002F4145"/>
     <w:rsid w:val="002F677E"/>
     <w:rsid w:val="00301843"/>
-    <w:rsid w:val="00304B28"/>
+    <w:rsid w:val="00304102"/>
     <w:rsid w:val="00305D41"/>
     <w:rsid w:val="00306541"/>
-    <w:rsid w:val="00321427"/>
+    <w:rsid w:val="003153C2"/>
     <w:rsid w:val="003221E8"/>
     <w:rsid w:val="00323CC6"/>
     <w:rsid w:val="0032543F"/>
+    <w:rsid w:val="0033199C"/>
     <w:rsid w:val="00334CC0"/>
+    <w:rsid w:val="00335ACF"/>
     <w:rsid w:val="00344934"/>
     <w:rsid w:val="00344A1A"/>
     <w:rsid w:val="0035742D"/>
     <w:rsid w:val="003579A8"/>
     <w:rsid w:val="0037198C"/>
     <w:rsid w:val="00373625"/>
     <w:rsid w:val="00373F82"/>
     <w:rsid w:val="00375274"/>
     <w:rsid w:val="00375557"/>
     <w:rsid w:val="003811EF"/>
-    <w:rsid w:val="00381255"/>
     <w:rsid w:val="00390F02"/>
     <w:rsid w:val="003920E0"/>
     <w:rsid w:val="00393EEA"/>
     <w:rsid w:val="003A2172"/>
     <w:rsid w:val="003A5835"/>
     <w:rsid w:val="003A6132"/>
     <w:rsid w:val="003B10DA"/>
     <w:rsid w:val="003B611D"/>
     <w:rsid w:val="003B6A0B"/>
     <w:rsid w:val="003B722D"/>
     <w:rsid w:val="003B7991"/>
     <w:rsid w:val="003C073C"/>
     <w:rsid w:val="003C16F9"/>
     <w:rsid w:val="003C21A6"/>
-    <w:rsid w:val="003C286F"/>
-    <w:rsid w:val="003C5A44"/>
     <w:rsid w:val="003C6B17"/>
     <w:rsid w:val="003C6CE8"/>
     <w:rsid w:val="003C740D"/>
     <w:rsid w:val="003D3661"/>
     <w:rsid w:val="003D4D1F"/>
     <w:rsid w:val="003D6E6F"/>
     <w:rsid w:val="003E0D68"/>
     <w:rsid w:val="003E0EB1"/>
-    <w:rsid w:val="003E27E1"/>
     <w:rsid w:val="003E3EEA"/>
     <w:rsid w:val="003F0467"/>
     <w:rsid w:val="003F0710"/>
     <w:rsid w:val="003F6A1A"/>
     <w:rsid w:val="003F793F"/>
     <w:rsid w:val="00402778"/>
     <w:rsid w:val="00406E1A"/>
     <w:rsid w:val="0040774B"/>
     <w:rsid w:val="004107DB"/>
     <w:rsid w:val="00412E97"/>
     <w:rsid w:val="00412EE6"/>
     <w:rsid w:val="00414D8A"/>
     <w:rsid w:val="004158B1"/>
+    <w:rsid w:val="00415A88"/>
     <w:rsid w:val="00420B8F"/>
     <w:rsid w:val="00424A81"/>
     <w:rsid w:val="00430029"/>
     <w:rsid w:val="0043056F"/>
     <w:rsid w:val="00431819"/>
     <w:rsid w:val="00437A2D"/>
     <w:rsid w:val="00440BF7"/>
     <w:rsid w:val="00442569"/>
     <w:rsid w:val="00444289"/>
     <w:rsid w:val="00444E34"/>
     <w:rsid w:val="00445B92"/>
     <w:rsid w:val="00452A41"/>
+    <w:rsid w:val="00456389"/>
     <w:rsid w:val="00456CEA"/>
     <w:rsid w:val="0046481C"/>
-    <w:rsid w:val="00470938"/>
     <w:rsid w:val="00470A6E"/>
     <w:rsid w:val="00471144"/>
     <w:rsid w:val="00472EBA"/>
     <w:rsid w:val="0047363C"/>
     <w:rsid w:val="00474517"/>
-    <w:rsid w:val="004752F1"/>
-    <w:rsid w:val="00477CA9"/>
     <w:rsid w:val="0048067D"/>
     <w:rsid w:val="00481A44"/>
     <w:rsid w:val="00491B89"/>
-    <w:rsid w:val="004942FF"/>
     <w:rsid w:val="00494FDD"/>
     <w:rsid w:val="004A5758"/>
+    <w:rsid w:val="004B1185"/>
     <w:rsid w:val="004B289B"/>
-    <w:rsid w:val="004B2BCD"/>
-    <w:rsid w:val="004B772A"/>
     <w:rsid w:val="004C0AB4"/>
-    <w:rsid w:val="004C1F73"/>
-    <w:rsid w:val="004D07D1"/>
     <w:rsid w:val="004D120D"/>
     <w:rsid w:val="004D7E10"/>
     <w:rsid w:val="004E116A"/>
     <w:rsid w:val="004E1DA3"/>
     <w:rsid w:val="004F115C"/>
-    <w:rsid w:val="004F2A50"/>
     <w:rsid w:val="004F3AA7"/>
     <w:rsid w:val="004F5BBF"/>
-    <w:rsid w:val="005013F9"/>
-    <w:rsid w:val="005071C9"/>
     <w:rsid w:val="005116C4"/>
     <w:rsid w:val="005135A5"/>
     <w:rsid w:val="00517B75"/>
     <w:rsid w:val="00520636"/>
+    <w:rsid w:val="00520C9B"/>
     <w:rsid w:val="0052206B"/>
     <w:rsid w:val="00523AD9"/>
     <w:rsid w:val="0052544D"/>
     <w:rsid w:val="00527372"/>
     <w:rsid w:val="00527961"/>
     <w:rsid w:val="00530F67"/>
     <w:rsid w:val="005345C3"/>
+    <w:rsid w:val="0053507A"/>
     <w:rsid w:val="005357A3"/>
     <w:rsid w:val="00552FDD"/>
     <w:rsid w:val="00560EEB"/>
     <w:rsid w:val="005621FC"/>
-    <w:rsid w:val="00562901"/>
     <w:rsid w:val="00566BA8"/>
     <w:rsid w:val="00570619"/>
     <w:rsid w:val="0057164C"/>
     <w:rsid w:val="0057567C"/>
+    <w:rsid w:val="005763A2"/>
     <w:rsid w:val="00577E4B"/>
     <w:rsid w:val="00582E6E"/>
     <w:rsid w:val="00584212"/>
-    <w:rsid w:val="005866B4"/>
     <w:rsid w:val="0058750D"/>
     <w:rsid w:val="00591889"/>
     <w:rsid w:val="005934B1"/>
     <w:rsid w:val="0059502E"/>
-    <w:rsid w:val="00597B6F"/>
     <w:rsid w:val="005A1889"/>
     <w:rsid w:val="005A46ED"/>
     <w:rsid w:val="005B317E"/>
     <w:rsid w:val="005C050E"/>
     <w:rsid w:val="005C264A"/>
     <w:rsid w:val="005C2C35"/>
     <w:rsid w:val="005C3950"/>
     <w:rsid w:val="005C51B0"/>
-    <w:rsid w:val="005C6D30"/>
     <w:rsid w:val="005C798F"/>
     <w:rsid w:val="005D01BB"/>
     <w:rsid w:val="005D3884"/>
     <w:rsid w:val="005D7C3A"/>
+    <w:rsid w:val="005E0267"/>
     <w:rsid w:val="005E1449"/>
     <w:rsid w:val="005E3F53"/>
     <w:rsid w:val="005E42E7"/>
     <w:rsid w:val="005E7D3C"/>
     <w:rsid w:val="005F1273"/>
     <w:rsid w:val="005F2715"/>
     <w:rsid w:val="005F3B49"/>
     <w:rsid w:val="005F64A7"/>
     <w:rsid w:val="005F6C95"/>
     <w:rsid w:val="00602344"/>
     <w:rsid w:val="00602932"/>
+    <w:rsid w:val="006030DA"/>
     <w:rsid w:val="00604AF0"/>
     <w:rsid w:val="00610B31"/>
     <w:rsid w:val="006176A1"/>
-    <w:rsid w:val="006215C7"/>
     <w:rsid w:val="0062378C"/>
-    <w:rsid w:val="00624E65"/>
     <w:rsid w:val="006260BF"/>
     <w:rsid w:val="00630365"/>
+    <w:rsid w:val="00630AA8"/>
     <w:rsid w:val="006326A3"/>
     <w:rsid w:val="00633DE2"/>
     <w:rsid w:val="00640A06"/>
     <w:rsid w:val="00646868"/>
     <w:rsid w:val="0065083C"/>
     <w:rsid w:val="006556C1"/>
     <w:rsid w:val="006561FF"/>
     <w:rsid w:val="00661FAB"/>
     <w:rsid w:val="00664EEC"/>
     <w:rsid w:val="00665F60"/>
-    <w:rsid w:val="00670B8B"/>
-    <w:rsid w:val="0067100A"/>
     <w:rsid w:val="006718DC"/>
-    <w:rsid w:val="0067401A"/>
     <w:rsid w:val="00675A19"/>
     <w:rsid w:val="006768E8"/>
     <w:rsid w:val="00676D6D"/>
-    <w:rsid w:val="00682CEA"/>
     <w:rsid w:val="006905EA"/>
     <w:rsid w:val="0069544F"/>
     <w:rsid w:val="00695869"/>
     <w:rsid w:val="00696B50"/>
     <w:rsid w:val="006A0389"/>
     <w:rsid w:val="006A0FBD"/>
     <w:rsid w:val="006A7742"/>
-    <w:rsid w:val="006B0A85"/>
     <w:rsid w:val="006C1E26"/>
     <w:rsid w:val="006C3571"/>
     <w:rsid w:val="006D352A"/>
     <w:rsid w:val="006E15FD"/>
     <w:rsid w:val="006E2D5A"/>
+    <w:rsid w:val="006E408E"/>
     <w:rsid w:val="006E4740"/>
     <w:rsid w:val="006E6C6C"/>
-    <w:rsid w:val="006E796D"/>
+    <w:rsid w:val="006F2112"/>
     <w:rsid w:val="006F378C"/>
     <w:rsid w:val="006F37CD"/>
     <w:rsid w:val="006F7468"/>
-    <w:rsid w:val="00702499"/>
-    <w:rsid w:val="00706B0C"/>
+    <w:rsid w:val="00701C5C"/>
+    <w:rsid w:val="007078F2"/>
+    <w:rsid w:val="007129B6"/>
     <w:rsid w:val="00713E68"/>
-    <w:rsid w:val="00715E75"/>
     <w:rsid w:val="00731F02"/>
     <w:rsid w:val="00732666"/>
     <w:rsid w:val="00736DAD"/>
     <w:rsid w:val="0073765A"/>
     <w:rsid w:val="00741FDC"/>
-    <w:rsid w:val="0074228B"/>
     <w:rsid w:val="007432E2"/>
     <w:rsid w:val="007444BC"/>
     <w:rsid w:val="00744D59"/>
     <w:rsid w:val="007467B4"/>
-    <w:rsid w:val="00751711"/>
+    <w:rsid w:val="0075034F"/>
     <w:rsid w:val="007522F8"/>
     <w:rsid w:val="00752D7E"/>
     <w:rsid w:val="007540C6"/>
     <w:rsid w:val="00756522"/>
-    <w:rsid w:val="007663AE"/>
     <w:rsid w:val="00771CBE"/>
-    <w:rsid w:val="00771CF3"/>
     <w:rsid w:val="0077286E"/>
     <w:rsid w:val="00775FEF"/>
     <w:rsid w:val="007827E9"/>
     <w:rsid w:val="007844FC"/>
-    <w:rsid w:val="00790B31"/>
     <w:rsid w:val="007A2085"/>
     <w:rsid w:val="007A339B"/>
     <w:rsid w:val="007A3FA2"/>
     <w:rsid w:val="007A5711"/>
     <w:rsid w:val="007B3459"/>
-    <w:rsid w:val="007C3AFB"/>
     <w:rsid w:val="007D5A26"/>
     <w:rsid w:val="007E07E6"/>
-    <w:rsid w:val="007E20FE"/>
+    <w:rsid w:val="007E0B0F"/>
     <w:rsid w:val="007E3D0C"/>
-    <w:rsid w:val="007E3DF8"/>
+    <w:rsid w:val="007E605F"/>
     <w:rsid w:val="007F3DBC"/>
     <w:rsid w:val="00800002"/>
     <w:rsid w:val="00801FDE"/>
+    <w:rsid w:val="00804041"/>
     <w:rsid w:val="0081008A"/>
     <w:rsid w:val="00821210"/>
     <w:rsid w:val="00822C55"/>
+    <w:rsid w:val="00834BCF"/>
     <w:rsid w:val="00837CF1"/>
     <w:rsid w:val="00844A40"/>
+    <w:rsid w:val="008540D3"/>
+    <w:rsid w:val="00854F32"/>
     <w:rsid w:val="00855143"/>
+    <w:rsid w:val="00855F75"/>
     <w:rsid w:val="00861BC7"/>
-    <w:rsid w:val="0086261D"/>
     <w:rsid w:val="00863F2F"/>
     <w:rsid w:val="00866E0F"/>
+    <w:rsid w:val="00873C6B"/>
     <w:rsid w:val="00876656"/>
     <w:rsid w:val="00884531"/>
     <w:rsid w:val="00884A28"/>
     <w:rsid w:val="00886E3A"/>
     <w:rsid w:val="0089147B"/>
     <w:rsid w:val="00891D42"/>
     <w:rsid w:val="008968DC"/>
     <w:rsid w:val="008A16AC"/>
     <w:rsid w:val="008A2C7C"/>
     <w:rsid w:val="008A33E1"/>
     <w:rsid w:val="008A35DF"/>
     <w:rsid w:val="008A3E8F"/>
     <w:rsid w:val="008B3115"/>
+    <w:rsid w:val="008B4572"/>
     <w:rsid w:val="008B6380"/>
     <w:rsid w:val="008B6CF2"/>
+    <w:rsid w:val="008C02E3"/>
     <w:rsid w:val="008C0E1A"/>
     <w:rsid w:val="008C14C4"/>
     <w:rsid w:val="008C155B"/>
     <w:rsid w:val="008C2523"/>
-    <w:rsid w:val="008C4E33"/>
+    <w:rsid w:val="008D234C"/>
     <w:rsid w:val="008D6A9A"/>
     <w:rsid w:val="008E2502"/>
     <w:rsid w:val="008E2539"/>
     <w:rsid w:val="008E7003"/>
+    <w:rsid w:val="008E7665"/>
     <w:rsid w:val="008F0FD6"/>
     <w:rsid w:val="008F1837"/>
     <w:rsid w:val="008F25A6"/>
     <w:rsid w:val="008F2B8E"/>
     <w:rsid w:val="008F5280"/>
     <w:rsid w:val="00902819"/>
     <w:rsid w:val="0090293E"/>
     <w:rsid w:val="00912432"/>
-    <w:rsid w:val="00920B46"/>
+    <w:rsid w:val="009176F6"/>
     <w:rsid w:val="009217D4"/>
     <w:rsid w:val="00922249"/>
     <w:rsid w:val="00923618"/>
     <w:rsid w:val="00927984"/>
     <w:rsid w:val="00932150"/>
     <w:rsid w:val="00933282"/>
     <w:rsid w:val="00936046"/>
+    <w:rsid w:val="0094229D"/>
+    <w:rsid w:val="009540D9"/>
     <w:rsid w:val="00954670"/>
     <w:rsid w:val="00957FE3"/>
     <w:rsid w:val="00961F9A"/>
     <w:rsid w:val="009665C6"/>
     <w:rsid w:val="00967BC8"/>
-    <w:rsid w:val="00971C1A"/>
     <w:rsid w:val="00977DC7"/>
     <w:rsid w:val="009808C8"/>
     <w:rsid w:val="0098399D"/>
     <w:rsid w:val="00983D2D"/>
     <w:rsid w:val="0098517B"/>
     <w:rsid w:val="00996AA2"/>
     <w:rsid w:val="009974AD"/>
     <w:rsid w:val="009A254D"/>
-    <w:rsid w:val="009A2FD3"/>
     <w:rsid w:val="009A7000"/>
     <w:rsid w:val="009B02DF"/>
-    <w:rsid w:val="009B1563"/>
     <w:rsid w:val="009B4730"/>
     <w:rsid w:val="009B58A3"/>
     <w:rsid w:val="009C2DEB"/>
     <w:rsid w:val="009C5EFE"/>
     <w:rsid w:val="009D0772"/>
     <w:rsid w:val="009D184B"/>
     <w:rsid w:val="009D7C3F"/>
     <w:rsid w:val="009E1D6B"/>
     <w:rsid w:val="009E3B07"/>
     <w:rsid w:val="009E46F6"/>
     <w:rsid w:val="009F11CC"/>
-    <w:rsid w:val="009F3237"/>
+    <w:rsid w:val="009F3B00"/>
     <w:rsid w:val="009F3B01"/>
     <w:rsid w:val="009F528F"/>
     <w:rsid w:val="00A00C92"/>
     <w:rsid w:val="00A03802"/>
     <w:rsid w:val="00A053FC"/>
-    <w:rsid w:val="00A118B1"/>
+    <w:rsid w:val="00A0584B"/>
     <w:rsid w:val="00A1198D"/>
     <w:rsid w:val="00A132B7"/>
     <w:rsid w:val="00A24390"/>
-    <w:rsid w:val="00A303D1"/>
     <w:rsid w:val="00A3160D"/>
     <w:rsid w:val="00A32D0C"/>
     <w:rsid w:val="00A338BC"/>
     <w:rsid w:val="00A34082"/>
     <w:rsid w:val="00A345CF"/>
+    <w:rsid w:val="00A40329"/>
     <w:rsid w:val="00A40E8A"/>
     <w:rsid w:val="00A4619D"/>
     <w:rsid w:val="00A46ACF"/>
     <w:rsid w:val="00A4714E"/>
     <w:rsid w:val="00A477C4"/>
     <w:rsid w:val="00A50463"/>
     <w:rsid w:val="00A51052"/>
     <w:rsid w:val="00A555E8"/>
     <w:rsid w:val="00A5737A"/>
+    <w:rsid w:val="00A668A3"/>
     <w:rsid w:val="00A70E7A"/>
     <w:rsid w:val="00A71A5A"/>
     <w:rsid w:val="00A71D18"/>
     <w:rsid w:val="00A76515"/>
     <w:rsid w:val="00A7718F"/>
+    <w:rsid w:val="00A86EE1"/>
     <w:rsid w:val="00A90563"/>
     <w:rsid w:val="00A949A2"/>
     <w:rsid w:val="00AA107F"/>
-    <w:rsid w:val="00AA1274"/>
     <w:rsid w:val="00AA5364"/>
+    <w:rsid w:val="00AC0ADF"/>
     <w:rsid w:val="00AC386E"/>
     <w:rsid w:val="00AC5698"/>
+    <w:rsid w:val="00AD1DD9"/>
     <w:rsid w:val="00AD2280"/>
     <w:rsid w:val="00AD52EF"/>
     <w:rsid w:val="00AD6598"/>
     <w:rsid w:val="00AE4097"/>
-    <w:rsid w:val="00AE4288"/>
     <w:rsid w:val="00AE7F11"/>
     <w:rsid w:val="00AF1068"/>
+    <w:rsid w:val="00B00AEE"/>
     <w:rsid w:val="00B01C75"/>
     <w:rsid w:val="00B02706"/>
-    <w:rsid w:val="00B1212E"/>
-    <w:rsid w:val="00B14AED"/>
     <w:rsid w:val="00B1578A"/>
     <w:rsid w:val="00B163FC"/>
     <w:rsid w:val="00B22BF1"/>
     <w:rsid w:val="00B23414"/>
     <w:rsid w:val="00B2533F"/>
     <w:rsid w:val="00B2612E"/>
     <w:rsid w:val="00B261A2"/>
     <w:rsid w:val="00B304F9"/>
-    <w:rsid w:val="00B3089F"/>
     <w:rsid w:val="00B343E1"/>
     <w:rsid w:val="00B365AE"/>
     <w:rsid w:val="00B4007E"/>
     <w:rsid w:val="00B41896"/>
     <w:rsid w:val="00B46010"/>
     <w:rsid w:val="00B47336"/>
-    <w:rsid w:val="00B4745E"/>
+    <w:rsid w:val="00B475E6"/>
+    <w:rsid w:val="00B4786A"/>
     <w:rsid w:val="00B552A1"/>
     <w:rsid w:val="00B57A82"/>
     <w:rsid w:val="00B6112C"/>
+    <w:rsid w:val="00B67487"/>
     <w:rsid w:val="00B73D07"/>
     <w:rsid w:val="00B820C6"/>
     <w:rsid w:val="00B86124"/>
     <w:rsid w:val="00B940DA"/>
     <w:rsid w:val="00B9715B"/>
     <w:rsid w:val="00BA4B1E"/>
     <w:rsid w:val="00BA612E"/>
     <w:rsid w:val="00BC0FA0"/>
-    <w:rsid w:val="00BC2D70"/>
     <w:rsid w:val="00BD00E0"/>
     <w:rsid w:val="00BD1E4A"/>
     <w:rsid w:val="00BD2BA7"/>
     <w:rsid w:val="00BD3A11"/>
     <w:rsid w:val="00BD4143"/>
     <w:rsid w:val="00BE0EE5"/>
     <w:rsid w:val="00BE40D3"/>
     <w:rsid w:val="00BE4202"/>
     <w:rsid w:val="00BE6061"/>
     <w:rsid w:val="00BE6D49"/>
     <w:rsid w:val="00BF329F"/>
     <w:rsid w:val="00BF4C3B"/>
     <w:rsid w:val="00BF77B4"/>
     <w:rsid w:val="00C02A78"/>
     <w:rsid w:val="00C04805"/>
     <w:rsid w:val="00C204AD"/>
     <w:rsid w:val="00C27AB3"/>
-    <w:rsid w:val="00C356D6"/>
     <w:rsid w:val="00C3590E"/>
     <w:rsid w:val="00C35D2C"/>
+    <w:rsid w:val="00C36141"/>
     <w:rsid w:val="00C424F6"/>
     <w:rsid w:val="00C44EA1"/>
     <w:rsid w:val="00C47811"/>
     <w:rsid w:val="00C478E1"/>
-    <w:rsid w:val="00C55F69"/>
     <w:rsid w:val="00C56FDD"/>
     <w:rsid w:val="00C64183"/>
     <w:rsid w:val="00C64617"/>
     <w:rsid w:val="00C6711D"/>
+    <w:rsid w:val="00C7122C"/>
     <w:rsid w:val="00C73CB1"/>
     <w:rsid w:val="00C73CC1"/>
+    <w:rsid w:val="00C75E82"/>
     <w:rsid w:val="00C773C9"/>
+    <w:rsid w:val="00C800AA"/>
     <w:rsid w:val="00C90F57"/>
     <w:rsid w:val="00C956AD"/>
     <w:rsid w:val="00CA1596"/>
     <w:rsid w:val="00CB452E"/>
     <w:rsid w:val="00CB6B4F"/>
     <w:rsid w:val="00CB7B0D"/>
-    <w:rsid w:val="00CC2541"/>
     <w:rsid w:val="00CD2B90"/>
-    <w:rsid w:val="00CE0AB8"/>
     <w:rsid w:val="00CF598D"/>
     <w:rsid w:val="00CF6669"/>
     <w:rsid w:val="00CF6937"/>
     <w:rsid w:val="00D06E89"/>
     <w:rsid w:val="00D14EC4"/>
-    <w:rsid w:val="00D15818"/>
     <w:rsid w:val="00D16A59"/>
     <w:rsid w:val="00D21928"/>
     <w:rsid w:val="00D22F23"/>
-    <w:rsid w:val="00D3023D"/>
+    <w:rsid w:val="00D25A77"/>
     <w:rsid w:val="00D31BFC"/>
     <w:rsid w:val="00D32E8B"/>
     <w:rsid w:val="00D34FF7"/>
     <w:rsid w:val="00D3648B"/>
     <w:rsid w:val="00D410EB"/>
     <w:rsid w:val="00D4365F"/>
     <w:rsid w:val="00D478D0"/>
     <w:rsid w:val="00D51286"/>
     <w:rsid w:val="00D54740"/>
     <w:rsid w:val="00D60CA1"/>
     <w:rsid w:val="00D627E1"/>
+    <w:rsid w:val="00D70D9E"/>
     <w:rsid w:val="00D8716B"/>
     <w:rsid w:val="00D91558"/>
-    <w:rsid w:val="00D94AAB"/>
+    <w:rsid w:val="00D922C4"/>
     <w:rsid w:val="00D974D0"/>
     <w:rsid w:val="00DA1DDF"/>
     <w:rsid w:val="00DA2C9B"/>
     <w:rsid w:val="00DA2D05"/>
     <w:rsid w:val="00DA4F44"/>
-    <w:rsid w:val="00DB59B7"/>
+    <w:rsid w:val="00DB2E41"/>
+    <w:rsid w:val="00DB5787"/>
     <w:rsid w:val="00DB5C62"/>
     <w:rsid w:val="00DB69D5"/>
     <w:rsid w:val="00DB73BF"/>
     <w:rsid w:val="00DC10A3"/>
     <w:rsid w:val="00DC1E1E"/>
     <w:rsid w:val="00DC545C"/>
     <w:rsid w:val="00DC78A3"/>
     <w:rsid w:val="00DD0B6A"/>
     <w:rsid w:val="00DD7F5E"/>
     <w:rsid w:val="00DE4B0E"/>
     <w:rsid w:val="00DF2BA9"/>
-    <w:rsid w:val="00DF7B58"/>
+    <w:rsid w:val="00DF4A7D"/>
     <w:rsid w:val="00DF7C53"/>
     <w:rsid w:val="00E00904"/>
     <w:rsid w:val="00E02EAC"/>
     <w:rsid w:val="00E06644"/>
     <w:rsid w:val="00E112B0"/>
     <w:rsid w:val="00E128AD"/>
-    <w:rsid w:val="00E130D9"/>
     <w:rsid w:val="00E16050"/>
     <w:rsid w:val="00E20179"/>
-    <w:rsid w:val="00E20ECF"/>
     <w:rsid w:val="00E221C6"/>
-    <w:rsid w:val="00E277AE"/>
-    <w:rsid w:val="00E327C0"/>
+    <w:rsid w:val="00E23E0F"/>
     <w:rsid w:val="00E333F9"/>
-    <w:rsid w:val="00E40DF4"/>
+    <w:rsid w:val="00E40125"/>
     <w:rsid w:val="00E43AF2"/>
     <w:rsid w:val="00E50152"/>
     <w:rsid w:val="00E50C66"/>
     <w:rsid w:val="00E51F29"/>
     <w:rsid w:val="00E537BC"/>
     <w:rsid w:val="00E54AD2"/>
     <w:rsid w:val="00E55C49"/>
     <w:rsid w:val="00E5742B"/>
     <w:rsid w:val="00E57671"/>
-    <w:rsid w:val="00E634C5"/>
-    <w:rsid w:val="00E63AD9"/>
     <w:rsid w:val="00E64EE3"/>
-    <w:rsid w:val="00E650B6"/>
-    <w:rsid w:val="00E678F7"/>
     <w:rsid w:val="00E702C2"/>
     <w:rsid w:val="00E71B62"/>
     <w:rsid w:val="00E73552"/>
     <w:rsid w:val="00E74948"/>
     <w:rsid w:val="00E74C95"/>
     <w:rsid w:val="00E77FFD"/>
-    <w:rsid w:val="00E81742"/>
-    <w:rsid w:val="00E83360"/>
     <w:rsid w:val="00E92116"/>
+    <w:rsid w:val="00E95246"/>
     <w:rsid w:val="00E97C39"/>
-    <w:rsid w:val="00EB014B"/>
     <w:rsid w:val="00EB1451"/>
+    <w:rsid w:val="00EB2F11"/>
     <w:rsid w:val="00EB3A68"/>
     <w:rsid w:val="00EB3D30"/>
     <w:rsid w:val="00EB44A6"/>
     <w:rsid w:val="00EB6C2D"/>
     <w:rsid w:val="00EC48A6"/>
-    <w:rsid w:val="00EC508D"/>
     <w:rsid w:val="00EC57EE"/>
+    <w:rsid w:val="00EC773A"/>
     <w:rsid w:val="00ED17B4"/>
     <w:rsid w:val="00ED3B15"/>
-    <w:rsid w:val="00ED44DD"/>
     <w:rsid w:val="00ED521E"/>
     <w:rsid w:val="00EE68A3"/>
-    <w:rsid w:val="00EF1EBC"/>
+    <w:rsid w:val="00EF1FD6"/>
     <w:rsid w:val="00EF2BA0"/>
     <w:rsid w:val="00EF5AEE"/>
     <w:rsid w:val="00F02467"/>
     <w:rsid w:val="00F02FA4"/>
     <w:rsid w:val="00F03DC3"/>
-    <w:rsid w:val="00F1120C"/>
     <w:rsid w:val="00F16017"/>
-    <w:rsid w:val="00F1670D"/>
     <w:rsid w:val="00F17FB1"/>
     <w:rsid w:val="00F23564"/>
     <w:rsid w:val="00F23E99"/>
+    <w:rsid w:val="00F24D9F"/>
     <w:rsid w:val="00F275A4"/>
     <w:rsid w:val="00F313C7"/>
-    <w:rsid w:val="00F35477"/>
     <w:rsid w:val="00F36FB3"/>
     <w:rsid w:val="00F410E4"/>
     <w:rsid w:val="00F41301"/>
     <w:rsid w:val="00F42855"/>
     <w:rsid w:val="00F47591"/>
     <w:rsid w:val="00F4763A"/>
-    <w:rsid w:val="00F50FF0"/>
+    <w:rsid w:val="00F52F7C"/>
     <w:rsid w:val="00F56B91"/>
+    <w:rsid w:val="00F60C7B"/>
     <w:rsid w:val="00F63B83"/>
     <w:rsid w:val="00F64577"/>
     <w:rsid w:val="00F655DE"/>
     <w:rsid w:val="00F7191E"/>
     <w:rsid w:val="00F72CF7"/>
     <w:rsid w:val="00F7514F"/>
+    <w:rsid w:val="00F82876"/>
     <w:rsid w:val="00F8329A"/>
     <w:rsid w:val="00FA3BCC"/>
-    <w:rsid w:val="00FA482E"/>
     <w:rsid w:val="00FA78E4"/>
     <w:rsid w:val="00FC2ABC"/>
     <w:rsid w:val="00FC6E8F"/>
     <w:rsid w:val="00FD0105"/>
+    <w:rsid w:val="00FD5A5F"/>
     <w:rsid w:val="00FE1190"/>
     <w:rsid w:val="00FF12C4"/>
     <w:rsid w:val="00FF231B"/>
     <w:rsid w:val="00FF3B2F"/>
     <w:rsid w:val="00FF4B7F"/>
     <w:rsid w:val="00FF50F4"/>
     <w:rsid w:val="00FF7747"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="41A02E76"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Body Text" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
-    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
@@ -11151,52 +18969,52 @@
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00456CEA"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="1">
-    <w:name w:val="Неразрешенное упоминание1"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00456CEA"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="a4">
     <w:name w:val="Основ_Текст"/>
     <w:rsid w:val="008D6A9A"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="645"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="228" w:lineRule="atLeast"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="NewtonC" w:eastAsia="Arial" w:hAnsi="NewtonC" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="20"/>
@@ -11215,158 +19033,193 @@
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00E702C2"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a7">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
-    <w:uiPriority w:val="34"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="003E0EB1"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="a8">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00560EEB"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="a9">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AC5698"/>
     <w:rPr>
       <w:color w:val="808080"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="aa">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ab"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="005E0267"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="100"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ab">
+    <w:name w:val="Основной текст Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="aa"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="005E0267"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Body Text" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
-    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
@@ -11453,52 +19306,52 @@
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00456CEA"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="1">
-    <w:name w:val="Неразрешенное упоминание1"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00456CEA"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="a4">
     <w:name w:val="Основ_Текст"/>
     <w:rsid w:val="008D6A9A"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="645"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="228" w:lineRule="atLeast"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="NewtonC" w:eastAsia="Arial" w:hAnsi="NewtonC" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="20"/>
@@ -11517,85 +19370,119 @@
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00E702C2"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a7">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
-    <w:uiPriority w:val="34"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="003E0EB1"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="a8">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00560EEB"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="a9">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AC5698"/>
     <w:rPr>
       <w:color w:val="808080"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="aa">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ab"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="005E0267"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="100"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ab">
+    <w:name w:val="Основной текст Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="aa"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="005E0267"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
     <w:div w:id="335617763">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1190070608">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
@@ -11902,78 +19789,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8955AE2A-17B3-428E-932A-0141FB20AEBE}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{26713052-D93C-4EBB-B18C-D3B85E2A41CD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>2203</Words>
-  <Characters>12558</Characters>
+  <Words>1977</Words>
+  <Characters>11271</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>104</Lines>
-  <Paragraphs>29</Paragraphs>
+  <Lines>93</Lines>
+  <Paragraphs>26</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14732</CharactersWithSpaces>
+  <CharactersWithSpaces>13222</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>