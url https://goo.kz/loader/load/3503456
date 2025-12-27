--- v0 (2025-12-05)
+++ v1 (2025-12-27)
@@ -1,4638 +1,4053 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="003C3392" w:rsidRDefault="003C3392" w:rsidP="003C3392">
+    <w:p w:rsidR="00CC183A" w:rsidRDefault="00624C11" w:rsidP="00F64118">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...3972 lines deleted...]
-        <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...5 lines deleted...]
-        <w:outlineLvl w:val="2"/>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГУ «Средняя общеобразовательная школа </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-        <w:outlineLvl w:val="2"/>
+        <w:t xml:space="preserve">№ 14 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">города Павлодара» объявляет конкурс на должность педагог </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>-а</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>ссистент с</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
+        <w:t xml:space="preserve"> казахским </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> языком обучения (на вакантную должность)</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="003C3392" w:rsidRDefault="003C3392" w:rsidP="003C3392">
+    <w:p w:rsidR="00CC183A" w:rsidRDefault="00CC183A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="21"/>
-          <w:szCs w:val="21"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00831198" w:rsidRDefault="00831198">
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a6"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="392"/>
+        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="7371"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00CC183A">
+        <w:trPr>
+          <w:trHeight w:val="711"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CC183A" w:rsidRDefault="00624C11">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CC183A" w:rsidRDefault="00624C11">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CC183A" w:rsidRDefault="00624C11">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Коммунальное государственное </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>учреждение «Средняя общеобразовательная школа № 14 города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC183A">
+        <w:trPr>
+          <w:trHeight w:val="626"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00CC183A" w:rsidRDefault="00CC183A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CC183A" w:rsidRDefault="00624C11">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>местонахождения, почтового адреса</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CC183A" w:rsidRDefault="00624C11">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="1872"/>
+                <w:tab w:val="left" w:pos="2052"/>
+                <w:tab w:val="left" w:pos="2592"/>
+                <w:tab w:val="left" w:pos="4397"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">140011, Республика Казахстан, Павлодарская область,                   </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">             город Павлодар, улица Катаева, 36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC183A">
+        <w:trPr>
+          <w:trHeight w:val="264"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00CC183A" w:rsidRDefault="00CC183A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CC183A" w:rsidRDefault="00624C11">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>номеров телефонов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CC183A" w:rsidRDefault="00624C11">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="1872"/>
+                <w:tab w:val="left" w:pos="2052"/>
+                <w:tab w:val="left" w:pos="2592"/>
+                <w:tab w:val="left" w:pos="4397"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8 (7182) 68-35-00, 87476146825</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC183A">
+        <w:trPr>
+          <w:trHeight w:val="203"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00CC183A" w:rsidRDefault="00CC183A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CC183A" w:rsidRDefault="00624C11">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>адреса электронной почты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CC183A" w:rsidRDefault="00624C11">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Sosh14@goo.edu.kz</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC183A">
+        <w:trPr>
+          <w:trHeight w:val="570"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CC183A" w:rsidRDefault="00624C11">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CC183A" w:rsidRDefault="00624C11">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CC183A" w:rsidRDefault="00624C11">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>педагог - ассистент с</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> казахским </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">языком </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>обучения</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, 1ставка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC183A">
+        <w:trPr>
+          <w:trHeight w:val="825"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00CC183A" w:rsidRDefault="00CC183A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CC183A" w:rsidRDefault="00624C11">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>основные функциональные обязанности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CC183A" w:rsidRDefault="00624C11">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-осуществляет психолого-педагогическое сопровождение ребенка с особыми образовательными потребностями по рекомендации психолого-медико-педагогической  консультации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC183A" w:rsidRDefault="00624C11">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -принимает участие в командной оценке специалистами и педагогами с целью  оценки особых образовательных потребностей у детей, а также в составлении индивидуальных образовательных и развивающих программ;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC183A" w:rsidRDefault="00624C11">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -оказывает помощь детям с особыми образовательными </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>потребностями во время организованной учебной и иной деятельности в организации образования, в случае, когда их самостоятельная деятельность ограничена по состоянию здоровья и особенностям поведения, оказывает психолого-педагогическое сопровождение;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC183A" w:rsidRDefault="00624C11">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-осуще</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ствляет наблюдение и ведет сбор данных о ребенке с особыми </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC183A" w:rsidRDefault="00624C11">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>образовательными потребностями в процессе обучения, воспитания и развивающей работы, проводит протоколирование результатов освоения образовательной программы, динамики формирования образовательных</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, социально-адаптивных (поведенческих) </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC183A" w:rsidRDefault="00624C11">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>навыков и предоставляет информацию воспитателям и специалистам для мониторинга процесса обучения и социализации ребенка;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC183A" w:rsidRDefault="00624C11">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -соблюдает необходимые условия безопасности жизнедеятельности и здоровья  ребенка с особыми об</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>разовательными потребностями;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC183A" w:rsidRDefault="00624C11">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ведет отчетную документацию по установленной форме.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC183A">
+        <w:trPr>
+          <w:trHeight w:val="639"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00CC183A" w:rsidRDefault="00CC183A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CC183A" w:rsidRDefault="00624C11">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>размер и условия оплаты труда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CC183A" w:rsidRDefault="00624C11">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC183A" w:rsidRDefault="00624C11">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- среднее специальное образование( min): 129 258,89  тенге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC183A" w:rsidRDefault="00624C11">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- высшее</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> образование (min): 159 626,94  тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC183A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CC183A" w:rsidRDefault="00624C11">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CC183A" w:rsidRDefault="00624C11">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC183A" w:rsidRDefault="00624C11">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CC183A" w:rsidRDefault="00624C11">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- высшее и (или) послевузовское педагогическое или техническое и профессиональное, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>послесреднее педагогическое образование по соответствующему профилю или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку, без предъявления требований к стажу работы, или документ об ок</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ончании средней школы с XI педагогическим классом до 1995 года, относящиеся к среднему уровню квалификации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC183A" w:rsidRDefault="00624C11">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет; для педагога-экспер</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>та – не менее 3 лет; педагога-исследователя не менее 4 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC183A" w:rsidRDefault="00624C11">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC183A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CC183A" w:rsidRDefault="00624C11">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CC183A" w:rsidRDefault="00624C11">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок приема документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CC183A" w:rsidRDefault="00624C11">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>17.01 -24.01.2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC183A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CC183A" w:rsidRDefault="00624C11">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CC183A" w:rsidRDefault="00624C11">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Перечень необходимых документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CC183A" w:rsidRDefault="00624C11">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>заявлен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>ие</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> об участии в конкурсе по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC183A" w:rsidRDefault="00624C11">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>2) документ,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC183A" w:rsidRDefault="00624C11">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>3) заполненный</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (с указанием адреса </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC183A" w:rsidRDefault="00624C11">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>копии документов об образовании</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристика</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>ми педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC183A" w:rsidRDefault="00624C11">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>5)  копию документа, подтверждающую</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> трудовую деятельность</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC183A" w:rsidRDefault="00624C11">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>РК</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от 30 октября 2020 года № Қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ДСМ-175/2020 «Об утверж</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>дении форм учетной документации в области здравоохранения»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC183A" w:rsidRDefault="00624C11">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>) справку</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>с психоневрологической организации</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC183A" w:rsidRDefault="00624C11">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>справку с наркологической организации</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC183A" w:rsidRDefault="00624C11">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>9)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сертификат</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о результатах </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>прохождения сертификации</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> или </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>удостоверение</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о наличии </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">действующей </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">квалификационной </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>категории не ниже педагога-модератора</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC183A" w:rsidRDefault="00624C11">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) для кандидатов на занятие должности педагогов </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>английского языка сертификат</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о результатах сертификации с пороговым уровнем не менее 90% по предмету или удостоверение о наличии квалифи</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кационной категории педагога-модератора или педагога-эксперта, или педагога-исследователя, или педагога-мастера (при наличии) или сертификат CELTA (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Language</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Adults</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Cambridge) PASS A; DELTA (Diploma in English Language Te</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">aching to Adults) Pass and above, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>айелтс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (IELTS) – 6,5 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>тойфл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (TOEFL) (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>nternet</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Based Test (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BT)) – 60 – 65 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC183A" w:rsidRDefault="00624C11">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) педагоги, приступившие к педагогической деятельности в организации технического и профессионального, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>послесреднего</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>образования на должности педагогов по специальным дисциплинам и мастеров производственного обучения, имеющие стаж работы на производстве по соответствующей специальности или профилю не менее двух лет освобождаются от прохождения сертификации</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC183A" w:rsidRDefault="00624C11">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>) заполненн</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>ый</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Оценочный лист </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC183A" w:rsidRDefault="00624C11">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>видеопрезентация</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> для</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кандидата</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> без стажа</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> продолжительностью </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>не менее 15 минут</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>, с минимальным разрешением – 720 x 480</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC183A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CC183A" w:rsidRDefault="00624C11">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CC183A" w:rsidRDefault="00624C11">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Срок временно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>вакантной должности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CC183A" w:rsidRDefault="00CC183A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00CC183A" w:rsidRDefault="00CC183A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00831198">
+    <w:p w:rsidR="00CC183A" w:rsidRDefault="00624C11">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z178"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+    </w:p>
+    <w:sectPr w:rsidR="00CC183A">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="794" w:right="851" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="00624C11" w:rsidRDefault="00624C11">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="00624C11" w:rsidRDefault="00624C11">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="SimSun">
+    <w:altName w:val="宋体"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="NewtonC">
+    <w:altName w:val="Courier New"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="00624C11" w:rsidRDefault="00624C11">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="00624C11" w:rsidRDefault="00624C11">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="180"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
+    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00255C6F"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00831198"/>
+    <w:rsidRoot w:val="00F410E4"/>
+    <w:rsid w:val="000050AF"/>
+    <w:rsid w:val="0001180A"/>
+    <w:rsid w:val="0001635C"/>
+    <w:rsid w:val="00024BDF"/>
+    <w:rsid w:val="000319E6"/>
+    <w:rsid w:val="00044308"/>
+    <w:rsid w:val="000473DC"/>
+    <w:rsid w:val="00047A29"/>
+    <w:rsid w:val="0005281D"/>
+    <w:rsid w:val="00055391"/>
+    <w:rsid w:val="00055EA0"/>
+    <w:rsid w:val="00057149"/>
+    <w:rsid w:val="00065B9B"/>
+    <w:rsid w:val="0007234E"/>
+    <w:rsid w:val="0007336C"/>
+    <w:rsid w:val="000842BF"/>
+    <w:rsid w:val="00085550"/>
+    <w:rsid w:val="00085F43"/>
+    <w:rsid w:val="00090BEE"/>
+    <w:rsid w:val="00097C91"/>
+    <w:rsid w:val="000A2010"/>
+    <w:rsid w:val="000A7D5F"/>
+    <w:rsid w:val="000B0E84"/>
+    <w:rsid w:val="000B74EC"/>
+    <w:rsid w:val="000C18A7"/>
+    <w:rsid w:val="000C51F6"/>
+    <w:rsid w:val="000D42B8"/>
+    <w:rsid w:val="000D75B6"/>
+    <w:rsid w:val="000D7E12"/>
+    <w:rsid w:val="000E42D5"/>
+    <w:rsid w:val="000E588C"/>
+    <w:rsid w:val="000E7BC7"/>
+    <w:rsid w:val="000F5AB2"/>
+    <w:rsid w:val="000F7F2D"/>
+    <w:rsid w:val="00107931"/>
+    <w:rsid w:val="0011447E"/>
+    <w:rsid w:val="00114B74"/>
+    <w:rsid w:val="00117287"/>
+    <w:rsid w:val="001216CA"/>
+    <w:rsid w:val="00122C56"/>
+    <w:rsid w:val="00123C01"/>
+    <w:rsid w:val="001360EE"/>
+    <w:rsid w:val="00142D11"/>
+    <w:rsid w:val="001436E9"/>
+    <w:rsid w:val="00155EE7"/>
+    <w:rsid w:val="001610E7"/>
+    <w:rsid w:val="001615CA"/>
+    <w:rsid w:val="001650C0"/>
+    <w:rsid w:val="00170E9A"/>
+    <w:rsid w:val="00176CE7"/>
+    <w:rsid w:val="0017753F"/>
+    <w:rsid w:val="00183FF8"/>
+    <w:rsid w:val="001917EE"/>
+    <w:rsid w:val="00193898"/>
+    <w:rsid w:val="00194690"/>
+    <w:rsid w:val="00194744"/>
+    <w:rsid w:val="001A24F6"/>
+    <w:rsid w:val="001A30E3"/>
+    <w:rsid w:val="001B2280"/>
+    <w:rsid w:val="001B6127"/>
+    <w:rsid w:val="001B695E"/>
+    <w:rsid w:val="001B7F01"/>
+    <w:rsid w:val="001C6E63"/>
+    <w:rsid w:val="001D32DA"/>
+    <w:rsid w:val="001D47B9"/>
+    <w:rsid w:val="001E17F9"/>
+    <w:rsid w:val="001F22F5"/>
+    <w:rsid w:val="001F2460"/>
+    <w:rsid w:val="001F3C49"/>
+    <w:rsid w:val="001F4BA9"/>
+    <w:rsid w:val="00200BD1"/>
+    <w:rsid w:val="00201B90"/>
+    <w:rsid w:val="002034CA"/>
+    <w:rsid w:val="00204794"/>
+    <w:rsid w:val="002075F7"/>
+    <w:rsid w:val="00210F6E"/>
+    <w:rsid w:val="002135D2"/>
+    <w:rsid w:val="00217711"/>
+    <w:rsid w:val="002200D5"/>
+    <w:rsid w:val="00222BA2"/>
+    <w:rsid w:val="0022382E"/>
+    <w:rsid w:val="00231724"/>
+    <w:rsid w:val="00231ED7"/>
+    <w:rsid w:val="002408F8"/>
+    <w:rsid w:val="00243836"/>
+    <w:rsid w:val="0024625B"/>
+    <w:rsid w:val="00250563"/>
+    <w:rsid w:val="00250C53"/>
+    <w:rsid w:val="00253201"/>
+    <w:rsid w:val="00254628"/>
+    <w:rsid w:val="00261786"/>
+    <w:rsid w:val="00263268"/>
+    <w:rsid w:val="002647B4"/>
+    <w:rsid w:val="00272A89"/>
+    <w:rsid w:val="00273774"/>
+    <w:rsid w:val="002743D5"/>
+    <w:rsid w:val="00275389"/>
+    <w:rsid w:val="002760FC"/>
+    <w:rsid w:val="00276140"/>
+    <w:rsid w:val="00280FE3"/>
+    <w:rsid w:val="0028281D"/>
+    <w:rsid w:val="0028430C"/>
+    <w:rsid w:val="002848B9"/>
+    <w:rsid w:val="002848BD"/>
+    <w:rsid w:val="00294615"/>
+    <w:rsid w:val="002A4A6C"/>
+    <w:rsid w:val="002A50CA"/>
+    <w:rsid w:val="002A6FF7"/>
+    <w:rsid w:val="002B2DDC"/>
+    <w:rsid w:val="002B5FB8"/>
+    <w:rsid w:val="002B65FC"/>
+    <w:rsid w:val="002B68B2"/>
+    <w:rsid w:val="002C2698"/>
+    <w:rsid w:val="002C3DE4"/>
+    <w:rsid w:val="002C5543"/>
+    <w:rsid w:val="002D081D"/>
+    <w:rsid w:val="002D5996"/>
+    <w:rsid w:val="002D7E2F"/>
+    <w:rsid w:val="002E65E4"/>
+    <w:rsid w:val="002E7C30"/>
+    <w:rsid w:val="002F30ED"/>
+    <w:rsid w:val="002F37F7"/>
+    <w:rsid w:val="002F3E78"/>
+    <w:rsid w:val="002F4145"/>
+    <w:rsid w:val="002F677E"/>
+    <w:rsid w:val="00301843"/>
+    <w:rsid w:val="00305D41"/>
+    <w:rsid w:val="00306541"/>
+    <w:rsid w:val="003153C2"/>
+    <w:rsid w:val="003221E8"/>
+    <w:rsid w:val="00323CC6"/>
+    <w:rsid w:val="0032543F"/>
+    <w:rsid w:val="0033199C"/>
+    <w:rsid w:val="00334CC0"/>
+    <w:rsid w:val="00344934"/>
+    <w:rsid w:val="00344A1A"/>
+    <w:rsid w:val="0035742D"/>
+    <w:rsid w:val="003579A8"/>
+    <w:rsid w:val="0037198C"/>
+    <w:rsid w:val="00373625"/>
+    <w:rsid w:val="00373F82"/>
+    <w:rsid w:val="00375274"/>
+    <w:rsid w:val="00375557"/>
+    <w:rsid w:val="003811EF"/>
+    <w:rsid w:val="00390F02"/>
+    <w:rsid w:val="003920E0"/>
+    <w:rsid w:val="00393EEA"/>
+    <w:rsid w:val="003A2172"/>
+    <w:rsid w:val="003A5835"/>
+    <w:rsid w:val="003A6132"/>
+    <w:rsid w:val="003B10DA"/>
+    <w:rsid w:val="003B611D"/>
+    <w:rsid w:val="003B6A0B"/>
+    <w:rsid w:val="003B722D"/>
+    <w:rsid w:val="003B7991"/>
+    <w:rsid w:val="003C073C"/>
+    <w:rsid w:val="003C16F9"/>
+    <w:rsid w:val="003C21A6"/>
+    <w:rsid w:val="003C6B17"/>
+    <w:rsid w:val="003C6CE8"/>
+    <w:rsid w:val="003C740D"/>
+    <w:rsid w:val="003D3661"/>
+    <w:rsid w:val="003D4D1F"/>
+    <w:rsid w:val="003D6E6F"/>
+    <w:rsid w:val="003E0D68"/>
+    <w:rsid w:val="003E0EB1"/>
+    <w:rsid w:val="003E3EEA"/>
+    <w:rsid w:val="003F0467"/>
+    <w:rsid w:val="003F0710"/>
+    <w:rsid w:val="003F6A1A"/>
+    <w:rsid w:val="003F793F"/>
+    <w:rsid w:val="00402778"/>
+    <w:rsid w:val="00406E1A"/>
+    <w:rsid w:val="0040774B"/>
+    <w:rsid w:val="004107DB"/>
+    <w:rsid w:val="00412E97"/>
+    <w:rsid w:val="00412EE6"/>
+    <w:rsid w:val="00414D8A"/>
+    <w:rsid w:val="004158B1"/>
+    <w:rsid w:val="00415A88"/>
+    <w:rsid w:val="00420B8F"/>
+    <w:rsid w:val="00424A81"/>
+    <w:rsid w:val="00430029"/>
+    <w:rsid w:val="0043056F"/>
+    <w:rsid w:val="00431819"/>
+    <w:rsid w:val="00437A2D"/>
+    <w:rsid w:val="00440BF7"/>
+    <w:rsid w:val="00442569"/>
+    <w:rsid w:val="00444289"/>
+    <w:rsid w:val="00444E34"/>
+    <w:rsid w:val="00445B92"/>
+    <w:rsid w:val="00452A41"/>
+    <w:rsid w:val="00456CEA"/>
+    <w:rsid w:val="0046481C"/>
+    <w:rsid w:val="00470A6E"/>
+    <w:rsid w:val="00471144"/>
+    <w:rsid w:val="00472EBA"/>
+    <w:rsid w:val="0047363C"/>
+    <w:rsid w:val="00474517"/>
+    <w:rsid w:val="0048067D"/>
+    <w:rsid w:val="00481A44"/>
+    <w:rsid w:val="00491B89"/>
+    <w:rsid w:val="00494FDD"/>
+    <w:rsid w:val="004A5758"/>
+    <w:rsid w:val="004B1185"/>
+    <w:rsid w:val="004B289B"/>
+    <w:rsid w:val="004C0AB4"/>
+    <w:rsid w:val="004D120D"/>
+    <w:rsid w:val="004D7E10"/>
+    <w:rsid w:val="004E116A"/>
+    <w:rsid w:val="004E1DA3"/>
+    <w:rsid w:val="004F115C"/>
+    <w:rsid w:val="004F3AA7"/>
+    <w:rsid w:val="004F5BBF"/>
+    <w:rsid w:val="005116C4"/>
+    <w:rsid w:val="005135A5"/>
+    <w:rsid w:val="00517B75"/>
+    <w:rsid w:val="00520636"/>
+    <w:rsid w:val="00520C9B"/>
+    <w:rsid w:val="0052206B"/>
+    <w:rsid w:val="00523AD9"/>
+    <w:rsid w:val="0052544D"/>
+    <w:rsid w:val="00526EA4"/>
+    <w:rsid w:val="00527372"/>
+    <w:rsid w:val="00527961"/>
+    <w:rsid w:val="00530F67"/>
+    <w:rsid w:val="005345C3"/>
+    <w:rsid w:val="0053507A"/>
+    <w:rsid w:val="005357A3"/>
+    <w:rsid w:val="00552FDD"/>
+    <w:rsid w:val="00560EEB"/>
+    <w:rsid w:val="005621FC"/>
+    <w:rsid w:val="00566BA8"/>
+    <w:rsid w:val="00570619"/>
+    <w:rsid w:val="0057164C"/>
+    <w:rsid w:val="0057567C"/>
+    <w:rsid w:val="005763A2"/>
+    <w:rsid w:val="00577E4B"/>
+    <w:rsid w:val="00582E6E"/>
+    <w:rsid w:val="00584212"/>
+    <w:rsid w:val="0058750D"/>
+    <w:rsid w:val="00591889"/>
+    <w:rsid w:val="005934B1"/>
+    <w:rsid w:val="0059502E"/>
+    <w:rsid w:val="005A1889"/>
+    <w:rsid w:val="005A46ED"/>
+    <w:rsid w:val="005B317E"/>
+    <w:rsid w:val="005C050E"/>
+    <w:rsid w:val="005C264A"/>
+    <w:rsid w:val="005C2C35"/>
+    <w:rsid w:val="005C3950"/>
+    <w:rsid w:val="005C51B0"/>
+    <w:rsid w:val="005C798F"/>
+    <w:rsid w:val="005D01BB"/>
+    <w:rsid w:val="005D3884"/>
+    <w:rsid w:val="005D7C3A"/>
+    <w:rsid w:val="005E1449"/>
+    <w:rsid w:val="005E3F53"/>
+    <w:rsid w:val="005E42E7"/>
+    <w:rsid w:val="005E7D3C"/>
+    <w:rsid w:val="005F1273"/>
+    <w:rsid w:val="005F2715"/>
+    <w:rsid w:val="005F3B49"/>
+    <w:rsid w:val="005F64A7"/>
+    <w:rsid w:val="005F6C95"/>
+    <w:rsid w:val="00602344"/>
+    <w:rsid w:val="00602932"/>
+    <w:rsid w:val="00604AF0"/>
+    <w:rsid w:val="00610B31"/>
+    <w:rsid w:val="006176A1"/>
+    <w:rsid w:val="0062378C"/>
+    <w:rsid w:val="00624C11"/>
+    <w:rsid w:val="006260BF"/>
+    <w:rsid w:val="00630365"/>
+    <w:rsid w:val="00630AA8"/>
+    <w:rsid w:val="006326A3"/>
+    <w:rsid w:val="00633DE2"/>
+    <w:rsid w:val="00636D08"/>
+    <w:rsid w:val="00640A06"/>
+    <w:rsid w:val="00646868"/>
+    <w:rsid w:val="0065083C"/>
+    <w:rsid w:val="006556C1"/>
+    <w:rsid w:val="006561FF"/>
+    <w:rsid w:val="00661FAB"/>
+    <w:rsid w:val="00664EEC"/>
+    <w:rsid w:val="00665F60"/>
+    <w:rsid w:val="006718DC"/>
+    <w:rsid w:val="00675A19"/>
+    <w:rsid w:val="006768E8"/>
+    <w:rsid w:val="00676D6D"/>
+    <w:rsid w:val="006905EA"/>
+    <w:rsid w:val="0069544F"/>
+    <w:rsid w:val="00695869"/>
+    <w:rsid w:val="00696B50"/>
+    <w:rsid w:val="006A0389"/>
+    <w:rsid w:val="006A0FBD"/>
+    <w:rsid w:val="006A7742"/>
+    <w:rsid w:val="006C1E26"/>
+    <w:rsid w:val="006C3571"/>
+    <w:rsid w:val="006D352A"/>
+    <w:rsid w:val="006E15FD"/>
+    <w:rsid w:val="006E2D5A"/>
+    <w:rsid w:val="006E4740"/>
+    <w:rsid w:val="006E6C6C"/>
+    <w:rsid w:val="006F378C"/>
+    <w:rsid w:val="006F37CD"/>
+    <w:rsid w:val="006F7468"/>
+    <w:rsid w:val="007078F2"/>
+    <w:rsid w:val="007129B6"/>
+    <w:rsid w:val="00713E68"/>
+    <w:rsid w:val="00731F02"/>
+    <w:rsid w:val="00732666"/>
+    <w:rsid w:val="00736DAD"/>
+    <w:rsid w:val="0073765A"/>
+    <w:rsid w:val="00741FDC"/>
+    <w:rsid w:val="007432E2"/>
+    <w:rsid w:val="007444BC"/>
+    <w:rsid w:val="00744D59"/>
+    <w:rsid w:val="007467B4"/>
+    <w:rsid w:val="007522F8"/>
+    <w:rsid w:val="00752D7E"/>
+    <w:rsid w:val="007540C6"/>
+    <w:rsid w:val="00756522"/>
+    <w:rsid w:val="00771CBE"/>
+    <w:rsid w:val="0077286E"/>
+    <w:rsid w:val="00775FEF"/>
+    <w:rsid w:val="007827E9"/>
+    <w:rsid w:val="007844FC"/>
+    <w:rsid w:val="007A2085"/>
+    <w:rsid w:val="007A339B"/>
+    <w:rsid w:val="007A3FA2"/>
+    <w:rsid w:val="007A5711"/>
+    <w:rsid w:val="007B3459"/>
+    <w:rsid w:val="007D5A26"/>
+    <w:rsid w:val="007E07E6"/>
+    <w:rsid w:val="007E3D0C"/>
+    <w:rsid w:val="007E3D91"/>
+    <w:rsid w:val="007F3DBC"/>
+    <w:rsid w:val="00800002"/>
+    <w:rsid w:val="00801FDE"/>
+    <w:rsid w:val="0081008A"/>
+    <w:rsid w:val="00821210"/>
+    <w:rsid w:val="00822C55"/>
+    <w:rsid w:val="00834BCF"/>
+    <w:rsid w:val="00837CF1"/>
+    <w:rsid w:val="00844A40"/>
+    <w:rsid w:val="00854F32"/>
+    <w:rsid w:val="00855143"/>
+    <w:rsid w:val="00855F75"/>
+    <w:rsid w:val="00861BC7"/>
+    <w:rsid w:val="00863F2F"/>
+    <w:rsid w:val="00866E0F"/>
+    <w:rsid w:val="00873C6B"/>
+    <w:rsid w:val="00876656"/>
+    <w:rsid w:val="00884531"/>
+    <w:rsid w:val="00884A28"/>
+    <w:rsid w:val="00886E3A"/>
+    <w:rsid w:val="0089147B"/>
+    <w:rsid w:val="00891482"/>
+    <w:rsid w:val="00891D42"/>
+    <w:rsid w:val="008968DC"/>
+    <w:rsid w:val="008A16AC"/>
+    <w:rsid w:val="008A2C7C"/>
+    <w:rsid w:val="008A33E1"/>
+    <w:rsid w:val="008A35DF"/>
+    <w:rsid w:val="008A3E8F"/>
+    <w:rsid w:val="008B3115"/>
+    <w:rsid w:val="008B6380"/>
+    <w:rsid w:val="008B6CF2"/>
+    <w:rsid w:val="008C0E1A"/>
+    <w:rsid w:val="008C14C4"/>
+    <w:rsid w:val="008C155B"/>
+    <w:rsid w:val="008C2523"/>
+    <w:rsid w:val="008C48C3"/>
+    <w:rsid w:val="008D234C"/>
+    <w:rsid w:val="008D6A9A"/>
+    <w:rsid w:val="008E2502"/>
+    <w:rsid w:val="008E2539"/>
+    <w:rsid w:val="008E7003"/>
+    <w:rsid w:val="008E7665"/>
+    <w:rsid w:val="008F0FD6"/>
+    <w:rsid w:val="008F1837"/>
+    <w:rsid w:val="008F25A6"/>
+    <w:rsid w:val="008F2B8E"/>
+    <w:rsid w:val="008F5280"/>
+    <w:rsid w:val="00902819"/>
+    <w:rsid w:val="0090293E"/>
+    <w:rsid w:val="00912432"/>
+    <w:rsid w:val="009217D4"/>
+    <w:rsid w:val="00922249"/>
+    <w:rsid w:val="00923618"/>
+    <w:rsid w:val="00927984"/>
+    <w:rsid w:val="00932150"/>
+    <w:rsid w:val="00933282"/>
+    <w:rsid w:val="00936046"/>
+    <w:rsid w:val="009540D9"/>
+    <w:rsid w:val="00954670"/>
+    <w:rsid w:val="00957FE3"/>
+    <w:rsid w:val="00961F9A"/>
+    <w:rsid w:val="009665C6"/>
+    <w:rsid w:val="00967BC8"/>
+    <w:rsid w:val="00977DC7"/>
+    <w:rsid w:val="009808C8"/>
+    <w:rsid w:val="0098399D"/>
+    <w:rsid w:val="00983D2D"/>
+    <w:rsid w:val="0098517B"/>
+    <w:rsid w:val="00996AA2"/>
+    <w:rsid w:val="009974AD"/>
+    <w:rsid w:val="009A254D"/>
+    <w:rsid w:val="009A7000"/>
+    <w:rsid w:val="009B02DF"/>
+    <w:rsid w:val="009B4730"/>
+    <w:rsid w:val="009B58A3"/>
+    <w:rsid w:val="009C2DEB"/>
+    <w:rsid w:val="009C5EFE"/>
+    <w:rsid w:val="009D0772"/>
+    <w:rsid w:val="009D184B"/>
+    <w:rsid w:val="009D7C3F"/>
+    <w:rsid w:val="009E1D6B"/>
+    <w:rsid w:val="009E3B07"/>
+    <w:rsid w:val="009E46F6"/>
+    <w:rsid w:val="009F11CC"/>
+    <w:rsid w:val="009F3B01"/>
+    <w:rsid w:val="009F528F"/>
+    <w:rsid w:val="00A00C92"/>
+    <w:rsid w:val="00A03802"/>
+    <w:rsid w:val="00A053FC"/>
+    <w:rsid w:val="00A0584B"/>
+    <w:rsid w:val="00A1198D"/>
+    <w:rsid w:val="00A132B7"/>
+    <w:rsid w:val="00A24390"/>
+    <w:rsid w:val="00A3160D"/>
+    <w:rsid w:val="00A32D0C"/>
+    <w:rsid w:val="00A338BC"/>
+    <w:rsid w:val="00A34082"/>
+    <w:rsid w:val="00A345CF"/>
+    <w:rsid w:val="00A40329"/>
+    <w:rsid w:val="00A40E8A"/>
+    <w:rsid w:val="00A4619D"/>
+    <w:rsid w:val="00A46ACF"/>
+    <w:rsid w:val="00A4714E"/>
+    <w:rsid w:val="00A477C4"/>
+    <w:rsid w:val="00A50463"/>
+    <w:rsid w:val="00A51052"/>
+    <w:rsid w:val="00A555E8"/>
+    <w:rsid w:val="00A5737A"/>
+    <w:rsid w:val="00A70E7A"/>
+    <w:rsid w:val="00A71A5A"/>
+    <w:rsid w:val="00A71D18"/>
+    <w:rsid w:val="00A76515"/>
+    <w:rsid w:val="00A7718F"/>
+    <w:rsid w:val="00A86EE1"/>
+    <w:rsid w:val="00A90563"/>
+    <w:rsid w:val="00A949A2"/>
+    <w:rsid w:val="00AA107F"/>
+    <w:rsid w:val="00AA5364"/>
+    <w:rsid w:val="00AC386E"/>
+    <w:rsid w:val="00AC5698"/>
+    <w:rsid w:val="00AD2280"/>
+    <w:rsid w:val="00AD52EF"/>
+    <w:rsid w:val="00AD6598"/>
+    <w:rsid w:val="00AE4097"/>
+    <w:rsid w:val="00AE7F11"/>
+    <w:rsid w:val="00AF1068"/>
+    <w:rsid w:val="00B00AEE"/>
+    <w:rsid w:val="00B01C75"/>
+    <w:rsid w:val="00B02706"/>
+    <w:rsid w:val="00B1578A"/>
+    <w:rsid w:val="00B163FC"/>
+    <w:rsid w:val="00B22BF1"/>
+    <w:rsid w:val="00B23414"/>
+    <w:rsid w:val="00B2533F"/>
+    <w:rsid w:val="00B2612E"/>
+    <w:rsid w:val="00B261A2"/>
+    <w:rsid w:val="00B304F9"/>
+    <w:rsid w:val="00B343E1"/>
+    <w:rsid w:val="00B365AE"/>
+    <w:rsid w:val="00B4007E"/>
+    <w:rsid w:val="00B41896"/>
+    <w:rsid w:val="00B46010"/>
+    <w:rsid w:val="00B47336"/>
+    <w:rsid w:val="00B475E6"/>
+    <w:rsid w:val="00B4786A"/>
+    <w:rsid w:val="00B552A1"/>
+    <w:rsid w:val="00B57A82"/>
+    <w:rsid w:val="00B6112C"/>
+    <w:rsid w:val="00B73D07"/>
+    <w:rsid w:val="00B820C6"/>
+    <w:rsid w:val="00B86124"/>
+    <w:rsid w:val="00B940DA"/>
+    <w:rsid w:val="00B9715B"/>
+    <w:rsid w:val="00BA4B1E"/>
+    <w:rsid w:val="00BA612E"/>
+    <w:rsid w:val="00BC0FA0"/>
+    <w:rsid w:val="00BD00E0"/>
+    <w:rsid w:val="00BD1E4A"/>
+    <w:rsid w:val="00BD2BA7"/>
+    <w:rsid w:val="00BD3A11"/>
+    <w:rsid w:val="00BD4143"/>
+    <w:rsid w:val="00BE0EE5"/>
+    <w:rsid w:val="00BE40D3"/>
+    <w:rsid w:val="00BE4202"/>
+    <w:rsid w:val="00BE6061"/>
+    <w:rsid w:val="00BE6D49"/>
+    <w:rsid w:val="00BF329F"/>
+    <w:rsid w:val="00BF4C3B"/>
+    <w:rsid w:val="00BF77B4"/>
+    <w:rsid w:val="00C02A78"/>
+    <w:rsid w:val="00C04805"/>
+    <w:rsid w:val="00C204AD"/>
+    <w:rsid w:val="00C27AB3"/>
+    <w:rsid w:val="00C3590E"/>
+    <w:rsid w:val="00C35D2C"/>
+    <w:rsid w:val="00C424F6"/>
+    <w:rsid w:val="00C44EA1"/>
+    <w:rsid w:val="00C47811"/>
+    <w:rsid w:val="00C478E1"/>
+    <w:rsid w:val="00C56FDD"/>
+    <w:rsid w:val="00C64183"/>
+    <w:rsid w:val="00C64617"/>
+    <w:rsid w:val="00C6711D"/>
+    <w:rsid w:val="00C73CB1"/>
+    <w:rsid w:val="00C73CC1"/>
+    <w:rsid w:val="00C75E82"/>
+    <w:rsid w:val="00C773C9"/>
+    <w:rsid w:val="00C800AA"/>
+    <w:rsid w:val="00C90F57"/>
+    <w:rsid w:val="00C956AD"/>
+    <w:rsid w:val="00CA1596"/>
+    <w:rsid w:val="00CB452E"/>
+    <w:rsid w:val="00CB6B4F"/>
+    <w:rsid w:val="00CB7B0D"/>
+    <w:rsid w:val="00CC183A"/>
+    <w:rsid w:val="00CD2B90"/>
+    <w:rsid w:val="00CF598D"/>
+    <w:rsid w:val="00CF6669"/>
+    <w:rsid w:val="00CF6937"/>
+    <w:rsid w:val="00D06E89"/>
+    <w:rsid w:val="00D14EC4"/>
+    <w:rsid w:val="00D16A59"/>
+    <w:rsid w:val="00D21928"/>
+    <w:rsid w:val="00D22F23"/>
+    <w:rsid w:val="00D31BFC"/>
+    <w:rsid w:val="00D32E8B"/>
+    <w:rsid w:val="00D34FF7"/>
+    <w:rsid w:val="00D3648B"/>
+    <w:rsid w:val="00D410EB"/>
+    <w:rsid w:val="00D4365F"/>
+    <w:rsid w:val="00D478D0"/>
+    <w:rsid w:val="00D51286"/>
+    <w:rsid w:val="00D54740"/>
+    <w:rsid w:val="00D60CA1"/>
+    <w:rsid w:val="00D627E1"/>
+    <w:rsid w:val="00D70D9E"/>
+    <w:rsid w:val="00D8716B"/>
+    <w:rsid w:val="00D91558"/>
+    <w:rsid w:val="00D922C4"/>
+    <w:rsid w:val="00D974D0"/>
+    <w:rsid w:val="00DA1DDF"/>
+    <w:rsid w:val="00DA2C9B"/>
+    <w:rsid w:val="00DA2D05"/>
+    <w:rsid w:val="00DA4F44"/>
+    <w:rsid w:val="00DB2E41"/>
+    <w:rsid w:val="00DB5787"/>
+    <w:rsid w:val="00DB5C62"/>
+    <w:rsid w:val="00DB69D5"/>
+    <w:rsid w:val="00DB73BF"/>
+    <w:rsid w:val="00DC10A3"/>
+    <w:rsid w:val="00DC1E1E"/>
+    <w:rsid w:val="00DC545C"/>
+    <w:rsid w:val="00DC78A3"/>
+    <w:rsid w:val="00DD0B6A"/>
+    <w:rsid w:val="00DD7F5E"/>
+    <w:rsid w:val="00DE4B0E"/>
+    <w:rsid w:val="00DF2BA9"/>
+    <w:rsid w:val="00DF4A7D"/>
+    <w:rsid w:val="00DF7C53"/>
+    <w:rsid w:val="00E00904"/>
+    <w:rsid w:val="00E02EAC"/>
+    <w:rsid w:val="00E06644"/>
+    <w:rsid w:val="00E112B0"/>
+    <w:rsid w:val="00E128AD"/>
+    <w:rsid w:val="00E16050"/>
+    <w:rsid w:val="00E20179"/>
+    <w:rsid w:val="00E221C6"/>
+    <w:rsid w:val="00E23E0F"/>
+    <w:rsid w:val="00E333F9"/>
+    <w:rsid w:val="00E40125"/>
+    <w:rsid w:val="00E43AF2"/>
+    <w:rsid w:val="00E50152"/>
+    <w:rsid w:val="00E50C66"/>
+    <w:rsid w:val="00E51F29"/>
+    <w:rsid w:val="00E537BC"/>
+    <w:rsid w:val="00E54AD2"/>
+    <w:rsid w:val="00E55C49"/>
+    <w:rsid w:val="00E5742B"/>
+    <w:rsid w:val="00E57671"/>
+    <w:rsid w:val="00E64EE3"/>
+    <w:rsid w:val="00E702C2"/>
+    <w:rsid w:val="00E71B62"/>
+    <w:rsid w:val="00E73552"/>
+    <w:rsid w:val="00E74948"/>
+    <w:rsid w:val="00E74C95"/>
+    <w:rsid w:val="00E77FFD"/>
+    <w:rsid w:val="00E92116"/>
+    <w:rsid w:val="00E95246"/>
+    <w:rsid w:val="00E97C39"/>
+    <w:rsid w:val="00EB1451"/>
+    <w:rsid w:val="00EB2F11"/>
+    <w:rsid w:val="00EB3A68"/>
+    <w:rsid w:val="00EB3D30"/>
+    <w:rsid w:val="00EB44A6"/>
+    <w:rsid w:val="00EB6C2D"/>
+    <w:rsid w:val="00EC48A6"/>
+    <w:rsid w:val="00EC57EE"/>
+    <w:rsid w:val="00EC773A"/>
+    <w:rsid w:val="00ED17B4"/>
+    <w:rsid w:val="00ED3B15"/>
+    <w:rsid w:val="00ED521E"/>
+    <w:rsid w:val="00EE68A3"/>
+    <w:rsid w:val="00EF1FD6"/>
+    <w:rsid w:val="00EF2BA0"/>
+    <w:rsid w:val="00EF5AEE"/>
+    <w:rsid w:val="00F02467"/>
+    <w:rsid w:val="00F02FA4"/>
+    <w:rsid w:val="00F03DC3"/>
+    <w:rsid w:val="00F16017"/>
+    <w:rsid w:val="00F17FB1"/>
+    <w:rsid w:val="00F23564"/>
+    <w:rsid w:val="00F23E99"/>
+    <w:rsid w:val="00F24D9F"/>
+    <w:rsid w:val="00F275A4"/>
+    <w:rsid w:val="00F313C7"/>
+    <w:rsid w:val="00F36FB3"/>
+    <w:rsid w:val="00F410E4"/>
+    <w:rsid w:val="00F41301"/>
+    <w:rsid w:val="00F42855"/>
+    <w:rsid w:val="00F47591"/>
+    <w:rsid w:val="00F4763A"/>
+    <w:rsid w:val="00F52F7C"/>
+    <w:rsid w:val="00F56B91"/>
+    <w:rsid w:val="00F60C7B"/>
+    <w:rsid w:val="00F63B83"/>
+    <w:rsid w:val="00F64118"/>
+    <w:rsid w:val="00F64577"/>
+    <w:rsid w:val="00F655DE"/>
+    <w:rsid w:val="00F7191E"/>
+    <w:rsid w:val="00F72CF7"/>
+    <w:rsid w:val="00F7514F"/>
+    <w:rsid w:val="00F8329A"/>
+    <w:rsid w:val="00FA3BCC"/>
+    <w:rsid w:val="00FA78E4"/>
+    <w:rsid w:val="00FC2ABC"/>
+    <w:rsid w:val="00FC6E8F"/>
+    <w:rsid w:val="00FD0105"/>
+    <w:rsid w:val="00FE1190"/>
+    <w:rsid w:val="00FE72F8"/>
+    <w:rsid w:val="00FF12C4"/>
+    <w:rsid w:val="00FF231B"/>
+    <w:rsid w:val="00FF3B2F"/>
+    <w:rsid w:val="00FF4B7F"/>
+    <w:rsid w:val="00FF50F4"/>
+    <w:rsid w:val="00FF7747"/>
+    <w:rsid w:val="32B87603"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="ru-RU"/>
+  <w:themeFontLang w:val="ru-RU" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...2 lines deleted...]
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...3 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Balloon Text" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
-[...21 lines deleted...]
-    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
-[...78 lines deleted...]
-    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="003C3392"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="a3">
+  <w:style w:type="character" w:styleId="a3">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a6">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
     <w:qFormat/>
-    <w:rsid w:val="003C3392"/>
-[...8 lines deleted...]
-    </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="1">
+    <w:name w:val="Неразрешенное упоминание1"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Основ_Текст"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="645"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:line="228" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="NewtonC" w:eastAsia="Arial" w:hAnsi="NewtonC" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a9">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:color w:val="808080"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...2 lines deleted...]
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...3 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Balloon Text" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
-[...21 lines deleted...]
-    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
-[...78 lines deleted...]
-    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="003C3392"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="a3">
+  <w:style w:type="character" w:styleId="a3">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a6">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
     <w:qFormat/>
-    <w:rsid w:val="003C3392"/>
-[...8 lines deleted...]
-    </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="1">
+    <w:name w:val="Неразрешенное упоминание1"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Основ_Текст"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="645"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:line="228" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="NewtonC" w:eastAsia="Arial" w:hAnsi="NewtonC" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a9">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:color w:val="808080"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-[...2 lines deleted...]
-</w:webSettings>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -4666,86 +4081,84 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -4876,59 +4289,83 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5E74987C-AF11-48C9-A958-ED23158ED388}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>789</Words>
-  <Characters>4502</Characters>
+  <Words>828</Words>
+  <Characters>4725</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>37</Lines>
-  <Paragraphs>10</Paragraphs>
+  <Lines>39</Lines>
+  <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>*</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5281</CharactersWithSpaces>
+  <CharactersWithSpaces>5542</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KSOProductBuildVer">
+    <vt:lpwstr>1049-12.2.0.19805</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ICV">
+    <vt:lpwstr>48B2302A18AB4722860E5BA998089837_12</vt:lpwstr>
+  </property>
+</Properties>
+</file>