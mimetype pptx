--- v0 (2025-12-14)
+++ v1 (2025-12-15)
@@ -1,84 +1,90 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="fntdata" ContentType="application/x-fontdata"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" embedTrueTypeFonts="1" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId1"/>
   </p:sldMasterIdLst>
+  <p:notesMasterIdLst>
+    <p:notesMasterId r:id="rId6"/>
+  </p:notesMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId2"/>
     <p:sldId id="258" r:id="rId3"/>
     <p:sldId id="259" r:id="rId4"/>
     <p:sldId id="260" r:id="rId5"/>
   </p:sldIdLst>
   <p:sldSz cx="18288000" cy="10287000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:embeddedFontLst>
     <p:embeddedFont>
       <p:font typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
-      <p:regular r:id="rId6"/>
-[...2 lines deleted...]
-      <p:boldItalic r:id="rId9"/>
+      <p:regular r:id="rId7"/>
+      <p:bold r:id="rId8"/>
+      <p:italic r:id="rId9"/>
+      <p:boldItalic r:id="rId10"/>
     </p:embeddedFont>
   </p:embeddedFontLst>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="en-US"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
@@ -182,82 +188,524 @@
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
     <p:restoredLeft sz="15620" autoAdjust="0"/>
     <p:restoredTop sz="94622" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr>
       <p:cViewPr>
         <p:scale>
           <a:sx n="55" d="100"/>
           <a:sy n="55" d="100"/>
         </p:scale>
-        <p:origin x="-720" y="72"/>
+        <p:origin x="-720" y="-72"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide pos="2880"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:outlineViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="33" d="100"/>
         <a:sy n="33" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:outlineViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="100" d="100"/>
         <a:sy n="100" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.fntdata"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.fntdata"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.fntdata"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.fntdata"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.fntdata"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.fntdata"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.fntdata"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.fntdata"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:bg>
+      <p:bgRef idx="1001">
+        <a:schemeClr val="bg1"/>
+      </p:bgRef>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Верхний колонтитул 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="hdr" sz="quarter"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="2971800" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="1200"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr lang=""/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Дата 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3884613" y="0"/>
+            <a:ext cx="2971800" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="r">
+              <a:defRPr sz="1200"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{8067DC2B-6CDA-4990-A039-F9688566296D}" type="datetimeFigureOut">
+              <a:rPr lang="" smtClean="0"/>
+              <a:t>31.01.2025</a:t>
+            </a:fld>
+            <a:endParaRPr lang=""/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Образ слайда 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381000" y="685800"/>
+            <a:ext cx="6096000" cy="3429000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:prstClr val="black"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang=""/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Заметки 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="3"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4343400"/>
+            <a:ext cx="5486400" cy="4114800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Образец текста</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Второй уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Третий уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Четвертый уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Пятый уровень</a:t>
+            </a:r>
+            <a:endParaRPr lang=""/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Нижний колонтитул 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="4"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="8685213"/>
+            <a:ext cx="2971800" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="1200"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr lang=""/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Номер слайда 6"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3884613" y="8685213"/>
+            <a:ext cx="2971800" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="r">
+              <a:defRPr sz="1200"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{5B36CD44-7640-476F-A032-51194B605D60}" type="slidenum">
+              <a:rPr lang="" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang=""/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3655997883"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+  <p:notesStyle>
+    <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1200" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl1pPr>
+    <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1200" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl2pPr>
+    <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1200" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl3pPr>
+    <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1200" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl4pPr>
+    <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1200" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl5pPr>
+    <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1200" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl6pPr>
+    <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1200" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl7pPr>
+    <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1200" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl8pPr>
+    <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1200" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl9pPr>
+  </p:notesStyle>
+</p:notesMaster>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/notesSlide1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Образ слайда 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Заметки 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang=""/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Номер слайда 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{5B36CD44-7640-476F-A032-51194B605D60}" type="slidenum">
+              <a:rPr lang="" smtClean="0"/>
+              <a:t>3</a:t>
+            </a:fld>
+            <a:endParaRPr lang=""/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1601048779"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
@@ -3208,159 +3656,274 @@
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.svg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.svg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.svg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.svg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.svg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.svg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.svg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.svg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.svg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.svg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.svg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.svg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.svg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.svg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.svg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.svg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.svg"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:srgbClr val="F1EEE1"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="TextBox 2"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1460447" y="144783"/>
-            <a:ext cx="15936124" cy="2128788"/>
+            <a:ext cx="15936124" cy="3193182"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:lnSpc>
                 <a:spcPts val="2032"/>
               </a:lnSpc>
             </a:pPr>
             <a:endParaRPr lang="kk-KZ" sz="2540" b="1" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Veleka Bold"/>
               <a:ea typeface="Veleka Bold"/>
               <a:cs typeface="Veleka Bold"/>
               <a:sym typeface="Veleka Bold"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr">
               <a:lnSpc>
                 <a:spcPts val="2032"/>
               </a:lnSpc>
             </a:pPr>
-            <a:r>
-[...27 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="2800" dirty="0">
+            <a:endParaRPr lang="kk-KZ" sz="2800" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Veleka Bold"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:sym typeface="Veleka Bold"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:lnSpc>
+                <a:spcPts val="2032"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka Bold"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka Bold"/>
+              </a:rPr>
+              <a:t>Порядок</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka Bold"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka Bold"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka Bold"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka Bold"/>
+              </a:rPr>
+              <a:t>осуществления</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka Bold"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka Bold"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka Bold"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka Bold"/>
+              </a:rPr>
+              <a:t>работы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka Bold"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka Bold"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka Bold"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka Bold"/>
+              </a:rPr>
+              <a:t>бракеражной</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka Bold"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka Bold"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka Bold"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka Bold"/>
+              </a:rPr>
+              <a:t>комиссии</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka Bold"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka Bold"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l">
+              <a:lnSpc>
+                <a:spcPts val="6286"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="2540" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Veleka Bold"/>
+              <a:ea typeface="Veleka Bold"/>
+              <a:cs typeface="Veleka Bold"/>
               <a:sym typeface="Veleka Bold"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="l">
               <a:lnSpc>
                 <a:spcPts val="6286"/>
               </a:lnSpc>
             </a:pPr>
             <a:endParaRPr lang="en-US" sz="2540" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Veleka Bold"/>
               <a:ea typeface="Veleka Bold"/>
               <a:cs typeface="Veleka Bold"/>
               <a:sym typeface="Veleka Bold"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="l">
               <a:lnSpc>
                 <a:spcPts val="6286"/>
               </a:lnSpc>
             </a:pPr>
@@ -3420,50 +3983,98 @@
                   <a:cubicBezTo>
                     <a:pt x="0" y="4928504"/>
                     <a:pt x="1421496" y="6350000"/>
                     <a:pt x="3175000" y="6350000"/>
                   </a:cubicBezTo>
                   <a:cubicBezTo>
                     <a:pt x="4928504" y="6350000"/>
                     <a:pt x="6350000" y="4928504"/>
                     <a:pt x="6350000" y="3175000"/>
                   </a:cubicBezTo>
                   <a:cubicBezTo>
                     <a:pt x="6350000" y="1421496"/>
                     <a:pt x="4928504" y="0"/>
                     <a:pt x="3175000" y="0"/>
                   </a:cubicBezTo>
                   <a:close/>
                 </a:path>
               </a:pathLst>
             </a:custGeom>
             <a:solidFill>
               <a:srgbClr val="F1EEE1"/>
             </a:solidFill>
           </p:spPr>
         </p:sp>
       </p:grpSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="AutoShape 5"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="5461979">
+            <a:off x="5704610" y="8743844"/>
+            <a:ext cx="981447" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="47625" cap="flat">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:headEnd type="none" w="sm" len="sm"/>
+            <a:tailEnd type="none" w="sm" len="sm"/>
+          </a:ln>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="AutoShape 6"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="5461979">
+            <a:off x="570632" y="8743844"/>
+            <a:ext cx="981447" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="47625" cap="flat">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:headEnd type="none" w="sm" len="sm"/>
+            <a:tailEnd type="none" w="sm" len="sm"/>
+          </a:ln>
+        </p:spPr>
+      </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Freeform 7"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="11242848" y="3836990"/>
             <a:ext cx="1797942" cy="5316494"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
               <a:path w="1797942" h="5316494">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="1797941" y="0"/>
                 </a:lnTo>
@@ -3585,100 +4196,630 @@
             </a:pathLst>
           </a:custGeom>
           <a:blipFill>
             <a:blip r:embed="rId6">
               <a:extLst>
                 <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
                   <asvg:svgBlip xmlns="" xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId7"/>
                 </a:ext>
               </a:extLst>
             </a:blip>
             <a:stretch>
               <a:fillRect/>
             </a:stretch>
           </a:blipFill>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="TextBox 11"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1203706" y="3086100"/>
-            <a:ext cx="7864094" cy="2746586"/>
+            <a:ext cx="9540494" cy="2769989"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr>
+            <a:pPr algn="l">
               <a:lnSpc>
                 <a:spcPts val="3569"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2550" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="2550" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Veleka"/>
                 <a:ea typeface="Veleka"/>
                 <a:cs typeface="Veleka"/>
                 <a:sym typeface="Veleka"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2800" dirty="0">
-[...12 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="2550" dirty="0">
+              <a:rPr lang="kk-KZ" sz="2400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>Комиссия </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>осуществляет</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>мониторинг</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>за</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>организацией</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>качественного</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>сбалансированного</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>питания</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>качеством</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>доставляемой</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>пищевой</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>продукции</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>по</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>соблюдению</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>санитарно-гигиенических</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>требований</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>при</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>приготовлении</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> и </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>реализации</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>пищевой</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>продукции</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> в </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>организациях</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>образования</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Veleka"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:sym typeface="Veleka"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l">
+              <a:lnSpc>
+                <a:spcPts val="3569"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="2550" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Veleka"/>
+              <a:ea typeface="Veleka"/>
+              <a:cs typeface="Veleka"/>
               <a:sym typeface="Veleka"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="Freeform 12"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="14584551" y="3223946"/>
             <a:ext cx="1338196" cy="1401920"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
               <a:path w="1338196" h="1401920">
                 <a:moveTo>
@@ -3829,173 +4970,1618 @@
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:srgbClr val="F1EEE1"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:sp>
-[...2 lines deleted...]
-          <p:cNvSpPr txBox="1"/>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="2" name="Group 2"/>
+          <p:cNvGrpSpPr/>
           <p:nvPr/>
-        </p:nvSpPr>
-        <p:spPr>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
           <a:xfrm>
             <a:off x="1414036" y="1007269"/>
-            <a:ext cx="5196793" cy="1116806"/>
+            <a:ext cx="5196793" cy="5672171"/>
+            <a:chOff x="0" y="-28575"/>
+            <a:chExt cx="6929057" cy="7562895"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-[...32 lines deleted...]
-          <p:cNvSpPr txBox="1"/>
+        </p:grpSpPr>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="3" name="TextBox 3"/>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="0" y="-28575"/>
+              <a:ext cx="6929057" cy="1489075"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="l">
+                <a:lnSpc>
+                  <a:spcPts val="8640"/>
+                </a:lnSpc>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="7200">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Veleka"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Veleka"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t>01</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="4" name="TextBox 4"/>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="0" y="1532677"/>
+              <a:ext cx="6929057" cy="6001643"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="l">
+                <a:lnSpc>
+                  <a:spcPts val="3919"/>
+                </a:lnSpc>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="2799" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Veleka"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Veleka"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t>Состав</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t>Комиссии</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t>утверждается</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t>приказом</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t>руководителя</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t> ДО с </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t>обязательным</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t>включением</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t>медицинского</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t>работника</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t>, </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t>членов</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t>администрации</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t>объекта</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t>образования</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t>,  </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t>представителей</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t>родительского</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t>комитета</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t> и </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t>попечительского</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t>совета</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t>.</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr algn="l">
+                <a:lnSpc>
+                  <a:spcPts val="3919"/>
+                </a:lnSpc>
+              </a:pPr>
+              <a:endParaRPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:endParaRPr>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="5" name="Group 5"/>
+          <p:cNvGrpSpPr/>
           <p:nvPr/>
-        </p:nvSpPr>
-        <p:spPr>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
           <a:xfrm>
             <a:off x="7225078" y="1007269"/>
-            <a:ext cx="4090761" cy="1118711"/>
+            <a:ext cx="4090761" cy="5805063"/>
+            <a:chOff x="0" y="-28575"/>
+            <a:chExt cx="5454348" cy="7740084"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-[...15 lines deleted...]
-              <a:rPr lang="en-US" sz="7200">
+        </p:grpSpPr>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="6" name="TextBox 6"/>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="0" y="-28575"/>
+              <a:ext cx="5454348" cy="1491615"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="l">
+                <a:lnSpc>
+                  <a:spcPts val="8640"/>
+                </a:lnSpc>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="7200">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Veleka"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Veleka"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t>02</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="7" name="TextBox 7"/>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="0" y="1554268"/>
+              <a:ext cx="5454348" cy="6157241"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="l">
+                <a:lnSpc>
+                  <a:spcPts val="3289"/>
+                </a:lnSpc>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t>Количество</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t>членов</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t>Комиссии</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t>должно</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t>быть</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t>не</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t>менее</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t> 7 </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t>человек</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t>, в </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t>том</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t>числе</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t>не</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t>менее</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t> 3-х </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t>человек</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t>из</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t>числа</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t>родительского</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t>комитета</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t>данного</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t>объекта</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t>образования</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t>. </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t>Отсутствие</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t>отдельных</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t>членов</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t>Комиссии</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t>не</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t>является</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t>препятствием</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t>для</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t>ее</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t>деятельности</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t>.</a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr algn="l">
+                <a:lnSpc>
+                  <a:spcPts val="3289"/>
+                </a:lnSpc>
+              </a:pPr>
+              <a:endParaRPr lang="en-US" sz="2349" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Veleka"/>
                 <a:ea typeface="Veleka"/>
                 <a:cs typeface="Veleka"/>
                 <a:sym typeface="Veleka"/>
-              </a:rPr>
-[...8 lines deleted...]
-          <p:cNvSpPr txBox="1"/>
+              </a:endParaRPr>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="8" name="Group 8"/>
+          <p:cNvGrpSpPr/>
           <p:nvPr/>
-        </p:nvSpPr>
-        <p:spPr>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
           <a:xfrm>
             <a:off x="12750704" y="1007269"/>
-            <a:ext cx="4090761" cy="1118711"/>
+            <a:ext cx="4090761" cy="2599673"/>
+            <a:chOff x="0" y="-28575"/>
+            <a:chExt cx="5454348" cy="3466230"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-[...28 lines deleted...]
-      </p:sp>
+        </p:grpSpPr>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="9" name="TextBox 9"/>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="0" y="-28575"/>
+              <a:ext cx="5454348" cy="1491615"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="l">
+                <a:lnSpc>
+                  <a:spcPts val="8640"/>
+                </a:lnSpc>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="7200">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Veleka"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Veleka"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t>03</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="10" name="TextBox 10"/>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="0" y="1544743"/>
+              <a:ext cx="5454348" cy="1892912"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="l">
+                <a:lnSpc>
+                  <a:spcPts val="3814"/>
+                </a:lnSpc>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t>Рекомендуется</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t>ежегодное</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t>обновление</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t>состава</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:ea typeface="Veleka"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Veleka"/>
+                </a:rPr>
+                <a:t>Комиссии</a:t>
+              </a:r>
+              <a:endParaRPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:endParaRPr>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="AutoShape 11"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="5400000">
             <a:off x="-1004887" y="3062288"/>
             <a:ext cx="4114800" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="47625" cap="flat">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:headEnd type="none" w="sm" len="sm"/>
             <a:tailEnd type="none" w="sm" len="sm"/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
@@ -4232,269 +6818,190 @@
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="1338196" y="1401920"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="1338196" y="0"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:blipFill>
             <a:blip r:embed="rId8">
               <a:extLst>
                 <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
                   <asvg:svgBlip xmlns="" xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId9"/>
                 </a:ext>
               </a:extLst>
             </a:blip>
             <a:stretch>
               <a:fillRect/>
             </a:stretch>
           </a:blipFill>
         </p:spPr>
       </p:sp>
-      <p:sp>
-[...123 lines deleted...]
-      </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:srgbClr val="F1EEE1"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="TextBox 2"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="203054" y="1009650"/>
-            <a:ext cx="6651131" cy="654025"/>
+            <a:ext cx="10464946" cy="654025"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t">
+          <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr>
+            <a:pPr algn="l">
               <a:lnSpc>
                 <a:spcPts val="5100"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2800" dirty="0" smtClean="0">
-[...10 lines deleted...]
-              <a:t>алгоритмі </a:t>
+              <a:rPr lang="en-US" sz="2800" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka Bold"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka Bold"/>
+              </a:rPr>
+              <a:t>Алгоритм</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka Bold"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka Bold"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka Bold"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka Bold"/>
+              </a:rPr>
+              <a:t>деятельности</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2800" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka Bold"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka Bold"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka Bold"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka Bold"/>
+              </a:rPr>
+              <a:t>Комиссии</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="2800" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Veleka Bold"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:sym typeface="Veleka Bold"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="TextBox 4"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="8153400" y="1009650"/>
+            <a:off x="8939529" y="3330999"/>
             <a:ext cx="935002" cy="872490"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="l">
               <a:lnSpc>
                 <a:spcPts val="6720"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="5600" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Veleka"/>
                 <a:ea typeface="Veleka"/>
                 <a:cs typeface="Veleka"/>
@@ -4574,431 +7081,2248 @@
                 <a:cs typeface="Veleka"/>
                 <a:sym typeface="Veleka"/>
               </a:rPr>
               <a:t>2</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="5600" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Veleka"/>
               <a:ea typeface="Veleka"/>
               <a:cs typeface="Veleka"/>
               <a:sym typeface="Veleka"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="TextBox 7"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="9525000" y="336388"/>
+            <a:off x="9982200" y="1875286"/>
             <a:ext cx="8413469" cy="2949525"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr>
+            <a:pPr algn="l">
               <a:lnSpc>
                 <a:spcPts val="2336"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2400" dirty="0">
-[...11 lines deleted...]
-            <a:pPr marL="342900" indent="-342900">
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>Комиссия</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>осуществляет</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>мониторинг</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l">
               <a:lnSpc>
                 <a:spcPts val="2336"/>
               </a:lnSpc>
-              <a:buFontTx/>
-              <a:buChar char="-"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2400" dirty="0" smtClean="0">
-[...18 lines deleted...]
-            <a:pPr marL="342900" indent="-342900">
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> - </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>за</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>качеством</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>используемых</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>продуктов</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>питания</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>наличие</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>документов</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>подтверждающих</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>качество</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> и </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>безопасность</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>пищевой</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>продукции</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>хранятся</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> в </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>отдельной</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>папке</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>);</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l">
               <a:lnSpc>
                 <a:spcPts val="2336"/>
               </a:lnSpc>
-              <a:buFontTx/>
-              <a:buChar char="-"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2400" dirty="0" smtClean="0">
-[...18 lines deleted...]
-            <a:pPr marL="342900" indent="-342900">
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> - </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>за</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>правильностью</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>составления</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>меню</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l">
               <a:lnSpc>
                 <a:spcPts val="2336"/>
               </a:lnSpc>
-              <a:buFontTx/>
-              <a:buChar char="-"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2400" dirty="0" smtClean="0">
-[...19 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="2400" dirty="0">
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> - </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>качества</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>питания</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> (в </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>том</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>числе</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>массы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>порции</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>готовых</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>блюд</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>без</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>предварительного</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>предупреждения</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>работников</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>пищеблока</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> и (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>или</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>поставщика</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>услуги</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> с </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>оформлением</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>Акта</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>мониторинга</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>качества</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>питания</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l">
+              <a:lnSpc>
+                <a:spcPts val="2336"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1668" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
-              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:latin typeface="Veleka"/>
               <a:ea typeface="Veleka"/>
-              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Veleka"/>
               <a:sym typeface="Veleka"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="TextBox 8"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="10198103" y="5776612"/>
-            <a:ext cx="7459046" cy="2244204"/>
+            <a:off x="10351742" y="6303848"/>
+            <a:ext cx="7459046" cy="2564805"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr>
+            <a:pPr algn="l">
               <a:lnSpc>
                 <a:spcPts val="2520"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2100" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Veleka"/>
                 <a:ea typeface="Veleka"/>
                 <a:cs typeface="Veleka"/>
                 <a:sym typeface="Veleka"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2400" dirty="0">
-[...5 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="2100" dirty="0">
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>Ежеквартально</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>итоги</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>работы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>Комиссии</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>оформляются</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> в </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>виде</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>информации</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> с </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>последующим</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>их</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>рассмотрением</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>на</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>педагогическом</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>совете</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>организации</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>образования</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> и </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>размещением</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>на</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>ее</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>интернет-ресурсе</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l">
+              <a:lnSpc>
+                <a:spcPts val="2520"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>В </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>мае</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>январе</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>месяцах</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>каждого</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>года</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>итоги</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>деятельности</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>Комиссии</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>рассматриваются</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>на</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>общем</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>родительском</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>собрании</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Veleka"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:sym typeface="Veleka"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="AutoShape 10"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8769994" y="3350049"/>
+            <a:ext cx="0" cy="846919"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="47625" cap="flat">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:headEnd type="none" w="sm" len="sm"/>
+            <a:tailEnd type="none" w="sm" len="sm"/>
+          </a:ln>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="AutoShape 11"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8817619" y="6881866"/>
+            <a:ext cx="0" cy="846919"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="47625" cap="flat">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:headEnd type="none" w="sm" len="sm"/>
+            <a:tailEnd type="none" w="sm" len="sm"/>
+          </a:ln>
+        </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="Freeform 12"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="-1392965">
             <a:off x="1823257" y="5813846"/>
             <a:ext cx="1588437" cy="2136041"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
               <a:path w="1588437" h="2136041">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="1588437" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="1588437" y="2136040"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="2136040"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="0"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:blipFill>
-            <a:blip r:embed="rId2">
+            <a:blip r:embed="rId3">
               <a:extLst>
                 <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
-                  <asvg:svgBlip xmlns="" xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
+                  <asvg:svgBlip xmlns="" xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId4"/>
                 </a:ext>
               </a:extLst>
             </a:blip>
             <a:stretch>
               <a:fillRect/>
             </a:stretch>
           </a:blipFill>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="13" name="Freeform 13"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm flipH="1">
             <a:off x="4975316" y="6182958"/>
             <a:ext cx="2083987" cy="1780862"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
               <a:path w="2083987" h="1780862">
                 <a:moveTo>
                   <a:pt x="2083987" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="0" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="1780862"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="2083987" y="1780862"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="2083987" y="0"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:blipFill>
-            <a:blip r:embed="rId4">
+            <a:blip r:embed="rId5">
               <a:extLst>
                 <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
-                  <asvg:svgBlip xmlns="" xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId5"/>
+                  <asvg:svgBlip xmlns="" xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId6"/>
                 </a:ext>
               </a:extLst>
             </a:blip>
             <a:stretch>
               <a:fillRect/>
             </a:stretch>
           </a:blipFill>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="Freeform 14"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3060647" y="6895800"/>
             <a:ext cx="1914669" cy="2136041"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
               <a:path w="1914669" h="2136041">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="1914669" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="1914669" y="2136040"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="2136040"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="0"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:blipFill>
-            <a:blip r:embed="rId6">
+            <a:blip r:embed="rId7">
               <a:extLst>
                 <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
-                  <asvg:svgBlip xmlns="" xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId7"/>
+                  <asvg:svgBlip xmlns="" xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId8"/>
                 </a:ext>
               </a:extLst>
             </a:blip>
             <a:stretch>
               <a:fillRect/>
             </a:stretch>
           </a:blipFill>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="15" name="Freeform 15"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4661959" y="5658358"/>
             <a:ext cx="626713" cy="645490"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
               <a:path w="626713" h="645490">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="626713" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="626713" y="645490"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="645490"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="0"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:blipFill>
-            <a:blip r:embed="rId8">
+            <a:blip r:embed="rId9">
               <a:extLst>
                 <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
-                  <asvg:svgBlip xmlns="" xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId9"/>
+                  <asvg:svgBlip xmlns="" xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId10"/>
                 </a:ext>
               </a:extLst>
             </a:blip>
             <a:stretch>
               <a:fillRect/>
             </a:stretch>
           </a:blipFill>
         </p:spPr>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:srgbClr val="F1EEE1"/>
         </a:solidFill>
@@ -5006,1848 +9330,2865 @@
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="TextBox 2"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="203054" y="1009650"/>
-            <a:ext cx="8255146" cy="430887"/>
+            <a:ext cx="7721746" cy="654025"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr fontAlgn="base"/>
-[...35 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="2800" dirty="0">
+            <a:pPr algn="l">
+              <a:lnSpc>
+                <a:spcPts val="5100"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka Bold"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka Bold"/>
+              </a:rPr>
+              <a:t>О</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka Bold"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka Bold"/>
+              </a:rPr>
+              <a:t>бязанности</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka Bold"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka Bold"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka Bold"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka Bold"/>
+              </a:rPr>
+              <a:t>членов</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka Bold"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka Bold"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka Bold"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka Bold"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka Bold"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka Bold"/>
+              </a:rPr>
+              <a:t>Комиссии</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2400" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Veleka Bold"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:sym typeface="Veleka Bold"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="TextBox 3"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7113937" y="3073314"/>
+            <a:off x="8793806" y="1227369"/>
             <a:ext cx="935002" cy="872490"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="l">
               <a:lnSpc>
                 <a:spcPts val="6720"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="5600" dirty="0">
+              <a:rPr lang="en-US" sz="5600">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Veleka"/>
                 <a:ea typeface="Veleka"/>
                 <a:cs typeface="Veleka"/>
                 <a:sym typeface="Veleka"/>
               </a:rPr>
               <a:t>01</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="TextBox 4"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8879531" y="8438145"/>
+            <a:ext cx="935002" cy="872490"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l">
+              <a:lnSpc>
+                <a:spcPts val="6720"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="5600">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Veleka"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Veleka"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>02</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="TextBox 5"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="8991600" y="280935"/>
-            <a:ext cx="9220569" cy="9235862"/>
+            <a:off x="9814533" y="280935"/>
+            <a:ext cx="8397636" cy="8925520"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t">
+          <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr fontAlgn="base"/>
-[...46 lines deleted...]
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            <a:pPr algn="l">
+              <a:lnSpc>
+                <a:spcPts val="2940"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Veleka"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Veleka"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>периодически</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>присутствовать</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>при</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>закладке</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>основных</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>продуктов</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l">
+              <a:lnSpc>
+                <a:spcPts val="2940"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> - </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>проверять</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>выход</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>блюд</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>массы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>порции</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>), </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>соответствие</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>объемов</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>приготовленного</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>питания</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>объему</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>разовых</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>порций</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> и </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>количеству</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>детей</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l">
+              <a:lnSpc>
+                <a:spcPts val="2940"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> - </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>проводить</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>органолептическую</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>оценку</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>готовой</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>продукции</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>блюд</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> и </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>кулинарных</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
               </a:rPr>
               <a:t>, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1">
-[...134 lines deleted...]
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>мучных</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>кондитерских</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> и </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>хлебобулочных</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>изделий</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> – </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>по</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>внешнему</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>виду</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>консистенции</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>цвету</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>запаху</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> и </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>вкусу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>; </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>полуфабрикатов</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> – </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>по</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>внешнему</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>виду</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>консистенции</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>цвету</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> и </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>запаху</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>.) с </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>занесением</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>результатов</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>органолептической</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>оценки</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> в </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>Журнал</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>органолептической</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>оценки</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>качества</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>блюд</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> и </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>кулинарных</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>изделий</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>утвержденной</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>формы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>приложение</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> 9 к </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>Санитарным</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>правилам</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> № 76), </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>заверять</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>оценку</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>личными</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>подписями</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>членов</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>Комиссии</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
               </a:rPr>
               <a:t>;</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr fontAlgn="base"/>
-[...17 lines deleted...]
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            <a:pPr algn="l">
+              <a:lnSpc>
+                <a:spcPts val="2940"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> - </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>руководствоваться</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>требованиями</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> к </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>технологии</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> и </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>качеству</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>приготовления</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>блюд</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> и </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>кулинарных</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>изделий</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> в </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>соответствии</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> с </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>технологическими</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>картами</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>при</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>проведении</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>органолептической</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>оценки</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l">
+              <a:lnSpc>
+                <a:spcPts val="2940"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> - </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>осуществлять</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>свои</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>функции</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> в </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>специально</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>чистой</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>одежде</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
               </a:rPr>
               <a:t> (</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1">
-[...148 lines deleted...]
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>халате</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
               </a:rPr>
               <a:t>, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1">
-[...50 lines deleted...]
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>комбинезоне</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
               </a:rPr>
               <a:t>, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1">
-[...290 lines deleted...]
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>головном</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>уборе</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
               </a:rPr>
               <a:t>, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1">
-[...929 lines deleted...]
-            </a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>обуви</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> и </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>т.п</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>.). </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l">
+              <a:lnSpc>
+                <a:spcPts val="2940"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Veleka"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:sym typeface="Veleka"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="l">
               <a:lnSpc>
                 <a:spcPts val="2940"/>
               </a:lnSpc>
             </a:pPr>
             <a:endParaRPr lang="en-US" sz="2100" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Veleka"/>
+              <a:ea typeface="Veleka"/>
+              <a:cs typeface="Veleka"/>
+              <a:sym typeface="Veleka"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="TextBox 6"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10091297" y="8719403"/>
+            <a:ext cx="8413469" cy="589905"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l">
+              <a:lnSpc>
+                <a:spcPts val="2336"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>результат</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>работы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>Комиссии</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>: АКТ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>мониторинга</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>качества</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Veleka"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Veleka"/>
+              </a:rPr>
+              <a:t>питания</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Veleka"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:sym typeface="Veleka"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="AutoShape 7"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6934200" y="3086100"/>
+            <a:off x="8685493" y="1252941"/>
+            <a:ext cx="0" cy="846919"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="47625" cap="flat">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:headEnd type="none" w="sm" len="sm"/>
+            <a:tailEnd type="none" w="sm" len="sm"/>
+          </a:ln>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="AutoShape 8"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8709306" y="8424169"/>
             <a:ext cx="0" cy="846919"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="47625" cap="flat">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:headEnd type="none" w="sm" len="sm"/>
             <a:tailEnd type="none" w="sm" len="sm"/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Freeform 9"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="-1392965">
             <a:off x="1823257" y="5813846"/>
             <a:ext cx="1588437" cy="2136041"/>
@@ -7318,59 +12659,344 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=ppt/theme/theme2.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
+  <a:themeElements>
+    <a:clrScheme name="Стандартная">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="1F497D"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="EEECE1"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="4F81BD"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="C0504D"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="9BBB59"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="8064A2"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="4BACC6"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="F79646"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="0000FF"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="800080"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Стандартная">
+      <a:majorFont>
+        <a:latin typeface="Calibri"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Calibri"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Стандартная">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="35000">
+              <a:schemeClr val="phClr">
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="1"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="80000">
+              <a:schemeClr val="phClr">
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="40000">
+              <a:schemeClr val="phClr">
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults/>
+  <a:extraClrSchemeLst/>
+</a:theme>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>366</Words>
+  <Words>377</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Произвольный</PresentationFormat>
-  <Paragraphs>31</Paragraphs>
+  <Paragraphs>30</Paragraphs>
   <Slides>4</Slides>
-  <Notes>0</Notes>
+  <Notes>1</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Использованные шрифты</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Тема</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Заголовки слайдов</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>