--- v0 (2025-12-14)
+++ v1 (2026-03-06)
@@ -60,1139 +60,1152 @@
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4000500" cy="1590675"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="0053789C" w:rsidRPr="0053789C" w:rsidRDefault="0053789C" w:rsidP="0053789C">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="0056287B" w:rsidRPr="00DB2A57" w:rsidRDefault="0056287B" w:rsidP="006F6DDB">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-        <w:t>Құрметті ата-аналар және қонақтар</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2A57">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Уважаемые родители и гости</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0053789C" w:rsidRPr="0053789C" w:rsidRDefault="0053789C" w:rsidP="0053789C">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="0056287B" w:rsidRPr="00DB2A57" w:rsidRDefault="0056287B" w:rsidP="006F6DDB">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-        <w:t>Сізді біздің сайтқа қош келдіңіздер!</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2A57">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мы рады приветствовать Вас на нашем сайте!</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:p w:rsidR="0053789C" w:rsidRDefault="0053789C" w:rsidP="0053789C">
+    <w:p w:rsidR="0056287B" w:rsidRPr="00104E45" w:rsidRDefault="0056287B" w:rsidP="00104E45">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104E45">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Работа </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00104E45">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нашей дошкольной организации </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00104E45">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">направлена на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00104E45">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>целостное развитие и раскрытие потенциала каждого ребенка на основе общечеловеческих и национальных ценностей с учетом его интересов, особенностей и потребностей;</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD6DC8" w:rsidRPr="00104E45">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00104E45">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>беспеч</w:t>
+      </w:r>
+      <w:r w:rsidR="006F6DDB" w:rsidRPr="00104E45">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ени</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD6DC8" w:rsidRPr="00104E45">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidR="006F6DDB" w:rsidRPr="00104E45">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00104E45">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>защит</w:t>
+      </w:r>
+      <w:r w:rsidR="006F6DDB" w:rsidRPr="00104E45">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00104E45">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> прав, охран</w:t>
+      </w:r>
+      <w:r w:rsidR="006F6DDB" w:rsidRPr="00104E45">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00104E45">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жизни, укреплени</w:t>
+      </w:r>
+      <w:r w:rsidR="006F6DDB" w:rsidRPr="00104E45">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00104E45">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> здоровья воспитанников</w:t>
+      </w:r>
+      <w:r w:rsidR="006F6DDB" w:rsidRPr="00104E45">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="006F6DDB" w:rsidRPr="00104E45">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...56 lines deleted...]
-      <w:r w:rsidRPr="0053789C">
+        </w:rPr>
+        <w:t>разви</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD6DC8" w:rsidRPr="00104E45">
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="0053789C">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тие их </w:t>
+      </w:r>
+      <w:r w:rsidR="006F6DDB" w:rsidRPr="00104E45">
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang/>
-[...3 lines deleted...]
-      <w:r>
+        </w:rPr>
+        <w:t>физически</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD6DC8" w:rsidRPr="00104E45">
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ытады.</w:t>
+        <w:t>х</w:t>
+      </w:r>
+      <w:r w:rsidR="006F6DDB" w:rsidRPr="00104E45">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>, интеллектуальны</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD6DC8" w:rsidRPr="00104E45">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>х</w:t>
+      </w:r>
+      <w:r w:rsidR="006F6DDB" w:rsidRPr="00104E45">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>, познавательно-речевы</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD6DC8" w:rsidRPr="00104E45">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>х</w:t>
+      </w:r>
+      <w:r w:rsidR="006F6DDB" w:rsidRPr="00104E45">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>, художественно-эстетически</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD6DC8" w:rsidRPr="00104E45">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>х</w:t>
+      </w:r>
+      <w:r w:rsidR="006F6DDB" w:rsidRPr="00104E45">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>, творчески</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD6DC8" w:rsidRPr="00104E45">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>х</w:t>
+      </w:r>
+      <w:r w:rsidR="006F6DDB" w:rsidRPr="00104E45">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> способност</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD6DC8" w:rsidRPr="00104E45">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ей.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0053789C" w:rsidRPr="0053789C" w:rsidRDefault="0053789C" w:rsidP="0053789C">
+    <w:p w:rsidR="0056287B" w:rsidRPr="00104E45" w:rsidRDefault="0056287B" w:rsidP="00104E45">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104E45">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">На нашем сайте Вы всегда можете </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056287B" w:rsidRPr="00104E45" w:rsidRDefault="0056287B" w:rsidP="006F6DDB">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="0053789C">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104E45">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>  - </w:t>
+      </w:r>
+      <w:r w:rsidR="001F77F3" w:rsidRPr="00104E45">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00104E45">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>айти информацию о д</w:t>
+      </w:r>
+      <w:r w:rsidR="009F2203" w:rsidRPr="00104E45">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>етском саде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00104E45">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и ознакомиться с материально-техническими условиями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056287B" w:rsidRPr="00104E45" w:rsidRDefault="0056287B" w:rsidP="006F6DDB">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104E45">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> -  </w:t>
+      </w:r>
+      <w:r w:rsidR="001F77F3" w:rsidRPr="00104E45">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00104E45">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> помощь родителям мы размещаем на сайте консультации </w:t>
+      </w:r>
+      <w:r w:rsidR="009F2203" w:rsidRPr="00104E45">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>педагогов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00104E45">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="009F2203" w:rsidRPr="00104E45">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">воспитатели, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00104E45">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">логопед, педагог-психолог, учитель казахского языка, </w:t>
+      </w:r>
+      <w:r w:rsidR="00921020" w:rsidRPr="00104E45">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> инструктор по физкультуре)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00104E45">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056287B" w:rsidRPr="00104E45" w:rsidRDefault="0056287B" w:rsidP="006F6DDB">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104E45">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:r w:rsidR="001F77F3" w:rsidRPr="00104E45">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00104E45">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ознакомим Вас с повседневной жизнью нашего учреждения, занятиями, праздниками, конкурсами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056287B" w:rsidRPr="00104E45" w:rsidRDefault="0056287B" w:rsidP="006F6DDB">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104E45">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  - </w:t>
+      </w:r>
+      <w:r w:rsidR="001F77F3" w:rsidRPr="00104E45">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00104E45">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тветим на интересующие вас вопросы связанные с воспитанием и обучением дошкольников</w:t>
+      </w:r>
+      <w:r w:rsidR="00104E45">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F2203" w:rsidRPr="00104E45" w:rsidRDefault="009F2203" w:rsidP="009F2203">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104E45">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">открыта рубрика </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00104E45">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Консультационный пункт» для родителей, чьи дети не посещают дошкольную организацию</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00921020" w:rsidRPr="00921020" w:rsidRDefault="00921020" w:rsidP="00104E45">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104E45">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Наш детский сад</w:t>
+      </w:r>
+      <w:r w:rsidR="0056287B" w:rsidRPr="00104E45">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001F77F3" w:rsidRPr="00104E45">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">функционирует с </w:t>
+      </w:r>
+      <w:r w:rsidR="0056287B" w:rsidRPr="00104E45">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 198</w:t>
+      </w:r>
+      <w:r w:rsidR="001F77F3" w:rsidRPr="00104E45">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="0056287B" w:rsidRPr="00104E45">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> год</w:t>
+      </w:r>
+      <w:r w:rsidR="001F77F3" w:rsidRPr="00104E45">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="0056287B" w:rsidRPr="00104E45">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.Приоритетное направление - познавательно-речевое</w:t>
+      </w:r>
+      <w:r w:rsidR="00104E45">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="0056287B" w:rsidRPr="00104E45">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Проектная мощность 2</w:t>
+      </w:r>
+      <w:r w:rsidR="001F77F3" w:rsidRPr="00104E45">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>80</w:t>
+      </w:r>
+      <w:r w:rsidR="0056287B" w:rsidRPr="00104E45">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мест. Язык обучения смешанный</w:t>
+      </w:r>
+      <w:r w:rsidR="00104E45">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00104E45">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang/>
-[...1 lines deleted...]
-        <w:t>Біздің веб-сайтымызда сіз әрқашан біле аласыз:</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">Режим работы: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00921020">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пятидневная рабочая неделя, с 07.00 – 19.00</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0053789C" w:rsidRPr="0053789C" w:rsidRDefault="0053789C" w:rsidP="0053789C">
+    <w:p w:rsidR="00104E45" w:rsidRPr="00104E45" w:rsidRDefault="00104E45" w:rsidP="00104E45">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104E45">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ф</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00104E45">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ункционируют 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00104E45">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00104E45">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> возрастных групп</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00104E45">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для детей от года до 5 лет</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056287B" w:rsidRPr="00104E45" w:rsidRDefault="00921020" w:rsidP="00104E45">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104E45">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Подать заявление и встать на очередь в наш детский сад, </w:t>
+      </w:r>
+      <w:r w:rsidR="00104E45" w:rsidRPr="00104E45">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а также </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00104E45">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">получить направление  вы можете в автоматизированной системе </w:t>
+      </w:r>
+      <w:r w:rsidR="00104E45" w:rsidRPr="00104E45">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00104E45">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>INDIGO - электронный детский сад</w:t>
+      </w:r>
+      <w:r w:rsidR="00104E45" w:rsidRPr="00104E45">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00104E45">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> прямо из дома: с мобильного телефона, компьютера, без ЭЦП, без документов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0056287B" w:rsidRPr="00104E45" w:rsidRDefault="001F77F3" w:rsidP="00104E45">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104E45">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В наличии </w:t>
+      </w:r>
+      <w:r w:rsidR="0056287B" w:rsidRPr="00104E45">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> музыкальный зал, физкультурный зал, кабинет казахского языка, кабинет логопеда, кабинет педагога-психолога, медицинский кабинет, методический кабинет</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00104E45" w:rsidRDefault="001F77F3" w:rsidP="00104E45">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...75 lines deleted...]
-        <w:t>;</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104E45">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Образовательный процесс осуществляют </w:t>
+      </w:r>
+      <w:r w:rsidR="0056287B" w:rsidRPr="00104E45">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 33 квалифицированных педагога</w:t>
+      </w:r>
+      <w:r w:rsidR="00104E45" w:rsidRPr="00104E45">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, из них 87 % с</w:t>
+      </w:r>
+      <w:r w:rsidR="00104E45" w:rsidRPr="00104E45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> высшем педагогическим образование, 45 %  педагогов аттестованы в новом формате</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0053789C" w:rsidRPr="0053789C" w:rsidRDefault="0053789C" w:rsidP="0053789C">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="006F6DDB" w:rsidRPr="00104E45" w:rsidRDefault="00104E45" w:rsidP="00104E45">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...94 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104E45">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мы готовы общению с Вами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, к конструктивному диалогу!</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0053789C" w:rsidRPr="0053789C" w:rsidRDefault="0053789C" w:rsidP="0053789C">
-[...666 lines deleted...]
-    <w:sectPr w:rsidR="0053789C" w:rsidRPr="0053789C">
+    <w:sectPr w:rsidR="006F6DDB" w:rsidRPr="00104E45">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="1A9E43B4"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="045EC684"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
@@ -1425,202 +1438,82 @@
     <w:lvl w:ilvl="7" w:tplc="20000003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="20000005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
-[...113 lines deleted...]
-  </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006E1CB6"/>
-    <w:rsid w:val="000A57FF"/>
     <w:rsid w:val="00104E45"/>
     <w:rsid w:val="001F77F3"/>
     <w:rsid w:val="00316473"/>
-    <w:rsid w:val="0053789C"/>
     <w:rsid w:val="0056287B"/>
     <w:rsid w:val="006E1CB6"/>
     <w:rsid w:val="006F6DDB"/>
     <w:rsid w:val="00921020"/>
     <w:rsid w:val="009F2203"/>
-    <w:rsid w:val="00A05EC3"/>
+    <w:rsid w:val="00DB2A57"/>
     <w:rsid w:val="00DD6DC8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -1864,114 +1757,50 @@
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a7">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="0056287B"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="g-info-name-inner">
     <w:name w:val="g-info-name-inner"/>
     <w:basedOn w:val="a0"/>
     <w:rsid w:val="00921020"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a8">
-[...62 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
@@ -2190,114 +2019,50 @@
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a7">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="0056287B"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="g-info-name-inner">
     <w:name w:val="g-info-name-inner"/>
     <w:basedOn w:val="a0"/>
     <w:rsid w:val="00921020"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a8">
-[...62 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
     <w:div w:id="125634428">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="166285082">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
@@ -2312,222 +2077,77 @@
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1001390944">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
-    <w:div w:id="297608279">
-[...11 lines deleted...]
-    </w:div>
     <w:div w:id="843209434">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
-    </w:div>
-[...25 lines deleted...]
-      </w:divsChild>
     </w:div>
     <w:div w:id="1265575611">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1379014232">
-[...24 lines deleted...]
-    </w:div>
     <w:div w:id="1844707691">
-      <w:bodyDiv w:val="1"/>
-[...77 lines deleted...]
-    <w:div w:id="2078745984">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
@@ -2797,69 +2417,69 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>291</Words>
-  <Characters>1661</Characters>
+  <Words>287</Words>
+  <Characters>1639</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>13</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1949</CharactersWithSpaces>
+  <CharactersWithSpaces>1923</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>