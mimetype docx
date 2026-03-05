--- v0 (2025-12-15)
+++ v1 (2026-03-05)
@@ -1,372 +1,343 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00844F29" w:rsidRDefault="00844F29" w:rsidP="00844F29">
+    <w:p w:rsidR="001375CB" w:rsidRPr="001375CB" w:rsidRDefault="001375CB" w:rsidP="00E317E6">
       <w:pPr>
-        <w:pStyle w:val="1"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-[...1 lines deleted...]
-          <w:bCs w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="151515"/>
+          <w:kern w:val="36"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00844F29">
-[...1 lines deleted...]
-          <w:bCs w:val="0"/>
+      <w:r w:rsidRPr="001375CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="151515"/>
+          <w:kern w:val="36"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Онлайн </w:t>
-[...75 lines deleted...]
-        <w:t>басшысының блогына сұрақты жолдауға және жеке қабылдауға жазыла аласыз.</w:t>
+        <w:t>Онлайн-приемная</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E317E6" w:rsidRPr="00BC0F06" w:rsidRDefault="00D25D26" w:rsidP="00567BAB">
+    <w:p w:rsidR="00E317E6" w:rsidRDefault="001375CB" w:rsidP="00567BAB">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001375CB">
+        <w:rPr>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Обратная связь с </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E317E6">
+        <w:rPr>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>родителями</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001375CB">
+        <w:rPr>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> помогает нам своевременно реагировать на проблемы и отслеживать эффективность принимаемых нами мер и инициатив. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E317E6">
+        <w:rPr>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Вы можете</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001375CB">
+        <w:rPr>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оперативно связаться с нами для обсуждения вашего вопроса или решения проблемы. Здесь вы можете написать электронное обращение, отправить вопрос на блог руководителя </w:t>
+      </w:r>
+      <w:r w:rsidR="008E2524">
+        <w:rPr>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00BC0F06">
+        <w:t xml:space="preserve">детского сада </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001375CB">
         <w:rPr>
           <w:color w:val="151515"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>Б</w:t>
+        </w:rPr>
+        <w:t>или записаться к нему на личный прием.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D25D26">
-[...17 lines deleted...]
-      <w:r w:rsidR="00E317E6" w:rsidRPr="00BC0F06">
+      <w:r w:rsidR="00E317E6" w:rsidRPr="00E317E6">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E317E6" w:rsidRPr="00BC0F06" w:rsidRDefault="00E317E6" w:rsidP="00567BAB">
+    <w:p w:rsidR="00E317E6" w:rsidRPr="00E317E6" w:rsidRDefault="00E317E6" w:rsidP="00567BAB">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BC0F06">
+      <w:r w:rsidRPr="00E317E6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Наш детский сад располагается по адресу: город Павлодар, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00567BAB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">улица </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E317E6">
         <w:rPr>
           <w:rStyle w:val="a5"/>
           <w:b w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>По</w:t>
+        </w:rPr>
+        <w:t>Лермонтов</w:t>
       </w:r>
-      <w:r w:rsidR="00D25D26" w:rsidRPr="00D25D26">
+      <w:r w:rsidR="00567BAB">
         <w:rPr>
           <w:rStyle w:val="a5"/>
           <w:b w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>шта</w:t>
+        </w:rPr>
+        <w:t>а</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BC0F06">
+      <w:r w:rsidRPr="00E317E6">
         <w:rPr>
           <w:rStyle w:val="a5"/>
           <w:b w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> индекс</w:t>
+        </w:rPr>
+        <w:t>, 46/1. Почтовый индекс</w:t>
       </w:r>
-      <w:r w:rsidR="00D25D26" w:rsidRPr="00D25D26">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="a5"/>
           <w:b w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>і</w:t>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BC0F06">
+      <w:r w:rsidRPr="00E317E6">
         <w:rPr>
           <w:rStyle w:val="a5"/>
           <w:b w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BC0F06">
+      <w:r w:rsidRPr="00E317E6">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BC0F06">
+      <w:r w:rsidRPr="00E317E6">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">140000 </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001375CB" w:rsidRPr="00BC0F06" w:rsidRDefault="001375CB" w:rsidP="001375CB">
+    <w:p w:rsidR="001375CB" w:rsidRPr="00E317E6" w:rsidRDefault="001375CB" w:rsidP="001375CB">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="151515"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00791280" w:rsidRPr="00BC0F06" w:rsidRDefault="00791280" w:rsidP="001375CB">
+    <w:p w:rsidR="00791280" w:rsidRPr="00E317E6" w:rsidRDefault="00791280" w:rsidP="001375CB">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="151515"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00791280" w:rsidRPr="00BC0F06" w:rsidRDefault="00791280" w:rsidP="001375CB">
+    <w:p w:rsidR="00791280" w:rsidRPr="00E317E6" w:rsidRDefault="00791280" w:rsidP="001375CB">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="151515"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001375CB" w:rsidRPr="00BC0F06" w:rsidRDefault="001375CB" w:rsidP="001375CB">
+    <w:p w:rsidR="00791280" w:rsidRPr="00791280" w:rsidRDefault="00791280" w:rsidP="001375CB">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="151515"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00567BAB" w:rsidRPr="00BC0F06" w:rsidRDefault="00567BAB" w:rsidP="00D25D26">
+    <w:p w:rsidR="001375CB" w:rsidRPr="00E317E6" w:rsidRDefault="001375CB" w:rsidP="001375CB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00567BAB" w:rsidRPr="00E317E6" w:rsidRDefault="00567BAB" w:rsidP="00567BAB">
       <w:pPr>
         <w:pStyle w:val="3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2F4F8"/>
         <w:spacing w:before="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:color w:val="151515"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00195E0E">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:color w:val="151515"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6C5CECBC" wp14:editId="43F2C8E1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B591DC9" wp14:editId="04D89DE3">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1586865</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>-1270</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="304800" cy="142875"/>
                 <wp:effectExtent l="0" t="0" r="19050" b="28575"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2" name="Равнобедренный треугольник 2"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="304800" cy="142875"/>
                         </a:xfrm>
                         <a:prstGeom prst="triangle">
                           <a:avLst>
                             <a:gd name="adj" fmla="val 56250"/>
                           </a:avLst>
@@ -400,512 +371,412 @@
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype id="_x0000_t5" coordsize="21600,21600" o:spt="5" adj="10800" path="m@0,l,21600r21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:formulas>
                   <v:f eqn="val #0"/>
                   <v:f eqn="prod #0 1 2"/>
                   <v:f eqn="sum @1 10800 0"/>
                 </v:formulas>
                 <v:path gradientshapeok="t" o:connecttype="custom" o:connectlocs="@0,0;@1,10800;0,21600;10800,21600;21600,21600;@2,10800" textboxrect="0,10800,10800,18000;5400,10800,16200,18000;10800,10800,21600,18000;0,7200,7200,21600;7200,7200,14400,21600;14400,7200,21600,21600"/>
                 <v:handles>
                   <v:h position="#0,topLeft" xrange="0,21600"/>
                 </v:handles>
               </v:shapetype>
               <v:shape id="Равнобедренный треугольник 2" o:spid="_x0000_s1026" type="#_x0000_t5" style="position:absolute;margin-left:124.95pt;margin-top:-.1pt;width:24pt;height:11.25pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCE6wRGxQIAAJIFAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1uEzEQviPxDpbvdDdL0paomypqVYRU&#10;tRUt6tn12ski/2E72YQTgiM8BI/Ar8SPyjNs3oixd7OpaMUBkYMzszPzzczn8eztL6RAc2ZdqVWO&#10;e1spRkxRXZRqkuNnF0cPdjFynqiCCK1YjpfM4f3R/Xt7lRmyTE+1KJhFAKLcsDI5nnpvhkni6JRJ&#10;4ra0YQqMXFtJPKh2khSWVIAuRZKl6XZSaVsYqylzDr4eNkY8ivicM+pPOXfMI5FjqM3H08bzKpzJ&#10;aI8MJ5aYaUnbMsg/VCFJqSBpB3VIPEEzW96CkiW12mnut6iWiea8pCz2AN300j+6OZ8Sw2IvQI4z&#10;HU3u/8HSk/mZRWWR4wwjRSRcUf2+/lB/qq/rX/XH+mv9ZfUKzuv6evW2/o5Wr4O6elN/BvPP1Tsw&#10;fKt/oCwQWRk3BLxzc2ZbzYEYWFlwK8M/9IsWkfxlRz5beETh48O0v5vCFVEw9frZ7s4gYCabYGOd&#10;f8y0REHIsbclURMR+CFDMj92PvJftF2Q4jlGXAq4zTkRaLCdDeJtA2DrDNIaEvKE4ptyo+SXggU8&#10;oZ4yDvxAgVnMFCeTHQiLADbHhFKmfK8xTUnBms+DFH5t/V1E7CYCBmReCtFhtwBh6m9jNzS0/iGU&#10;xcHugtO/FdYEdxExs1a+C5al0vYuAAFdtZkb/zVJDTWBpStdLGF6rG6elTP0qIS7OSbOnxELzMN1&#10;wm7wp3Bwoasc61bCaKrty7u+B38Yb7BiVMG7zLF7MSOWYSSeKBj8R71+PzzkqPQHOxko9qbl6qZF&#10;zeSBhmvqwRYyNIrB34u1yK2Wl7BCxiErmIiikDvH1Nu1cuCbfQFLiLLxOLrB4zXEH6tzQwN4YDXM&#10;0sXiklizHlCY7BO9fsPt2DWMbnxDpNLjmde89MG44bVV4OHHwWmXVNgsN/XotVmlo98AAAD//wMA&#10;UEsDBBQABgAIAAAAIQBhStdA3AAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyD&#10;tUjcWoeAKEnjVAjBkQMlEvTmxNskIl5HtpMGvp7lRG87mtHsm2K32EHM6EPvSMHNOgGB1DjTU6ug&#10;en9ZPYAIUZPRgyNU8I0BduXlRaFz4070hvM+toJLKORaQRfjmEsZmg6tDms3IrF3dN7qyNK30nh9&#10;4nI7yDRJ7qXVPfGHTo/41GHztZ+sAvz4ea4mv5mrw6tv7PGTAepMqeur5XELIuIS/8Pwh8/oUDJT&#10;7SYyQQwK0rss46iCVQqC/TTbsK75SG9BloU8H1D+AgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAITrBEbFAgAAkgUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAGFK10DcAAAACAEAAA8AAAAAAAAAAAAAAAAAHwUAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAAoBgAAAAA=&#10;" adj="12150" fillcolor="#4f81bd [3204]" strokecolor="#243f60 [1604]" strokeweight="2pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00844F29" w:rsidRPr="00BC0F06">
-[...26 lines deleted...]
-      <w:r w:rsidR="00844F29" w:rsidRPr="00BC0F06">
+      <w:r w:rsidRPr="00E317E6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-        <w:t>Электрондық өтініштер</w:t>
+          <w:bCs w:val="0"/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Электронные обращения</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D25D26" w:rsidRPr="00BC0F06" w:rsidRDefault="00D25D26" w:rsidP="00D25D26">
+    <w:p w:rsidR="00567BAB" w:rsidRDefault="00567BAB" w:rsidP="00567BAB">
       <w:pPr>
-        <w:tabs>
-[...23 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="activity-populationappealdesc"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D25D26">
-[...7 lines deleted...]
-        <w:t>Бізге өтініш жазып, жібере аласыз</w:t>
+      <w:r w:rsidRPr="005B4450">
+        <w:rPr>
+          <w:rStyle w:val="activity-populationappealdesc"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Вы можете написать и отправить </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="activity-populationappealdesc"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нам </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B4450">
+        <w:rPr>
+          <w:rStyle w:val="activity-populationappealdesc"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обращение   </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="11199" w:type="dxa"/>
         <w:tblInd w:w="-1310" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2552"/>
         <w:gridCol w:w="8647"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00567BAB" w:rsidRPr="00C46C1A" w:rsidTr="00567BAB">
+      <w:tr w:rsidR="00567BAB" w:rsidRPr="002D7A19" w:rsidTr="00567BAB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00567BAB" w:rsidRPr="008A75D0" w:rsidRDefault="00567BAB" w:rsidP="00D25D26">
+          <w:p w:rsidR="00567BAB" w:rsidRPr="008A75D0" w:rsidRDefault="00567BAB" w:rsidP="00567BAB">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rStyle w:val="activity-populationappealdesc"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008A75D0">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>email</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="008A75D0">
               <w:rPr>
                 <w:rStyle w:val="activity-populationappealdesc"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...8 lines deleted...]
-              <w:t>электрондық пошта</w:t>
+              <w:t xml:space="preserve"> электронной почты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8647" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00567BAB" w:rsidRPr="00567BAB" w:rsidRDefault="004F1137" w:rsidP="00567BAB">
+          <w:p w:rsidR="00567BAB" w:rsidRPr="00567BAB" w:rsidRDefault="002D7A19" w:rsidP="00567BAB">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rStyle w:val="activity-populationappealdesc"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId5" w:history="1">
-              <w:r w:rsidR="00567BAB" w:rsidRPr="00844F29">
+              <w:r w:rsidR="00567BAB" w:rsidRPr="008E2524">
                 <w:rPr>
                   <w:rStyle w:val="a6"/>
                   <w:color w:val="0070C0"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:t>sad38@goo.edu.kz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00567BAB" w:rsidRPr="00567BAB">
               <w:rPr>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">; </w:t>
             </w:r>
             <w:hyperlink r:id="rId6" w:history="1">
-              <w:r w:rsidR="00567BAB" w:rsidRPr="00844F29">
+              <w:r w:rsidR="00567BAB" w:rsidRPr="008E2524">
                 <w:rPr>
                   <w:rStyle w:val="a6"/>
                   <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
                   <w:color w:val="0070C0"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:t>sad-</w:t>
               </w:r>
               <w:r w:rsidR="00567BAB" w:rsidRPr="00567BAB">
                 <w:rPr>
                   <w:rStyle w:val="a6"/>
                   <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
                   <w:color w:val="0070C0"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> </w:t>
               </w:r>
-              <w:r w:rsidR="00567BAB" w:rsidRPr="00844F29">
+              <w:r w:rsidR="00567BAB" w:rsidRPr="008E2524">
                 <w:rPr>
                   <w:rStyle w:val="a6"/>
                   <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
                   <w:color w:val="0070C0"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:t>38@mail.ru</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00567BAB" w:rsidRPr="00567BAB" w:rsidTr="00567BAB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00567BAB" w:rsidRPr="00D25D26" w:rsidRDefault="00D25D26" w:rsidP="00D25D26">
+          <w:p w:rsidR="00567BAB" w:rsidRPr="008A75D0" w:rsidRDefault="00567BAB" w:rsidP="00567BAB">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rStyle w:val="activity-populationappealdesc"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-            </w:r>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00567BAB" w:rsidRPr="008A75D0">
+            <w:r w:rsidRPr="008A75D0">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Instagram</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00567BAB" w:rsidRPr="008A75D0">
-[...12 lines deleted...]
-              <w:t>парағы</w:t>
+            <w:r w:rsidRPr="008A75D0">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  страница детского сада</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8647" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00567BAB" w:rsidRPr="00567BAB" w:rsidRDefault="00567BAB" w:rsidP="00567BAB">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rStyle w:val="activity-populationappealdesc"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E317E6">
               <w:rPr>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>iaslisad38</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00567BAB" w:rsidRPr="00C46C1A" w:rsidTr="00567BAB">
+      <w:tr w:rsidR="00567BAB" w:rsidRPr="00567BAB" w:rsidTr="00567BAB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00567BAB" w:rsidRPr="00D25D26" w:rsidRDefault="00D25D26" w:rsidP="00D25D26">
+          <w:p w:rsidR="00567BAB" w:rsidRPr="008A75D0" w:rsidRDefault="00567BAB" w:rsidP="00567BAB">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rStyle w:val="activity-populationappealdesc"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...32 lines deleted...]
-              <w:t>парағы</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A75D0">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Instagram  страница руководителя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8647" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00567BAB" w:rsidRPr="00BC0F06" w:rsidRDefault="004F1137" w:rsidP="00567BAB">
+          <w:p w:rsidR="00567BAB" w:rsidRPr="00567BAB" w:rsidRDefault="002D7A19" w:rsidP="00567BAB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
-              <w:r w:rsidR="00567BAB" w:rsidRPr="00BC0F06">
+              <w:r w:rsidR="00567BAB" w:rsidRPr="00567BAB">
                 <w:rPr>
                   <w:rStyle w:val="a6"/>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="0070C0"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
-                  <w:lang w:val="kk-KZ"/>
                 </w:rPr>
                 <w:t>https://www.instagram.com/38_sad_aybakirova?igsh=NzNnMmt6aWZnbWgw</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00567BAB" w:rsidRPr="00BC0F06">
+            <w:r w:rsidR="00567BAB" w:rsidRPr="00567BAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00567BAB" w:rsidRPr="00BC0F06" w:rsidRDefault="00567BAB" w:rsidP="00567BAB">
+          <w:p w:rsidR="00567BAB" w:rsidRPr="00567BAB" w:rsidRDefault="00567BAB" w:rsidP="00567BAB">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rStyle w:val="activity-populationappealdesc"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00567BAB" w:rsidRPr="00567BAB" w:rsidTr="00EF0B6C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00567BAB" w:rsidRPr="00D25D26" w:rsidRDefault="00D25D26" w:rsidP="00567BAB">
+          <w:p w:rsidR="00567BAB" w:rsidRPr="00567BAB" w:rsidRDefault="00567BAB" w:rsidP="00567BAB">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rStyle w:val="activity-populationappealdesc"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="activity-populationappealdesc"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Байланыстар</w:t>
+              </w:rPr>
+              <w:t>наши контакты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8647" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00567BAB" w:rsidRPr="00D25D26" w:rsidRDefault="00567BAB" w:rsidP="008A75D0">
+          <w:p w:rsidR="00567BAB" w:rsidRDefault="00567BAB" w:rsidP="008A75D0">
             <w:pPr>
               <w:ind w:left="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="010101"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E317E6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="010101"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">8(7182)62-91-44 </w:t>
-[...9 lines deleted...]
-              <w:t>қабылдау бөлмесі</w:t>
+              <w:t xml:space="preserve">8(7182)62-91-44 приёмная </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00567BAB" w:rsidRDefault="00567BAB" w:rsidP="008A75D0">
             <w:pPr>
               <w:ind w:left="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="010101"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E317E6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="010101"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">8(7182)32-59-91 бухгалтерия </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00567BAB" w:rsidRDefault="00567BAB" w:rsidP="008A75D0">
             <w:pPr>
@@ -994,71 +865,69 @@
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w:rsidR="00567BAB" w:rsidRPr="00E317E6" w:rsidRDefault="00567BAB" w:rsidP="008A75D0">
             <w:pPr>
               <w:ind w:left="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="010101"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00567BAB" w:rsidRPr="00567BAB" w:rsidTr="00EF0B6C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00567BAB" w:rsidRPr="00D25D26" w:rsidRDefault="00D25D26" w:rsidP="00567BAB">
+          <w:p w:rsidR="00567BAB" w:rsidRPr="008A75D0" w:rsidRDefault="008A75D0" w:rsidP="00567BAB">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rStyle w:val="activity-populationappealdesc"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A75D0">
               <w:rPr>
                 <w:rStyle w:val="activity-populationappealdesc"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Сенім телефоны</w:t>
+              </w:rPr>
+              <w:t>телефон доверия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8647" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="00567BAB" w:rsidRPr="008A75D0" w:rsidRDefault="008A75D0" w:rsidP="008A75D0">
             <w:pPr>
               <w:ind w:left="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="010101"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00126499">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="010101"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -1269,388 +1138,326 @@
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="010101"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00567BAB" w:rsidRPr="00E317E6" w:rsidRDefault="00567BAB" w:rsidP="00567BAB">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F4F8"/>
         <w:rPr>
           <w:rStyle w:val="activity-populationappealdesc"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="616161"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00567BAB" w:rsidRPr="000C5386" w:rsidRDefault="00844F29" w:rsidP="00567BAB">
+    <w:p w:rsidR="00567BAB" w:rsidRPr="00D07F8B" w:rsidRDefault="00A125FB" w:rsidP="00567BAB">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F4F8"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="activity-populationappealdesc"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000C5386">
+      <w:r w:rsidRPr="00D07F8B">
         <w:rPr>
           <w:rStyle w:val="activity-populationappealdesc"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>Сұрақ қою</w:t>
+        </w:rPr>
+        <w:t>Задать вопрос</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00567BAB" w:rsidRPr="000C5386" w:rsidRDefault="00844F29" w:rsidP="00567BAB">
+    <w:p w:rsidR="00567BAB" w:rsidRPr="00E317E6" w:rsidRDefault="00567BAB" w:rsidP="00567BAB">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F4F8"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="activity-populationappealdesc"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:color w:val="616161"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000C5386">
+      <w:r w:rsidRPr="00D07F8B">
         <w:rPr>
           <w:rStyle w:val="activity-populationappealdesc"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>Мен сізге қалай к</w:t>
+        </w:rPr>
+        <w:t>Чем я могу вам помочь</w:t>
       </w:r>
-      <w:r w:rsidR="00C46C1A">
+      <w:r w:rsidRPr="00E317E6">
         <w:rPr>
           <w:rStyle w:val="activity-populationappealdesc"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...22 lines deleted...]
-          <w:b/>
+          <w:color w:val="616161"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00567BAB" w:rsidRPr="00791280" w:rsidRDefault="00567BAB" w:rsidP="00567BAB"/>
-    <w:p w:rsidR="00567BAB" w:rsidRDefault="00567BAB" w:rsidP="00567BAB">
+    <w:p w:rsidR="00567BAB" w:rsidRPr="00791280" w:rsidRDefault="00567BAB" w:rsidP="00567BAB"/>
+    <w:p w:rsidR="001375CB" w:rsidRPr="005B4450" w:rsidRDefault="001375CB">
       <w:pPr>
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="F2F4F8"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="005B4450">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="F2F4F8"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Вы можете записаться на личный прием</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00585D09" w:rsidRDefault="00585D09" w:rsidP="00567BAB">
-[...13 lines deleted...]
-    <w:p w:rsidR="0095347D" w:rsidRDefault="00844F29" w:rsidP="001375CB">
+    <w:p w:rsidR="001375CB" w:rsidRDefault="001375CB" w:rsidP="001375CB">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-          <w:sz w:val="32"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0095347D">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="0095347D">
+      <w:r w:rsidRPr="005B4450">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-          <w:sz w:val="32"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>График</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...4 lines deleted...]
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+      <w:r w:rsidRPr="005B4450">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-        <w:t>Азаматтарды жеке қабылдау кестесі:</w:t>
+        </w:rPr>
+        <w:t>приема граждан</w:t>
       </w:r>
-    </w:p>
-[...12 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3732"/>
         <w:gridCol w:w="2925"/>
         <w:gridCol w:w="2914"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00844F29" w:rsidTr="00844F29">
+      <w:tr w:rsidR="001375CB" w:rsidTr="001375CB">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3732" w:type="dxa"/>
+            <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00844F29" w:rsidRPr="00585D09" w:rsidRDefault="00844F29" w:rsidP="00585D09">
-[...3 lines deleted...]
-              <w:spacing w:after="0"/>
+          <w:p w:rsidR="001375CB" w:rsidRPr="005B4450" w:rsidRDefault="001375CB" w:rsidP="00126499">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...8 lines deleted...]
-              <w:t>Аты-жөні</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B4450">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ФИО</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2925" w:type="dxa"/>
+            <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00844F29" w:rsidRPr="00585D09" w:rsidRDefault="00844F29" w:rsidP="00585D09">
-[...3 lines deleted...]
-              <w:spacing w:after="0"/>
+          <w:p w:rsidR="001375CB" w:rsidRPr="005B4450" w:rsidRDefault="001375CB" w:rsidP="00126499">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...9 lines deleted...]
-              <w:t>Қабылдау күндері</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B4450">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Даты приема</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2914" w:type="dxa"/>
+            <w:tcW w:w="3191" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00844F29" w:rsidRPr="00585D09" w:rsidRDefault="00844F29" w:rsidP="00585D09">
-[...3 lines deleted...]
-              <w:spacing w:after="0"/>
+          <w:p w:rsidR="001375CB" w:rsidRPr="005B4450" w:rsidRDefault="001375CB" w:rsidP="00126499">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...9 lines deleted...]
-              <w:t>Байланыс телефоны</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B4450">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Контактный телефон для записи</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001375CB" w:rsidTr="00844F29">
+      <w:tr w:rsidR="001375CB" w:rsidTr="001375CB">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3732" w:type="dxa"/>
+            <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="001375CB" w:rsidRPr="005B4450" w:rsidRDefault="005B4450">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:lang/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7348552E" wp14:editId="38F8AAB7">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="09F5EF2A" wp14:editId="3AE4D8ED">
                   <wp:extent cx="1905000" cy="2476500"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="6" name="Рисунок 6" descr="C:\Users\User\Desktop\637763ca19896.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\User\Desktop\637763ca19896.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId8">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1905000" cy="2476500"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00BC0F06" w:rsidRDefault="005B4450" w:rsidP="00BC0F06">
-[...6 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="001375CB" w:rsidRDefault="005B4450" w:rsidP="00126499">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00126499">
               <w:rPr>
                 <w:rStyle w:val="a5"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Аубакирова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00126499">
               <w:rPr>
                 <w:rStyle w:val="a5"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00126499">
               <w:rPr>
@@ -1678,1248 +1485,1002 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Жангалиевна</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00126499">
               <w:rPr>
                 <w:rStyle w:val="a5"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="00126499">
               <w:rPr>
                 <w:rStyle w:val="a5"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
+            <w:r w:rsidRPr="00126499">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">руководитель ясли </w:t>
+            </w:r>
             <w:r w:rsidR="00126499" w:rsidRPr="00126499">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00126499">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сада</w:t>
+            </w:r>
+            <w:r w:rsidR="00126499" w:rsidRPr="00126499">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
               <w:t xml:space="preserve"> № 38</w:t>
             </w:r>
-            <w:r w:rsidR="00844F29">
-[...36 lines deleted...]
-          <w:p w:rsidR="00BC0F06" w:rsidRPr="009504AE" w:rsidRDefault="00BC0F06" w:rsidP="00BC0F06">
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+          </w:p>
+          <w:p w:rsidR="00457BF5" w:rsidRPr="00457BF5" w:rsidRDefault="002D7A19" w:rsidP="00457BF5">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="212529"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="009504AE">
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="212529"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...25 lines deleted...]
-            <w:r w:rsidRPr="009504AE">
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidR="00457BF5" w:rsidRPr="00457BF5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="212529"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="009504AE">
+              </w:rPr>
+              <w:t>озраст:</w:t>
+            </w:r>
+            <w:r w:rsidR="00457BF5" w:rsidRPr="00457BF5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="212529"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="00BC0F06" w:rsidRPr="009504AE" w:rsidRDefault="00BC0F06" w:rsidP="00BC0F06">
+              </w:rPr>
+              <w:t> 59 лет</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002D7A19" w:rsidRDefault="00457BF5" w:rsidP="00457BF5">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="212529"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="009504AE">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00457BF5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="212529"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="009504AE">
+              </w:rPr>
+              <w:t>категория:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00457BF5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="212529"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="00BC0F06" w:rsidRPr="00BC0F06" w:rsidRDefault="00BC0F06" w:rsidP="00BC0F06">
+              </w:rPr>
+              <w:t xml:space="preserve"> III </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00457BF5" w:rsidRPr="00457BF5" w:rsidRDefault="00457BF5" w:rsidP="00457BF5">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="212529"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BC0F06">
+            <w:r w:rsidRPr="00457BF5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="212529"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>басшының</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00BC0F06">
+              <w:t>общий стаж дошкольного воспитания:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00457BF5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> 34 года</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00457BF5" w:rsidRPr="00457BF5" w:rsidRDefault="00457BF5" w:rsidP="00457BF5">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00457BF5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="212529"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...73 lines deleted...]
-            <w:r w:rsidRPr="00BC0F06">
+              <w:t>общий стаж руководителя:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00457BF5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="212529"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t> 12 жас</w:t>
-[...8 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:t> 12 лет</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00457BF5" w:rsidRPr="00126499" w:rsidRDefault="00457BF5" w:rsidP="00126499">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2925" w:type="dxa"/>
+            <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00126499" w:rsidRPr="00844F29" w:rsidRDefault="00844F29">
-[...27 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="00126499" w:rsidRDefault="00126499">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="010101"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00126499">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="010101"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>с</w:t>
-[...10 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">понедельник </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00126499" w:rsidRDefault="00126499">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="010101"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00126499">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="010101"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 9.00</w:t>
-[...10 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">с 9.00 до 12.00 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00126499" w:rsidRDefault="00126499">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="010101"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00126499">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="010101"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> до 12.00 </w:t>
-[...40 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:t xml:space="preserve">среда </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001375CB" w:rsidRPr="00126499" w:rsidRDefault="00126499">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00126499">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="010101"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>с</w:t>
-[...58 lines deleted...]
-            </w:pPr>
+              <w:t>с 9.00 до 12.00</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2914" w:type="dxa"/>
+            <w:tcW w:w="3191" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="001375CB" w:rsidRPr="00126499" w:rsidRDefault="00126499">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E317E6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="010101"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>8(7182)</w:t>
-[...17 lines deleted...]
-              <w:t>62-91-44</w:t>
+              <w:t>8(7182)62-91-44</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="001375CB" w:rsidRDefault="001375CB"/>
-    <w:p w:rsidR="00585D09" w:rsidRPr="00585D09" w:rsidRDefault="00585D09" w:rsidP="00585D09">
+    <w:p w:rsidR="00567BAB" w:rsidRPr="00D07F8B" w:rsidRDefault="008A75D0">
       <w:pPr>
-        <w:pStyle w:val="HTML"/>
-        <w:spacing w:line="540" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="1F1F1F"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00585D09">
-[...8 lines deleted...]
-        <w:t>Сондай-ақ балабақша әкімшілігіне сұрақтар қоюға болады</w:t>
+      <w:r w:rsidRPr="00D07F8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Также Вы можете задать вопросы  администрации детского сада</w:t>
       </w:r>
-    </w:p>
-[...7 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3190"/>
         <w:gridCol w:w="3190"/>
         <w:gridCol w:w="3191"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00585D09" w:rsidTr="002D6B85">
+      <w:tr w:rsidR="008A75D0" w:rsidTr="002D6B85">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00585D09" w:rsidRPr="00585D09" w:rsidRDefault="00585D09" w:rsidP="00015D0D">
-[...3 lines deleted...]
-              <w:spacing w:after="0"/>
+          <w:p w:rsidR="008A75D0" w:rsidRPr="005B4450" w:rsidRDefault="008A75D0" w:rsidP="002D6B85">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...8 lines deleted...]
-              <w:t>Аты-жөні</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B4450">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ФИО</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00585D09" w:rsidRPr="00585D09" w:rsidRDefault="00585D09" w:rsidP="00015D0D">
-[...3 lines deleted...]
-              <w:spacing w:after="0"/>
+          <w:p w:rsidR="008A75D0" w:rsidRPr="00D07F8B" w:rsidRDefault="00D07F8B" w:rsidP="002D6B85">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...9 lines deleted...]
-              <w:t>Қабылдау күндері</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>часы работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3191" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00585D09" w:rsidRPr="00585D09" w:rsidRDefault="00585D09" w:rsidP="00015D0D">
-[...3 lines deleted...]
-              <w:spacing w:after="0"/>
+          <w:p w:rsidR="008A75D0" w:rsidRPr="005B4450" w:rsidRDefault="008A75D0" w:rsidP="008A75D0">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...35 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B4450">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Контактный телефон для </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...134 lines deleted...]
-              <w:t>(7182)62-91-44</w:t>
+              </w:rPr>
+              <w:t>обращения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008A75D0" w:rsidTr="002D6B85">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008A75D0" w:rsidRPr="005B4450" w:rsidRDefault="00585D09" w:rsidP="0095347D">
+          <w:p w:rsidR="008A75D0" w:rsidRPr="005B4450" w:rsidRDefault="008A75D0" w:rsidP="002D6B85">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008A75D0" w:rsidRPr="00126499" w:rsidRDefault="008A75D0" w:rsidP="008A75D0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>№</w:t>
+              </w:rPr>
+              <w:t>медицинская сестра</w:t>
             </w:r>
             <w:r w:rsidRPr="00126499">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 38</w:t>
-[...17 lines deleted...]
-              <w:t>дәмбикесі</w:t>
+              <w:t xml:space="preserve"> ясли – сада № 38</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0095347D" w:rsidRPr="0095347D" w:rsidRDefault="0095347D" w:rsidP="0095347D">
-[...6 lines deleted...]
-                <w:color w:val="1F1F1F"/>
+          <w:p w:rsidR="008A75D0" w:rsidRDefault="00D07F8B" w:rsidP="002D6B85">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="010101"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="010101"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidR="008A75D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="010101"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> рабочие дни </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008A75D0" w:rsidRDefault="008A75D0" w:rsidP="002D6B85">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="010101"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00126499">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="010101"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>с 9.00 до 1</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="y2iqfc"/>
-[...1 lines deleted...]
-                <w:color w:val="1F1F1F"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="010101"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00126499">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="010101"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.00</w:t>
+            </w:r>
+            <w:r w:rsidR="00D07F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="010101"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>ж</w:t>
-[...40 lines deleted...]
-                <w:color w:val="010101"/>
+              <w:t xml:space="preserve"> часов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00126499">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="010101"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008A75D0" w:rsidRPr="00126499" w:rsidRDefault="008A75D0" w:rsidP="002D6B85">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3191" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008A75D0" w:rsidRPr="00E317E6" w:rsidRDefault="008A75D0" w:rsidP="002D6B85">
-            <w:pPr>
+          <w:p w:rsidR="008A75D0" w:rsidRPr="00126499" w:rsidRDefault="008A75D0" w:rsidP="002D6B85">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E317E6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="010101"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>8(7182)62-91-44</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A75D0" w:rsidTr="002D6B85">
+      <w:tr w:rsidR="00D07F8B" w:rsidTr="002D6B85">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008A75D0" w:rsidRPr="005B4450" w:rsidRDefault="0095347D" w:rsidP="002D6B85">
+          <w:p w:rsidR="00D07F8B" w:rsidRPr="005B4450" w:rsidRDefault="00D07F8B" w:rsidP="002D6B85">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>№</w:t>
+              </w:rPr>
+              <w:t>диетсестра</w:t>
             </w:r>
             <w:r w:rsidRPr="00126499">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 38</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> сәбилер- бақшасының бухгалтері</w:t>
+              <w:t xml:space="preserve"> ясли – сада № 38</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0095347D" w:rsidRPr="0095347D" w:rsidRDefault="0095347D" w:rsidP="0095347D">
-[...6 lines deleted...]
-                <w:color w:val="1F1F1F"/>
+          <w:p w:rsidR="00D07F8B" w:rsidRDefault="00D07F8B" w:rsidP="00D07F8B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="010101"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="010101"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>в</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="y2iqfc"/>
-[...1 lines deleted...]
-                <w:color w:val="1F1F1F"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="010101"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> рабочие дни </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D07F8B" w:rsidRDefault="00D07F8B" w:rsidP="00D07F8B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="010101"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00126499">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="010101"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>с 9.00 до 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="010101"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00126499">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="010101"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.00</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="010101"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>ж</w:t>
-[...36 lines deleted...]
-          <w:p w:rsidR="008A75D0" w:rsidRDefault="008A75D0" w:rsidP="002D6B85">
+              <w:t xml:space="preserve"> часов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00126499">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="010101"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D07F8B" w:rsidRPr="006133EE" w:rsidRDefault="00D07F8B" w:rsidP="00732D6E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="010101"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3191" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008A75D0" w:rsidRPr="00E317E6" w:rsidRDefault="008A75D0" w:rsidP="0095347D">
+          <w:p w:rsidR="00D07F8B" w:rsidRPr="00E317E6" w:rsidRDefault="00D07F8B" w:rsidP="002D6B85">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="010101"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D07F8B" w:rsidTr="002D6B85">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3190" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D07F8B" w:rsidRPr="005B4450" w:rsidRDefault="00D07F8B" w:rsidP="002D6B85">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бухгалтер</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00126499">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ясли – сада № 38</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3190" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D07F8B" w:rsidRDefault="00D07F8B" w:rsidP="00D07F8B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="010101"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="010101"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="010101"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> рабочие дни </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D07F8B" w:rsidRDefault="00D07F8B" w:rsidP="00D07F8B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="010101"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00126499">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="010101"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>с 9.00 до 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="010101"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00126499">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="010101"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.00</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="010101"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> часов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00126499">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="010101"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D07F8B" w:rsidRPr="006133EE" w:rsidRDefault="00D07F8B" w:rsidP="00732D6E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="010101"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3191" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D07F8B" w:rsidRPr="00E317E6" w:rsidRDefault="00D07F8B" w:rsidP="00D07F8B">
             <w:pPr>
               <w:ind w:left="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="010101"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E317E6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="010101"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>8</w:t>
-[...18 lines deleted...]
-              <w:t xml:space="preserve">(7182)32-59-91 </w:t>
+              <w:t xml:space="preserve">8(7182)32-59-91 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="008A75D0" w:rsidRPr="00567BAB" w:rsidRDefault="008A75D0"/>
     <w:sectPr w:rsidR="008A75D0" w:rsidRPr="00567BAB">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004C3A2E"/>
-    <w:rsid w:val="000C5386"/>
     <w:rsid w:val="00126499"/>
     <w:rsid w:val="001375CB"/>
-    <w:rsid w:val="00195E0E"/>
+    <w:rsid w:val="002D7A19"/>
+    <w:rsid w:val="00457BF5"/>
     <w:rsid w:val="004C3A2E"/>
-    <w:rsid w:val="004F1137"/>
     <w:rsid w:val="00567BAB"/>
-    <w:rsid w:val="00585D09"/>
     <w:rsid w:val="005B4450"/>
     <w:rsid w:val="00791280"/>
-    <w:rsid w:val="00844F29"/>
     <w:rsid w:val="008A75D0"/>
-    <w:rsid w:val="009504AE"/>
-    <w:rsid w:val="0095347D"/>
+    <w:rsid w:val="008E2524"/>
     <w:rsid w:val="00A125FB"/>
     <w:rsid w:val="00A44290"/>
-    <w:rsid w:val="00BC0F06"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00D25D26"/>
+    <w:rsid w:val="00D07F8B"/>
     <w:rsid w:val="00E317E6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -3313,116 +2874,50 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005B4450"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a8">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="005B4450"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="colorblue">
-[...64 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
@@ -3791,116 +3286,50 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005B4450"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a8">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="005B4450"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="colorblue">
-[...64 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
     <w:div w:id="51124866">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1190338339">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
@@ -3968,196 +3397,90 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1056317437">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1063065179">
-[...91 lines deleted...]
-    </w:div>
     <w:div w:id="1387070371">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1781682069">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1919515128">
-[...11 lines deleted...]
-    </w:div>
     <w:div w:id="1927035462">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1971744374">
+    <w:div w:id="1963536927">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2130315467">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
@@ -4493,70 +3816,70 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>1584</Characters>
+  <Pages>1</Pages>
+  <Words>272</Words>
+  <Characters>1552</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>13</Lines>
+  <Lines>12</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1858</CharactersWithSpaces>
+  <CharactersWithSpaces>1821</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>