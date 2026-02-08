--- v0 (2025-12-06)
+++ v1 (2026-02-08)
@@ -1,45498 +1,36403 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00993652" w:rsidRPr="006B353E" w:rsidRDefault="00993652" w:rsidP="00993652">
+    <w:p w:rsidR="00C141D5" w:rsidRPr="0087265C" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0087265C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>№ 194 от 30.07.2024</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C141D5" w:rsidRPr="0087265C" w:rsidRDefault="00C141D5" w:rsidP="006807C0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="5664" w:firstLine="708"/>
+        <w:contextualSpacing/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0087265C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t xml:space="preserve">«БЕКІТЕМІН»                                                                                 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087265C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087265C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087265C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="00C141D5" w:rsidRPr="0087265C" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B353E">
+      <w:r w:rsidRPr="0087265C">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«КЕЛІСЕМІН»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C141D5" w:rsidRPr="0087265C" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0087265C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Павлодар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087265C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087265C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>облысы бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0087265C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0087265C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ім беру басқармасы      </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C141D5" w:rsidRPr="0087265C" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0087265C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">басшысы________ С..Айтказина                                                    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C141D5" w:rsidRPr="0087265C" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0087265C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     «_____»  тамыз 2024 ж.                                               </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C141D5" w:rsidRPr="0087265C" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C141D5" w:rsidRPr="0087265C" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C141D5" w:rsidRPr="0087265C" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0087265C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">План работы по реализации программы воспитания </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087265C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>«</w:t>
       </w:r>
-      <w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0087265C">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Бекітемін</w:t>
+        <w:t>Біртұтас</w:t>
       </w:r>
-      <w:r w:rsidRPr="006B353E">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0087265C">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>»</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...3 lines deleted...]
-        <w:jc w:val="right"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0087265C">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t>тәрбие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0087265C">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Мектеп басшысы:</w:t>
+        <w:t>» в организациях образования</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00993652" w:rsidRDefault="00993652" w:rsidP="00993652">
-[...2041 lines deleted...]
-    </w:p>
+    <w:p w:rsidR="009A6FDB" w:rsidRPr="0087265C" w:rsidRDefault="009A6FDB"/>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a3"/>
-        <w:tblW w:w="14850" w:type="dxa"/>
+        <w:tblW w:w="14737" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="698"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2693"/>
+        <w:gridCol w:w="534"/>
+        <w:gridCol w:w="139"/>
+        <w:gridCol w:w="19"/>
+        <w:gridCol w:w="12"/>
+        <w:gridCol w:w="4791"/>
+        <w:gridCol w:w="29"/>
+        <w:gridCol w:w="821"/>
+        <w:gridCol w:w="1447"/>
+        <w:gridCol w:w="850"/>
+        <w:gridCol w:w="1105"/>
+        <w:gridCol w:w="2864"/>
+        <w:gridCol w:w="538"/>
+        <w:gridCol w:w="1588"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005F7C63" w:rsidRPr="0005519B" w:rsidTr="00622B57">
-[...5 lines deleted...]
-          <w:p w:rsidR="00035011" w:rsidRPr="0005519B" w:rsidRDefault="00035011" w:rsidP="002E633A">
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14737" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>План воспитательной работы для организаций среднего образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14737" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="006807C0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Сентябрь – месяц трудолюбия и профессионализма</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1 сентября – «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>күні</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>» (День знаний)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>5 сентября – День языков народов Казахстана</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Второе воскресенье сентября – День семьи</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Третье воскресенье сентября – День матери</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Последнее воскресенье сентября – День труда</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Балалар жазушысы Бердібек Соқпақбаевтың  туғанына 100 жыл (13.10.1924-1992) </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">* Предлагаемый план воспитательной работы может быть дополнен организацией образования в соответствии с особенностями региона, организации, потребностями </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>обучающихся</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">**Содержание, форма, место, методы и приемы проведения классных часов, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>внутришкольных</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мероприятий, представленных в плане воспитательной работы, могут быть выбраны организациями образования самостоятельно в соответствии с особенностями организации, потребностями и интересами обучающихся.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>*** Учитывая особенности и тип организации образования, рекомендуется регулярно проводить классные часы и включать их в расписание уроков каждый понедельник.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">****10 минут в конце или начале каждого еженедельного классного часа должны быть посвящены урокам </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>безопасности.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5811" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">День знаний. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Мектеп</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>мейі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>мекені</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>!»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Уроки безопасности (10 минут)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Поднятие государственного флага, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>посвященн</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ого </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> началу учебного года в рамках реализации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>областного проекта «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Менің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>туым</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Торжественное мероприятие /классный час</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Заместитель директора по воспитательной работе, классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 неделя сентября </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5811" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Челлендж</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ітап</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>азығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (минутные ролики о том,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>кто какие книги читал</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>летом) в рамках республиканского проекта «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Балалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>кітапханасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Челлендж</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Заместитель директора по воспитательной работе, классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 неделя сентября </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5811" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Тілім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>менің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ғ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>асырлар</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> аманат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(ко дню рождения </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>А.Байтурсынова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Общешкольное мероприятие, посвященное Дню языков народов Казахстана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Педагоги гуманитарного цикла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 неделя сентября </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5811" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Тайм-менеджмент и самоорганизация</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (ЦППР)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Родительское собрание </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Заместитель директора по воспитательной работе, классные руководители, педагог-психолог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 неделя сентября </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5811" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Безопасность дорожного движения </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Уроки безопасности (10 минут)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Классный час</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Классные руководители совместно с заинтересованными государственными органами </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2 неделя сентября</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5811" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сергіту сәті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Физкультминутка </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Учителя физической культуры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2 неделя сентября</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5811" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Челлендж</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Біздің отбасылық жәдігер/ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Моя семейная реликвия</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>» в рамках областного проекта «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Family</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>day</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Челлендж</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>приуроченный</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ко Дню семьи</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Заместитель директора по воспитательной работе, классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 неделя сентября </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5811" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
             <w:pPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="4007"/>
+                <w:tab w:val="left" w:pos="1928"/>
               </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Моя семья- мой счастливый дом</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">», час круглого стола </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">( встреча с представителями общественных обьединений «Сенімен Болашақ», «Нұр-Ана әлемі» и др.) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>в  рамках областных проектов  «Аққу» для девочек и «Мирас» для юношей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1928"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Круглый стол </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1928"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1928"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Руководители областных проектов«Аққу» и «Мирас»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1928"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3  неделя сентября</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5811" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1928"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Областной этап Республиканского дебатного турнира «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ұлттық</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1928"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>пікірсайыс турниры</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>» в рамках работы фракции «Образование</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1928"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>и культура» Школьного парламента</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1928"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Дебатный турнир</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1928"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Заметсители директоров по воспитательной работе, руководители дебатных клубов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1928"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 - </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3 неделя сентября</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:trPr>
+          <w:trHeight w:val="1714"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5811" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Буллингтен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қорған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Уроки безопасности (10 минут)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Профилактическое мероприятие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Классные руководители совместно с заинтересованными государственными органами (ДВД и другие)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3 неделя сентября</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5811" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1928"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Областной проект «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Путь к успеху</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1928"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>в рамках республиканского проекта «Енбегі адал -  жас өрен»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1928"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Встреча с известными и</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1928"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>знаменитыми личностями нашего региона</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1928"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Заместитель директора по воспитательной работе, классные руководители, вожатые.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1928"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3 неделя сентября</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5811" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>түб</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>береке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Уроки безопасности (10 минут)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Классный час, посвященный Дню труда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Классные руководители </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>4 неделя сентября</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5811" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1928"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Областная акция «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Таза қала –көрікті мекен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>» в рамках работы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1928"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">фракции «Экология и труд» Школьного </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>парламента</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1928"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Экологический десант, чистая пятница </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1928"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Заместитель директора по воспитательной работе, классные руководители, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>вожатые.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1928"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>4 неделя сентября</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5811" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1928"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Акция «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Дары осени</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">»  в рамках областного проекта «ЭКОboom» (1-4 кл.) </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1928"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Акция «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сад будущего</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>» в рамках областного проекта «ЭКОboom» (1 и 11 кл.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1928"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Акция «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Чудо в перьях</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»  в рамках областного проекта «ЭКОboom» (1-7 кл.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1928"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Акция «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Твори добро</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>» в рамках областного проекта «ЭКОboom» (1-11 кл.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1928"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Акция </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1928"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, вожатые</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1928"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>В течение месяца</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14737" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="0087265C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Октябрь – месяц независимости и патриотизма</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1 октября – Международный день пожилых людей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>5 октября – День учителя</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>24 октября – День библиотекаря</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>25 октября – День Республики</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ақын, қолбасшы Махамбет Өтемісовтың туғанына 220 жыл (1804-1846)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Рахымжан Қошқарбаевтың туғанына 100 жыл (1924-1888)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Қоғамға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ету</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>» волонтерская деятельность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в рамках республиканского проекта «Қамқө</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Уроки безопасности (10 минут)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3147" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Общешкольная акция </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>волонтерства</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Заместитель директора по воспитательной работе, педагоги-предметники, классные руководители, вожатый</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 неделя октября </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Челлендж</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Даналық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ұстаздан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в рамках республиканского проекта «Шабыт»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3147" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Челлендж</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>посвященный</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Дню учителя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Классные руководители, самоуправление школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 неделя октября </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Интервью с любимым учителем «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Сыр-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сұхбат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в рамках республиканского проекта «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Енбегі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>адал</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жас</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>өрен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3147" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Интервью </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Заместитель директора по воспитательной работе, вожатый</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1 неделя октября</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Единый День дублера</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» в рамках </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>№</w:t>
-[...122 lines deleted...]
-              <w:t xml:space="preserve">Мерзімі  </w:t>
+              <w:t>работы фракции «Патриотизм» Школьного парламента</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3147" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">День самоуправления </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Заместитель директора по </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>воспитательной работе, самоуправление школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">1 неделя </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>октября</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0082272F" w:rsidRPr="0005519B" w:rsidTr="00622B57">
-[...1449 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5464" w:type="dxa"/>
-[...26 lines deleted...]
-            <w:pPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Безопасность дорожного движения </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Уроки безопасности (10 минут)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3147" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Классный час</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Классные руководители совместно с заинтересованными государственными органами </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1 неделя октября</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ойын</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>салауатты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>көзқарас</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Уроки безопасности (10 минут)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3147" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Профилактическое мероприятие (профилактика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>лудомании</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Заместитель директора по воспитательной работе, классные руководители, совместно с заинтересованными государственными органами</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1 неделя октября</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Цифрлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>әлемде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ау</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>іпсіз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қадам</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Уроки безопасности (10 минут)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3147" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Профилактическое мероприятие </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Заместитель директора по воспитательной работе, классные руководители, совместно с заинтересованными государственными органами</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 неделя октября </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ярмарка «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Күзгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>асар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в рамках республиканского проекта «Енбегі адал – жас өрен»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3147" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ярмарка </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Классные руководители </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="1" w:name="OLE_LINK1"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 неделя октября </w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="1"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Мульти-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>пати</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Әжемнің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ертегілері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>» в</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>рамках</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> республиканского проекта «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Балалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>кітапханасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3147" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Просмотр мульфильмов </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Библиотекарь, классные руководители </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 неделя октября </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>VII областной слет добровольных школьных клубов «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Адал</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ұрпақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в рамках работы фракции «Право и порядок»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Школьного парламента. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3147" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Слет </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Заместители директоров по воспитательной работе, старшие  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">вожатые,  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>руководители клубов «Адал</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>ұрпақ»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>2 неделя октября</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Буллингтен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қорған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>!</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Уроки безопасности (10 минут)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3147" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Профилактическое мероприятие </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Классные руководители, совместно с заинтересованными государственными органами</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 неделя октября </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Областная фотовыставка «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Замечательные места моего родного</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>края»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в рамках работы фракции «Информации и печати»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Школьного парламента</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3147" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Фотовыставка </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Старший вожатый, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">учителя художественного труда, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>самоуправление школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3 неделя октября</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Областной проект «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Я - лидер</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>» в рамках работы фракции «Образование и культура» Школьного парламента</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3147" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Проект </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Старший вожатый, самоуправление школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3 неделя октября</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Әнұран орындау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3147" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Исполнение гимна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Заместитель директора по воспитательной работе, классные руководители, учитель музыки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4 неделя октября</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Литературный вечер «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Рахымжан Қошқарбаевтың туғанына 100 жыл (1924-1888)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»  в рамках областных  проектов  «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Мирас</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>» и «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Аққу».</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3147" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Литературный вечер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Руководители клубов </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Мирас</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>» и «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Аққу»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>4 неделя</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> октября</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Областной торжественный прием в ряды ОДЮО «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Жас</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ұлан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>» в рамках работы фракции «Патриотизм»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Школьного парламента (5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>кл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3147" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Торжественный</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">прием </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Старший вожатый, самоуправление школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>4 неделя октября</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Дебаты </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">в рамках республиканского проекта </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ұшқыр</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ой </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ала</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ңы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3147" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Школьные дебаты </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Вожатый, самоуправление школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4 неделя октября </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Республикам – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>мақтанышым</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">! </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Уроки безопасности (10 минут)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3147" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Общешкольное </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>мероприятие/классный час, посвященное Дню Республики</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Заместитель директора по </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>воспитательной работе, педагоги-предметники, классные руководители, вожатый</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">4 неделя </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">октября </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Читаем книги на каникулах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3147" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Общешкольное мероприятие, посвященное Дню библиотекаря</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Заместитель директора по воспитательной работе, библиотекарь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>4 неделя октября</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Поэтические состязания «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ақындар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>айтысы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>» в рамках Концепции</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Төрт</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>тоқсан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>төрт</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>өнер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3147" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Поэтические состязания</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Заместитель директора по воспитательной работе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, учителя музыки, вожатые. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>4 неделя октября</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Акция «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Дары осени</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>» в рамках областного проекта «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ЭКО</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>boom</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» (1-4 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>кл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Акция «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ЭКО </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>развивайка</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>» в рамках областного проекта «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ЭКО</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>boom</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» (1-9 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>кл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Акция «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Чудо в перьях</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в рамках областного проекта «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ЭКО</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>boom</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» (1-7 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>кл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Акция «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Твори добро</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>» в рамках областного проекта «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ЭКО</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>boom</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» (1-11 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>кл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3147" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Акция </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Классные руководители, вожатые</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">В течение  месяца </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14737" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="0087265C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...54 lines deleted...]
-              <w:t>Жартыжылдықта бір рет</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Ноябрь – месяц справедливости и ответственности</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Үш бәйтерек»  Сәкен Сейфуллин, Іли</w:t>
+            </w:r>
+            <w:r w:rsidR="0087265C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">яс Жансүгіров, Бейімбет Майлин </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- 130 жылдығы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>15 ноября – День национальной валюты – тенге</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>16 ноября – Международный день толерантности</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекет және қоғам қайраткері Тұрар Рысқұловтың туғанына 130 жыл (1894-1943)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00893B08" w:rsidRPr="0005519B" w:rsidTr="00683352">
-[...2196 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5464" w:type="dxa"/>
-[...132 lines deleted...]
-              <w:t>Жыл бойы</w:t>
+            <w:tcW w:w="4990" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Адал</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>азамат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Адал</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Адал</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>табыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">»  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Уроки безопасности (10 минут)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Классный час </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Классные руководители </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 неделя ноября </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006825EB" w:rsidRPr="0005519B" w:rsidTr="00683352">
-[...19 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5464" w:type="dxa"/>
-[...113 lines deleted...]
-              <w:t>1 қыркүйек</w:t>
+            <w:tcW w:w="4990" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Школьный театр </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>в рамках республиканского проекта «Шабыт»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Театральная постановка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Учителя эстетического цикла, /педагоги языковых предметов, педагоги</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>дополнительного</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Самоуправление школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1 неделя ноября</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC2430" w:rsidRPr="0005519B" w:rsidTr="00683352">
-[...21 lines deleted...]
-                <w:szCs w:val="28"/>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5464" w:type="dxa"/>
-[...98 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="4990" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>15 ноября – День национальной валюты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Классный час</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2 неделя ноября</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC2430" w:rsidRPr="00D83DB3" w:rsidTr="00FC2430">
-[...24 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5464" w:type="dxa"/>
-[...35 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:tcW w:w="4990" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Интеллектуальные игры </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">в рамках республиканского проекта </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ұшқыр</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ой </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ала</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ңы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Интеллектуальные игры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Педагоги дополнительного образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2 неделя ноября</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4990" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Соревнование </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Алтын </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сақа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>» в рамках Концепции «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Төрт</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00F92111">
-[...458 lines deleted...]
-              <w:t>мамыр</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>тоқсан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>төрт</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>өнер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Соревнование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Заместитель директора по воспитательной работе, классные руководители,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> учителя физической культуры </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2 неделя ноября</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC2430" w:rsidRPr="00FC2430" w:rsidTr="00FC2430">
-[...141 lines deleted...]
-            </w:pPr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4990" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Час общения в школе бабушек</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>и дедушек «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ибалы ұл, инабатты қыз -өмір көркі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>» в рамках областных проектов «Мирас» и «Аққу»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Час общения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Заместитель директора по воспитательной работе, классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2 неделя ноября</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC2430" w:rsidRPr="00D83DB3" w:rsidTr="00FC2430">
-[...117 lines deleted...]
-            </w:pPr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4990" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Асық ату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Игра </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3 неделя ноября</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC2430" w:rsidRPr="00D83DB3" w:rsidTr="00FC2430">
-[...117 lines deleted...]
-            </w:pPr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4990" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Областной КВН «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жайдарлы Жас Ұлан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>» в рамках работы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>фракции «Образование и культура» Школьного парламента</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>КВН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Заместитель директора по воспитательной работе, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>вожатые, школьный парламент</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3 неделя ноября</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC2430" w:rsidRPr="00F92111" w:rsidTr="00FC2430">
-[...2958 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5464" w:type="dxa"/>
-[...73 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:tcW w:w="4990" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Конкурс «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Startup</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в рамках республиканского проекта «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Smart</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>bala</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Конкурс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Самоуправление школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3 неделя ноября</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4990" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Буллингтен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қорған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>!</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Уроки безопасности (10 минут)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Профилактическое мероприятие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Классные руководители, совместно с заинтересованными государственными органами</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="2" w:name="OLE_LINK2"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3 неделя ноября</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="2"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4990" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Областная защита проектов «</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тарих</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қа тағзым</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Защита проектов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Учителя  истории, классные руководители .</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>4 неделя ноября</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4990" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ө</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>м</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ірге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>салауатты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қадам</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Уроки безопасности (10 минут)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Профилактическое мероприятие </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Заместитель директора по воспитательной работе, классные руководители, совместно с заинтересованными государственными органами</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>4 неделя ноября</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4990" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ответственность за свои поступки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Классный час </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Классные руководители, совместно с заинтересованными государственными органами</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>4 неделя ноября</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4990" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Областной социальный конкурс «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Адал жүректі еріктілер жасағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>» в рамках республиканского проекта «Қамқор»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Конкурс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Заместитель директора по воспитательной работе,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> старшие </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>вожатые, классные руководители.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>4 неделя ноября</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4990" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Акция «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Спорт против наркотиков</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>!» в рамках работы фракции «Спорт и ЗОЖ» Школьного парламента</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Акция</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Заместитель директора по воспитательной работе,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> старшие </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>вожатые, классные руководители.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4 неделя ноября</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4990" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Акция «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Чудо в перьях</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>» в рамках областного проекта «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ЭКО</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>boom</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» (1-7 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>кл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Акция «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Твори добро</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>» в рамках областного проекта «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ЭКО</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>boom</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» (1-11 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>кл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Акция «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Кафе для птиц</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>» в рамках областного проекта «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ЭКО</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>boom</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (1-4 кл.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Акция</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Старшие вожатые, классные руководители.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">В течение месяца </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4990" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Единый час чтения в школе, на перемене в рамках</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>республиканского проекта «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Балалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>кітапханасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Единый час чтения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Библиотекарь, классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>В течение месяца</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4990" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Инфо-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Time</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> –</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
-            <w:r w:rsidR="00F221F5" w:rsidRPr="00F92111">
-[...70 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>20 фактов из жизни</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>выдающихся знаменитостей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">рамках </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>республиканского</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>проекта «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Балалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>кітапханасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (9-11 кл.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Инфо-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Time</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Библиотекарь, классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>В течение месяца</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14737" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="006807C0" w:rsidRDefault="00C141D5" w:rsidP="006807C0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006807C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Декабрь – месяц единства и солидарности</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>5 декабря – Всемирный день волонтеров</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>16 декабря – День Независимости Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="692" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4832" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Акция «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Табиғатқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қамқорлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жасаймыз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>в рамках республиканского проекта «Қамқө</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Уроки безопасности (10 минут)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Акция по поддержке чистоты в школе/классе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Классные руководители </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 неделя декабря </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="692" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4832" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Акция:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
-            <w:r w:rsidR="00F221F5" w:rsidRPr="00F92111">
-[...190 lines deleted...]
-              <w:t>сәуір</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Дармарка</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-в</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>торая жизнь вещей</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>» в рамках Республиканского проекта «Қамқор»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve"> Акция </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Вожатый, самоуправление школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 неделя декабря </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D83DB3" w:rsidRPr="00D83DB3" w:rsidTr="00F221F5">
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
         <w:trPr>
-          <w:trHeight w:val="754"/>
+          <w:trHeight w:val="635"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="698" w:type="dxa"/>
-[...10079 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:tcW w:w="692" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5464" w:type="dxa"/>
-[...15 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:tcW w:w="4832" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Челлендж</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Жеті</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ст</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ігімді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>еліме</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>арнаймын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Челлендж</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Вожатый, самоуправление школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 неделя декабря </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="692" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4832" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Республиканский проект «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Балалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>кітапханасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Литературный вечер / книжная ярмарка / конкурс книжных персонажей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Классные руководители </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 неделя декабря </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="692" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4832" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Областной проект «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Путь к успеху</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в рамках республиканского проекта «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Енбегі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>адал</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жас</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>өрен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Проект </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Заместитель директора по воспитательной работе</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 неделя декабря</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="692" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4832" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Круглый стол «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Тәуелсіздік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>–е</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>мерейі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>» в рамках областных</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>проектов «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Мирас</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>» и «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Аққу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Круглый стол</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Руководители клубов </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D83DB3">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Мирас</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>» и «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Аққу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2 неделя декабря</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="692" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4832" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Областной проект «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Я - лидер</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>» в рамках работы фракции</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«Образование и культура» Школьного парламента</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Областной проект</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Старший вожатый, самоуправление школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2 неделя декабря</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="692" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4832" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Дебаты </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">в рамках республиканского проекта </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ұшқыр</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ой </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ала</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ңы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Школьные дебаты </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Старший вожатый, самоуправление школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3 неделя декабря</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="692" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4832" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Буллингтен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қорған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>!</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Уроки безопасности (10 минут)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Профилактическое мероприятие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Классные руководители, совместно с заинтересованными государственными органами</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3 неделя декабря</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="692" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4832" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ойын</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>салауатты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>көзқарас</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Уроки безопасности (10 минут)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Профилактическое мероприятие (профилактика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>лудомании</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Заместитель директора по воспитательной работе, классные руководители, совместно с заинтересованными государственными органами</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3 неделя декабря</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="692" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4832" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ценность «Единство и солидарность»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Уроки безопасности (10 минут)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Классный час</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3 неделя декабря</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="692" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4832" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Шығарма жазу: болашаққа хат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сочинение </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3 неделя декабря</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="692" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4832" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Конкурс рисунков по сказкам, легендам,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>былинам, преданиям,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">эпосам казахского народа </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">рамках </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>республиканского</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>проекта «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Балалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>кітапханасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> среди 1-4 классов.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Конкурс рисунков</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">В течение месяца </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="692" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4832" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Акция «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Чудо в перьях</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>» в рамках областного проекта «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ЭКО</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>boom</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» (1-7 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>кл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Акция «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Твори добро</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>» в рамках областного проекта «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ЭКО</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>boom</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» (1-11 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>кл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Акция «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Кафе для птиц</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>» в рамках областного проекта «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ЭКО</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>boom</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» (1-4 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>кл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Акция</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Классные руководители, старшие вожатые</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>В течение месяца</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14737" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="006807C0" w:rsidRDefault="00C141D5" w:rsidP="006807C0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006807C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Январь – месяц закона и порядка</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1 января – Новый год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Марафон профессий</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">» </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D83DB3">
-[...129 lines deleted...]
-              <w:t>2 тоқсан</w:t>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>в рамках республиканского проекта «Енбегі адал – жас өрен»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Конкурс </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Учителя художественного</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>труда, информатики,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>робототехники</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 неделя января </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D83DB3" w:rsidRPr="00A008B3" w:rsidTr="00E26AEF">
-[...205 lines deleted...]
-            </w:r>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Мы – против коррупции!</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Уроки безопасности (10 минут)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Классный час</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Заместитель директора по воспитательной работе, классные руководители, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>совместно с заинтересованными государственными органами</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>2 неделя января</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D83DB3" w:rsidRPr="00A008B3" w:rsidTr="00622B57">
-[...2947 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5464" w:type="dxa"/>
-[...66 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Литературные чтения  по произведениям великих акынов Прииртышья  в рамках республиканского проекта </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Балалар кітапханасы»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Чтения </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2 неделя января</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Интеллектуальные игры </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">в рамках республиканского проекта </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
-            <w:r w:rsidRPr="00700175">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ұшқыр</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ой </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
-            <w:r>
-[...14 lines deleted...]
-              <w:t xml:space="preserve"> 1</w:t>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ала</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00700175">
-[...29 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ңы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Интеллектуальные игры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Педагоги дополнительного образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3 неделя января</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Буллингтен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қорған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>!</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Уроки безопасности (10 минут)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Профилактическое мероприятие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3 неделя января</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="3"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="3"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Конкурс проектов «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="3"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Карта коррупционных правонорушений»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="3"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в рамках республиканского проекта </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="3"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Жеткіншектін жеті жарғысы» </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Конкурс </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Заместители директора по воспитательной работе, классные руководители, учителя истории</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3 неделя января</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Правовой час</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Мен және менің құқығым</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">»  в рамках областных  проектов </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Мирас» и «Аққу»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Правовой час</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Заместители директора по воспитательной работе, руководители клубов «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Акку</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>» и «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Мирас</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3 неделя января</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ценность «Закон и порядок»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Уроки безопасности (10 минут)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Классный час</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>4 неделя января</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Конкурс «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Өнертапқ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ышты</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ққа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>алғашқы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қадам</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>в рамках республиканского проекта «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Smart</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>bala</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Конкурс </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Учителя информатики,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">учителя </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>глобальных</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>компетенций</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>4 неделя января</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Областной проект</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Путь к успеху» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>рамках республиканского проекта</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Енбегі адал жас өрен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Проект </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Заместители директора по </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>воспитательной работе, старшие вожатые, классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>4 неделя января</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қазақ есебі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Решение интеллектуальных заданий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Учителя математики</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4 неделя января</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Областная защита проектов «</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тарих</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қа тағзым</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Защита проектов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Учителя  истории, классные руководители .</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>4 неделя января</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Акция «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Чудо в перьях</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» в рамках областного проекта </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
-            <w:r w:rsidRPr="00700175">
-[...49 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ЭКО</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>boom</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>» (1-7 кл.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Акция «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Твори добро</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>» в рамках областного проекта «ЭКО</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>boom</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>» (1-11 кл.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Акция «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кафе для птиц</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>» в рамках областного проекта «ЭКО</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>boom</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>» (1-4 кл.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Акция </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Классные руководители, старшие вожатые</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>В течение месяца</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14737" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="006807C0" w:rsidRDefault="00C141D5" w:rsidP="006807C0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006807C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Февраль – месяц созидания и новаторства</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>14 февраля – Международный день дарения книг</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Первый вторник февраля — Всемирный день безопасного Интернета</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тарихшы Ермұхан Бекмахановтың туғанына 110 жыл (15.02.1915,06.05.1966)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Цифрлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>әлемде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ау</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>іпсіз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қадам</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Уроки безопасности (10 минут)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Профилактическое мероприятие </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Заместитель директора по воспитательной работе, классные руководители, совместно с заинтересованными государственными органами</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 неделя февраля </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Дебаты </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">в рамках республиканского </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">проекта </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
-            <w:r w:rsidRPr="00700175">
-[...12 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ұшқыр</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ой </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ала</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ңы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r>
-[...169 lines deleted...]
-              <w:t>наурыз</w:t>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Школьные дебаты </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Вожатый, самоуправление </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">1 неделя </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">февраля </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D83DB3" w:rsidRPr="00700175" w:rsidTr="00E26AEF">
-[...2549 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5464" w:type="dxa"/>
-[...5 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Буллингтен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қорған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>!</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Уроки безопасности (10 минут)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Профилактическое мероприятие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2 неделя февраля</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Челлендж</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Шын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ"/>
-[...145 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...81 lines deleted...]
-            <w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жүректен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ітап</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сыйла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>!</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в рамках республиканского проекта «Балалар кітапханасы»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Челлендж</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Библиотекарь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Самоуправление школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2 неделя февраля</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Областной проект  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Я - лидер</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>» в рамках работы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>фракции</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Образование и культура» Школьного парламента</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Проект</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Старшие вожатые, самоуправление школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2 неделя февраля</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Воспитательный час</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Дос болам десен,досыңды сыйла,қымбаттым!</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> HYPERLINK </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>в рамках областного проекта</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Мирас»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Воспитательный час</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Руководители клубов  «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Мирас</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2 неделя февраля</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Час здоровья</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> « Қызға қырық үйден тыйым» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>в рамках областного проекта «Аққу»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Час здоровья</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Руководители клубов «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Акку</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2 неделя февраля</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ау</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>іпсіз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қоғам</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Уроки безопасности (10 минут)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Профилактическое мероприятие </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Заместитель директора по воспитательной работе, классные руководители, совместно с заинтересованными государственными органами</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 неделя февраля </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Конкурс «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Startup</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в рамках республиканского проекта «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Smart</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>bala</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Конкурс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Самоуправление школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3 неделя ноября</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Акция</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Неделя добра</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>» в рамках областного проекта «Камкор»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Акция </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Классные руководители, старшие вожатые, самоуправление</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3 неделя февраля</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Игра «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Путешествие в мир профессий</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">в рамках республиканского проекта </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Енбегі адал- жас өрен»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Игра </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Старшие вожатые, классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3 неделя февраля</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Правопорядок и социальная ответственность </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Уроки безопасности (10 минут)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Классный час</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>4 неделя февраля</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мастер-класс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Ұлттық аспапатар сыры</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»  в рамках областного проекта «Аққу»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Мастер-класс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Руководители клубов «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Акку</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>4 неделя февраля</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқуға қуштар мектеп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Чтение книг</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Библиотекарь, классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4 неделя февраля</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Час  чтения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ітап қана</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>» в рамках республиканского проекта «Балалар кітапханасы»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Час чтения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Библиотекарь, классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>В течение месяца</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Акция </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Чудо в перьях»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в рамках областного проекта </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ЭКО</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>boom</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>» (1-7 кл.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Акция «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Твори добро»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в рамках областного проекта </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«ЭКО</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>boom</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>» (1-11 кл.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Акция «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кафе для птиц</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>» в рамках областного проекта «ЭКО</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>boom</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>» (1-4 кл.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Акция </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Классные руководители, старшие вожатые</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>В течение месяца</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14737" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="006807C0" w:rsidRDefault="00C141D5" w:rsidP="006807C0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...22 lines deleted...]
-            <w:pPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006807C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Март – месяц независимости и патриотизма</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1 марта – День Благодарности</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>8 марта – Международный женский день</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Қазаө</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ханы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Қасым</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ханның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>туғанына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 580 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (1445-1521)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">21, 22, 23 марта – праздник </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Наурыз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>30 марта – Всемирный день Земли</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="692" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4832" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Алғыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ізгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ниет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Уроки безопасности (10 минут)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Классный час </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Классные руководители  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 неделя марта </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="692" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4832" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ойын</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>салауатты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>көзқарас</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Уроки безопасности (10 минут)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Профилактическое мероприятие </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Заместитель директора по воспитательной работе, классные руководители, совместно с заинтересованными государственными органами</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 неделя марта </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="692" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4832" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Областной челлендж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Спасибо за...» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>в рамках Дня благодарности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Челлендж</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Заместители директора по воспитательной работе, классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1 неделя марта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="692" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4832" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Челлендж</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ананың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>аялы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ала</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қаны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в рамках республиканского проекта «Шабыт»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Челлендж</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Самоуправление школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2 неделя марта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="692" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4832" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Выставка «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ұлттық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>мәдениет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>в рамках республиканского проекта «Шабыт»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Выставка </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Учителя художественного</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">труда, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>классные</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>руководители</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Самоуправление школы/ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2 неделя марта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="692" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4832" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Акция  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Коррупции нет! Вместе  против нарушений в школе»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  в рамках работы фракции «Право и порядок» Школьного парламента</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Акция </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Заместители директора по воспитательной работе, старшие вожатые, самоуправление школы,  классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2 неделя марта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="692" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4832" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Школьный театр </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>в рамках республиканского проекта «Шабыт»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Театральная постановка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Учителя эстетического</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">цикла,/педагоги языковых предметов, педагоги </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>дополнительного образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Самоуправление школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>3 неделя марта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="692" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4832" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Наурыз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> басы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Уроки безопасности (10 минут)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Классный час</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Классные руководители  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 неделя марта </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="692" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4832" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Областной конкурс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Ұлы даланың ерке қызы» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>в рамках областного проекта «Аққу»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Конкурс </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Руководители клуба  «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Акку</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3 неделя марта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="692" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4832" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Домбырашылар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Исполнение кюев</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Учителя музыки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3 неделя марта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="692" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4832" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Экологическая акция «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Час Земли</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в рамках республиканского проекта «Қамқө</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Акция </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Учителя-предметники </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>рамках</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Недели/Декады</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>естественных наук</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>4 неделя марта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="692" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4832" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Час творчества</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Аталар мұрасы-халық қазынасы»   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>в рамках областного проекта «Мирас»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Час творчества</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Руководители клуба «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Мирас</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>4 неделя марта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="692" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4832" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мастер-класс совместно с клубом бабушек</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Өнерлі қыз»     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>в рамках областного проекта «Аққу»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Мастер-класс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Руководители клуба  «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Акку</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>4 неделя марта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="692" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4832" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Областной этап республиканского  форума  «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Открываем мир профессий»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Форум </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Заместители директора по воспитательной работе, классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>4 неделя марта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="692" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4832" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Букроссинг в рамках республиканского проекта</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Балалар кітапханасы»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Буккроссинг</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Библиотекарь, классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>В течение месяца</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="692" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4832" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Акция «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Чудо в перьях</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>» в рамках областного проекта «ЭКО</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>boom</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>» (1-7 кл.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Акция «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Твори добро</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>» в рамках областного проекта «ЭКО</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>boom</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» (1-11 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>кл.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Акция «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кафе для птиц</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>» в рамках областного проекта «ЭКО</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>boom</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>» (1-4 кл.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Акция </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Бум баттл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>» в рамках областного проекта «ЭКО</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>boom</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>» (1-11 кл.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Акция </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Классные руководители старшие вожатые</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>В течение месяца</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14737" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="006807C0" w:rsidRDefault="00C141D5" w:rsidP="006807C0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...143 lines deleted...]
-              <w:t>Мамыр</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006807C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Апрель – месяц трудолюбия и профессионализма</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2 апреля – Международный день детской книги</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>7 апреля – Всемирный день здоровья</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>12 апреля – День Науки</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>15 апреля – Международный день культуры</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">18 апреля – Международный день охраны памятников и исторических мест </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>23-апреля  – Национальный день книги</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ақын Тұманбай Молдағалиевтің туғанына 90 жыл (20.03.1938)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ҚР еңбек сіңірген мұғалімі Бітібаева Қанипа Омарғалиқызының туғанына 80 жыл (1.05.1945-2014)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D83DB3" w:rsidRPr="0005519B" w:rsidTr="00622B57">
-[...23 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="673" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4851" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Алғыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ізгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ниет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Уроки безопасности (10 минут)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Классный час </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Классные руководители  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1 неделя апреля</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="673" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4851" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Книги, которые мы выбираем</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Классный час</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Классные руководители  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1 неделя апреля</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="673" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4851" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ө</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>м</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ірге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>салауатты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қадам</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Уроки безопасности (10 минут)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Профилактическое мероприятие </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Заместитель директора по воспитательной работе, классные руководители, совместно с заинтересованными государственными органами</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2 неделя апреля</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="673" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5464" w:type="dxa"/>
-[...717 lines deleted...]
-              <w:t>мамыр</w:t>
+            <w:tcW w:w="4851" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Час творчества</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Сұлулық қызға ғана тән»  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>в рамках областного проекта «Аққу»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Час творчества</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Руководители клубов «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Акку</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2 неделя апреля</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D83DB3" w:rsidRPr="0005519B" w:rsidTr="00E26AEF">
-[...23 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="673" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5464" w:type="dxa"/>
-[...25 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:tcW w:w="4851" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Мастер-класс для родителей «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Атада</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>н-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>өсиет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>анадан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қасиет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (ЦППР)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мастер-класс </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Классные руководители/ педагоги-психологи</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2 неделя апреля</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="673" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4851" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Областной проект  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Я - лидер</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>» в рамках работы фракции «Образование и культура» Школьного парламента</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Проект </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Старшая вожатая, самоуправление школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2 неделя апреля</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="673" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4851" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Игра в шахматы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Игра </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2 неделя апреля</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="673" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4851" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Буллингтен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қорған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>!</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Уроки безопасности (10 минут)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Профилактическое мероприятие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3 неделя апреля</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="673" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4851" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Дебаты </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">в рамках республиканского проекта </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ұшқыр</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ой </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ала</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ңы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Школьные дебаты </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Вожатый, самоуправление школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3 неделя апреля</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="673" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4851" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Фестиваль «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тұған өлкем</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>» в рамках Концепции «Төрт тоқсан – төрт өнер»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Фестиваль </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Заместители директора по воспитательной работе, учителя истории, классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3 неделя апреля</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="673" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4851" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Қоғамдық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>мүлікті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қорға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>!</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Уроки безопасности (10 минут)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Профилактическое мероприятие </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Заместитель директора по воспитательной работе, классные руководители, совместно с заинтересованными государственными органами</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>4 неделя апреля</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="673" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4851" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Экочеллендж</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Түлектердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ағаш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>егуі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в рамках республиканского проекта «Қамқө</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Челлендж</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Самоуправление школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>4 неделя апреля</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="673" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4851" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Областной конкурс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Сарбаз-ел қорғаны» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>в рамках областного проекта «Мирас»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Конкурс </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Руководители клубов «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Мирас</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>4 неделя апреля</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="673" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4851" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>онкурс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> авторских фантастических произведений в рамках недели </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>детской книги</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в рамках республиканского проекта «Балалар кітапханасы»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Конкурс </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ЗДВР, старшая вожатая, библиотекарь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>4 неделя апреля</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="673" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4851" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Областной конкурс </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Лучший руководитель </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>дебатного</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> клуба»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в рамках работы фракции «Образование и культура» Школьного </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>парлмаента</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Конкурс </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Вожатый, самоуправление школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>4 неделя апреля</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="673" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4851" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Акция «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Твори добро</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>» в рамках областного проекта «ЭКО</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>boom</w:t>
             </w:r>
-            <w:r w:rsidRPr="0005519B">
-[...5 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>» (1-11 кл.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Акция «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бум баттл»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в рамках областного проекта «ЭКО</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>boom</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>» (1-11 кл.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Акция </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Классные руководители, старшие вожатые</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>В течение месяца</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14737" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="006807C0" w:rsidRDefault="00C141D5" w:rsidP="006807C0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006807C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Май – месяц единства и солидарности</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1 мая – День единства народов Казахстана</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>7 мая – День защитников Родины</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>9 мая – День Победы в Великой Отечественной войне</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>15 май – Международный день семьи</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>18 мая – Международный день музеев</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>31 мая – День памяти жертв политических репрессий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="692" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4832" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мы разные, но равные </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Уроки безопасности (10 минут)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Классный час </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Классные руководители  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1 неделя мая</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="692" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4832" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Под одним шаныраком» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>в рамках Дня единства народов Казахстана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Фестиваль </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Заместитель директора по воспитательной работе, классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1 неделя мая</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="692" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4832" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Фестиваль военно-патриотических песен «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Жас</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Сарбаз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>» в рамках республиканского проекта «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Шабыт</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r>
-[...81 lines deleted...]
-              <w:t>Жыл бойы</w:t>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Фестиваль </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Учителя НВТП, учителя</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>музыки, классные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>руководители</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Самоуправление школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>2 неделя мая</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D83DB3" w:rsidRPr="0005519B" w:rsidTr="00683352">
-[...3333 lines deleted...]
-                <w:lang w:val="en-US"/>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="692" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5464" w:type="dxa"/>
-[...47 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:tcW w:w="4832" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Неделя, приуроченная ко Дню семьи «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Отбасылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...4 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>дә</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ст</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>үрлер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>» (ЦППР)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Выставка рисунков, фотографий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2 неделя мая</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="692" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4832" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Жасыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>мекен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Посадка саженцев</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Учителя биологии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2 неделя мая</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="692" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4832" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Областной конкурс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Моя семья – мое богатство</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>» в рамках областного проекта</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
-            <w:r w:rsidRPr="00714A44">
-[...103 lines deleted...]
-              <w:t>21 қаңтар</w:t>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Family</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>day</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Конкурс </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Заместитель директора по воспитательной работе, классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2 неделя мая</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D83DB3" w:rsidRPr="0005519B" w:rsidTr="00E26AEF">
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="692" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4832" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Акция </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Бум баттл»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в рамках областного проекта «ЭКО</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...47 lines deleted...]
-                <w:lang w:val="en-US"/>
+              <w:t>boom</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Акция </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2 неделя мая</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="692" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4832" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Музейный урок</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Мирас болған  мол мұра» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>в рамках областных  проектов  «Мирас» и «Аққу»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Музейный урок</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Руководители клубов «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Акку</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>» и «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Мирас</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>», руководители школьных музеев</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2 неделя мая</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="692" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4832" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Буллингтен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00714A44">
-[...21 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қорған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>!</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Уроки безопасности (10 минут)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Профилактическое мероприятие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>3 неделя мая</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="692" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4832" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ау</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>іпсіз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00714A44">
-[...12 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қоғам</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Уроки безопасности (10 минут)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Профилактическое мероприятие </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Заместитель директора по воспитательной работе, классные руководители, совместно с заинтересованными государственными органами</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 неделя мая </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="692" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4832" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Областной конкурс «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Менің туым - мақтанышым</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>», посвященный Дню государственных символов в рамках областного проекта «Менің туым»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Конкурс </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Заместитель директора по воспитательной работе, классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>3 неделя мая</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="692" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4832" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Торжественный прием </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жаскырановцев</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в ряды </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ЕДЮО «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Жас</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...228 lines deleted...]
-              <w:t>12 сәуір</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ұлан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» в рамках работы фракции </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>«Патриотизм» Школьного парламента</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Прием в ряды </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жаскырановцев</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Заместитель директора по воспитательной работе, старшие вожатые</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>3 неделя мая</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D83DB3" w:rsidRPr="0005519B" w:rsidTr="00E26AEF">
-[...153 lines deleted...]
-            </w:pPr>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="692" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4832" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Областной слет волонтеров в рамках областного проекта</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Камкор»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Слет </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ЗДВР, старшие вожатые</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>3 неделя мая</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D83DB3" w:rsidRPr="0005519B" w:rsidTr="00E26AEF">
-[...1118 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+      <w:tr w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidTr="0087265C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="692" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5464" w:type="dxa"/>
-[...11797 lines deleted...]
-              <w:t>Жыл бойы</w:t>
+            <w:tcW w:w="4832" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>м</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Отаныма</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>!</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Уроки безопасности (10 минут)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Классный час</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C141D5" w:rsidRPr="00C141D5" w:rsidRDefault="00C141D5" w:rsidP="00C141D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C141D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>4 неделя мая</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00035011" w:rsidRPr="00EE0FA3" w:rsidRDefault="00035011" w:rsidP="00EA0D03">
-[...11 lines deleted...]
-    <w:sectPr w:rsidR="00035011" w:rsidRPr="00EE0FA3" w:rsidSect="00EA0D03">
+    <w:p w:rsidR="00C141D5" w:rsidRDefault="00C141D5"/>
+    <w:sectPr w:rsidR="00C141D5" w:rsidSect="00C141D5">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="850" w:right="1134" w:bottom="1701" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Segoe UI">
-    <w:panose1 w:val="020B0502040204020203"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="TimesKaZ">
+    <w:altName w:val="Times New Roman"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000203" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000005" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="TimesNewRomanPSMT">
+    <w:altName w:val="Times New Roman"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-[...1 lines deleted...]
-    <w:nsid w:val="0B15460E"/>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="08B8235C"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="611E4144"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="0D436516"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="7480B614"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="12296C2C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="CAB4E3CE"/>
-    <w:lvl w:ilvl="0" w:tplc="DDB8804E">
+    <w:tmpl w:val="5D0E7140"/>
+    <w:lvl w:ilvl="0" w:tplc="40B852DA">
       <w:start w:val="1"/>
-      <w:numFmt w:val="upperRoman"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="720"/>
+        <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU"/>
       </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="170417BD"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="BC884C9A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="174E4331"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CA84C520"/>
+    <w:lvl w:ilvl="0" w:tplc="33F82E0C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="kk-KZ"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="2D497A09"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CEB4555E"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6">
+    <w:nsid w:val="2DAF42E1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E8662F04"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7">
+    <w:nsid w:val="3A3F51D8"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="36BA0F70"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8">
+    <w:nsid w:val="3A4C2860"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="68363CEE"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="502" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9">
+    <w:nsid w:val="3B7C4D0D"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="48009C8A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10">
+    <w:nsid w:val="474C792A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1296660E"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="502" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11">
+    <w:nsid w:val="4AAA23FA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0A049F18"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12">
+    <w:nsid w:val="4D644CE9"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="B3AEBEA8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13">
+    <w:nsid w:val="5148045C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F6D62B14"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -45523,58 +36428,346 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="107E6807"/>
+  <w:abstractNum w:abstractNumId="14">
+    <w:nsid w:val="5A9A0375"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="57F4912E"/>
-    <w:lvl w:ilvl="0" w:tplc="04190011">
+    <w:tmpl w:val="CA84C520"/>
+    <w:lvl w:ilvl="0" w:tplc="33F82E0C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1)"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="kk-KZ"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15">
+    <w:nsid w:val="5C2A0521"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C77A4890"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="502" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16">
+    <w:nsid w:val="5EEC5D5C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B94050C8"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17">
+    <w:nsid w:val="615E3029"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BB9CEB00"/>
+    <w:lvl w:ilvl="0" w:tplc="B418A634">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
@@ -45612,56 +36805,142 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="11CE4DA0"/>
+  <w:abstractNum w:abstractNumId="18">
+    <w:nsid w:val="62966B4B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FF46B504"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="502" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19">
+    <w:nsid w:val="62AF1944"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="6F300B62"/>
+    <w:tmpl w:val="09429B36"/>
     <w:lvl w:ilvl="0">
-      <w:start w:val="1"/>
+      <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -45725,1224 +37004,2149 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="2A8F5859"/>
+  <w:abstractNum w:abstractNumId="20">
+    <w:nsid w:val="68EA313B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="715EADE8"/>
-    <w:lvl w:ilvl="0" w:tplc="0419000F">
+    <w:tmpl w:val="B088D1AE"/>
+    <w:lvl w:ilvl="0" w:tplc="A24020F6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="180"/>
+        <w:ind w:left="1800" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="180"/>
+        <w:ind w:left="3960" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="180"/>
+        <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="4EC82078"/>
+  <w:abstractNum w:abstractNumId="21">
+    <w:nsid w:val="73792C1A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="4AE6F1D8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22">
+    <w:nsid w:val="7C3311BA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="7584AF70"/>
-    <w:lvl w:ilvl="0" w:tplc="04190011">
+    <w:tmpl w:val="68FAC2F6"/>
+    <w:lvl w:ilvl="0" w:tplc="FCFA9028">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1)"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23">
+    <w:nsid w:val="7E154EF9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="296A5502"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="12">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="13">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="14">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="15">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="16">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="17">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="18">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="19">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="20">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="21">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="2">
-    <w:abstractNumId w:val="3"/>
+  <w:num w:numId="22">
+    <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="23">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="4">
-[...3 lines deleted...]
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="24">
+    <w:abstractNumId w:val="14"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
-  <w:proofState w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
-  <w:drawingGridHorizontalSpacing w:val="110"/>
-  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00EA0D03"/>
-[...231 lines deleted...]
-    <w:rsid w:val="00FF47FF"/>
+    <w:rsidRoot w:val="00166CDF"/>
+    <w:rsid w:val="00166CDF"/>
+    <w:rsid w:val="006807C0"/>
+    <w:rsid w:val="0087265C"/>
+    <w:rsid w:val="009A6FDB"/>
+    <w:rsid w:val="00C141D5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="331A7C85"/>
-  <w15:docId w15:val="{DF00B774-03C1-4E3B-BDAA-ECA9F39F2C66}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
-[...370 lines deleted...]
-    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Body Text" w:uiPriority="0"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text 2" w:uiPriority="0"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Normal (Web)" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00FE6175"/>
+    <w:rsid w:val="00C141D5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
     <w:link w:val="10"/>
-    <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="001F4217"/>
+    <w:rsid w:val="00C141D5"/>
     <w:pPr>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
-      <w:kern w:val="36"/>
-[...2 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:kern w:val="32"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w:lang w:val="kk-KZ"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C141D5"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="kk-KZ"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C141D5"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+      <w:lang w:val="kk-KZ"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="40"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C141D5"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="708"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="TimesKaZ" w:hAnsi="TimesKaZ"/>
+      <w:b/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="50"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C141D5"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="TimesKaZ" w:hAnsi="TimesKaZ"/>
+      <w:i/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="60"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00C141D5"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0" w:line="259" w:lineRule="auto"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+      <w:color w:val="243F60"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="a3">
-[...3 lines deleted...]
-    <w:rsid w:val="00035011"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:rsid w:val="00C141D5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="32"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Заголовок 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
+    <w:rsid w:val="00C141D5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:rsid w:val="00C141D5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+      <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="40">
+    <w:name w:val="Заголовок 4 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="4"/>
+    <w:rsid w:val="00C141D5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="TimesKaZ" w:eastAsia="Times New Roman" w:hAnsi="TimesKaZ" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="50">
+    <w:name w:val="Заголовок 5 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="5"/>
+    <w:rsid w:val="00C141D5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="TimesKaZ" w:eastAsia="Times New Roman" w:hAnsi="TimesKaZ" w:cs="Times New Roman"/>
+      <w:i/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="60">
+    <w:name w:val="Заголовок 6 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="6"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00C141D5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+      <w:color w:val="243F60"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
+    <w:name w:val="Table Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C141D5"/>
     <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:tblPr>
-[...8 lines deleted...]
-    </w:tblPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a4">
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C141D5"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00C141D5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C141D5"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00C141D5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
     <w:name w:val="List Paragraph"/>
+    <w:aliases w:val="2 список маркированный"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00993953"/>
+    <w:rsid w:val="00C141D5"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
-[...1 lines deleted...]
-    <w:rsid w:val="00E87928"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="fontstyle01">
+    <w:name w:val="fontstyle01"/>
+    <w:rsid w:val="00C141D5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:hint="default"/>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a8">
+    <w:name w:val="Hyperlink"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C141D5"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a9">
+    <w:name w:val="No Spacing"/>
+    <w:aliases w:val="Ерк!н,мелкий,Обя,мой рабочий,норма,Айгерим"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="aa"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C141D5"/>
     <w:pPr>
-      <w:autoSpaceDE w:val="0"/>
-[...1 lines deleted...]
-      <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="32"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
+    <w:name w:val="Без интервала Знак"/>
+    <w:aliases w:val="Ерк!н Знак,мелкий Знак,Обя Знак,мой рабочий Знак,норма Знак,Айгерим Знак"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C141D5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ab">
+    <w:name w:val="Normal (Web)"/>
+    <w:aliases w:val="Обычный (Web),Знак Знак,Знак4 Знак Знак,Знак4,Знак4 Знак Знак Знак Знак,Знак4 Знак,Знак Знак7,Обычный (Web)1,Обычный (веб) Знак1,Обычный (веб) Знак Знак1,Знак Знак1 Знак,Обычный (веб) Знак Знак Знак,Знак Знак1 Знак Знак"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ac"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00C141D5"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a5">
-[...28 lines deleted...]
-    <w:basedOn w:val="a"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ac">
+    <w:name w:val="Обычный (веб) Знак"/>
+    <w:aliases w:val="Обычный (Web) Знак,Знак Знак Знак,Знак4 Знак Знак Знак,Знак4 Знак1,Знак4 Знак Знак Знак Знак Знак,Знак4 Знак Знак1,Знак Знак7 Знак,Обычный (Web)1 Знак,Обычный (веб) Знак1 Знак,Обычный (веб) Знак Знак1 Знак,Знак Знак1 Знак Знак1"/>
+    <w:link w:val="ab"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
-[...4 lines deleted...]
-    </w:pPr>
+    <w:locked/>
+    <w:rsid w:val="00C141D5"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="10">
-[...4 lines deleted...]
-    <w:rsid w:val="001F4217"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
+    <w:name w:val="apple-converted-space"/>
+    <w:rsid w:val="00C141D5"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="21">
+    <w:name w:val="Основной текст (2)"/>
+    <w:rsid w:val="00C141D5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:smallCaps w:val="0"/>
+      <w:strike w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:w w:val="100"/>
+      <w:position w:val="0"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:u w:val="none"/>
+      <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ" w:bidi="kk-KZ"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="28pt0pt">
+    <w:name w:val="Основной текст (2) + 8 pt;Полужирный;Малые прописные;Интервал 0 pt"/>
+    <w:rsid w:val="00C141D5"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
-      <w:kern w:val="36"/>
-[...1 lines deleted...]
-      <w:szCs w:val="48"/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:smallCaps/>
+      <w:strike w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="10"/>
+      <w:w w:val="100"/>
+      <w:position w:val="0"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:u w:val="none"/>
+      <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ" w:bidi="kk-KZ"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ad">
+    <w:name w:val="Strong"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C141D5"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="22">
+    <w:name w:val="Основной текст (2) + Полужирный"/>
+    <w:rsid w:val="00C141D5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:smallCaps w:val="0"/>
+      <w:strike w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:w w:val="100"/>
+      <w:position w:val="0"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+      <w:u w:val="none"/>
+      <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ" w:bidi="kk-KZ"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ae">
+    <w:name w:val="Emphasis"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C141D5"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="waveddashed-dotted">
+    <w:name w:val="waved dashed-dotted"/>
+    <w:rsid w:val="00C141D5"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af0"/>
+    <w:rsid w:val="00C141D5"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="TimesKaZ" w:hAnsi="TimesKaZ"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af0">
+    <w:name w:val="Основной текст Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="af"/>
+    <w:rsid w:val="00C141D5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="TimesKaZ" w:eastAsia="Times New Roman" w:hAnsi="TimesKaZ" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a8">
-[...3 lines deleted...]
-    <w:rsid w:val="00232417"/>
+  <w:style w:type="paragraph" w:styleId="23">
+    <w:name w:val="Body Text 2"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="24"/>
+    <w:rsid w:val="00C141D5"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="TimesKaZ" w:hAnsi="TimesKaZ"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="24">
+    <w:name w:val="Основной текст 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="23"/>
+    <w:rsid w:val="00C141D5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="TimesKaZ" w:eastAsia="Times New Roman" w:hAnsi="TimesKaZ" w:cs="Times New Roman"/>
+      <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a9">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="11">
+    <w:name w:val="Без интервала1"/>
+    <w:aliases w:val="Таймс14,No Spacing11,Без интервала2,Без интервала111"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C141D5"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="32"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af1">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="af2"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00C141D5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af2">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="aa"/>
+    <w:link w:val="af1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="003009B7"/>
+    <w:rsid w:val="00C141D5"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
-[...2 lines deleted...]
-    <w:link w:val="a9"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af3">
+    <w:name w:val="мой"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00C141D5"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Body Text" w:uiPriority="0"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text 2" w:uiPriority="0"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Normal (Web)" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C141D5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C141D5"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="32"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w:lang w:val="kk-KZ"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C141D5"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="kk-KZ"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C141D5"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+      <w:lang w:val="kk-KZ"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="40"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C141D5"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="708"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="TimesKaZ" w:hAnsi="TimesKaZ"/>
+      <w:b/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="50"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C141D5"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="TimesKaZ" w:hAnsi="TimesKaZ"/>
+      <w:i/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="60"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00C141D5"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0" w:line="259" w:lineRule="auto"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+      <w:color w:val="243F60"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="003009B7"/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:rsid w:val="00C141D5"/>
     <w:rPr>
-      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-[...1 lines deleted...]
-      <w:szCs w:val="18"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="32"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Заголовок 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
+    <w:rsid w:val="00C141D5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:rsid w:val="00C141D5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+      <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="40">
+    <w:name w:val="Заголовок 4 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="4"/>
+    <w:rsid w:val="00C141D5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="TimesKaZ" w:eastAsia="Times New Roman" w:hAnsi="TimesKaZ" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="50">
+    <w:name w:val="Заголовок 5 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="5"/>
+    <w:rsid w:val="00C141D5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="TimesKaZ" w:eastAsia="Times New Roman" w:hAnsi="TimesKaZ" w:cs="Times New Roman"/>
+      <w:i/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="60">
+    <w:name w:val="Заголовок 6 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="6"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00C141D5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+      <w:color w:val="243F60"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00FC2430"/>
+    <w:rsid w:val="00C141D5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-      <w:ind w:left="110"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C141D5"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00C141D5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C141D5"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00C141D5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="List Paragraph"/>
+    <w:aliases w:val="2 список маркированный"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C141D5"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="fontstyle01">
+    <w:name w:val="fontstyle01"/>
+    <w:rsid w:val="00C141D5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:hint="default"/>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a8">
+    <w:name w:val="Hyperlink"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C141D5"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a9">
+    <w:name w:val="No Spacing"/>
+    <w:aliases w:val="Ерк!н,мелкий,Обя,мой рабочий,норма,Айгерим"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="aa"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C141D5"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="32"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
+    <w:name w:val="Без интервала Знак"/>
+    <w:aliases w:val="Ерк!н Знак,мелкий Знак,Обя Знак,мой рабочий Знак,норма Знак,Айгерим Знак"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C141D5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ab">
+    <w:name w:val="Normal (Web)"/>
+    <w:aliases w:val="Обычный (Web),Знак Знак,Знак4 Знак Знак,Знак4,Знак4 Знак Знак Знак Знак,Знак4 Знак,Знак Знак7,Обычный (Web)1,Обычный (веб) Знак1,Обычный (веб) Знак Знак1,Знак Знак1 Знак,Обычный (веб) Знак Знак Знак,Знак Знак1 Знак Знак"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ac"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00C141D5"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ac">
+    <w:name w:val="Обычный (веб) Знак"/>
+    <w:aliases w:val="Обычный (Web) Знак,Знак Знак Знак,Знак4 Знак Знак Знак,Знак4 Знак1,Знак4 Знак Знак Знак Знак Знак,Знак4 Знак Знак1,Знак Знак7 Знак,Обычный (Web)1 Знак,Обычный (веб) Знак1 Знак,Обычный (веб) Знак Знак1 Знак,Знак Знак1 Знак Знак1"/>
+    <w:link w:val="ab"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="00C141D5"/>
+    <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
+    <w:name w:val="apple-converted-space"/>
+    <w:rsid w:val="00C141D5"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="21">
+    <w:name w:val="Основной текст (2)"/>
+    <w:rsid w:val="00C141D5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:smallCaps w:val="0"/>
+      <w:strike w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:w w:val="100"/>
+      <w:position w:val="0"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:u w:val="none"/>
+      <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ" w:bidi="kk-KZ"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="28pt0pt">
+    <w:name w:val="Основной текст (2) + 8 pt;Полужирный;Малые прописные;Интервал 0 pt"/>
+    <w:rsid w:val="00C141D5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:smallCaps/>
+      <w:strike w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="10"/>
+      <w:w w:val="100"/>
+      <w:position w:val="0"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:u w:val="none"/>
+      <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ" w:bidi="kk-KZ"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ad">
+    <w:name w:val="Strong"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C141D5"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="22">
+    <w:name w:val="Основной текст (2) + Полужирный"/>
+    <w:rsid w:val="00C141D5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:smallCaps w:val="0"/>
+      <w:strike w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:w w:val="100"/>
+      <w:position w:val="0"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+      <w:u w:val="none"/>
+      <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ" w:bidi="kk-KZ"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ae">
+    <w:name w:val="Emphasis"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C141D5"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="waveddashed-dotted">
+    <w:name w:val="waved dashed-dotted"/>
+    <w:rsid w:val="00C141D5"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af0"/>
+    <w:rsid w:val="00C141D5"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="TimesKaZ" w:hAnsi="TimesKaZ"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af0">
+    <w:name w:val="Основной текст Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="af"/>
+    <w:rsid w:val="00C141D5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="TimesKaZ" w:eastAsia="Times New Roman" w:hAnsi="TimesKaZ" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="23">
+    <w:name w:val="Body Text 2"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="24"/>
+    <w:rsid w:val="00C141D5"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="TimesKaZ" w:hAnsi="TimesKaZ"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="24">
+    <w:name w:val="Основной текст 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="23"/>
+    <w:rsid w:val="00C141D5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="TimesKaZ" w:eastAsia="Times New Roman" w:hAnsi="TimesKaZ" w:cs="Times New Roman"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="11">
+    <w:name w:val="Без интервала1"/>
+    <w:aliases w:val="Таймс14,No Spacing11,Без интервала2,Без интервала111"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C141D5"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="32"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af1">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="af2"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00C141D5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af2">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af1"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C141D5"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af3">
+    <w:name w:val="мой"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00C141D5"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
-[...81 lines deleted...]
-  </w:divs>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -46976,84 +39180,86 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -47184,91 +39390,74 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>34</Pages>
-[...1 lines deleted...]
-  <Characters>37288</Characters>
+  <Pages>23</Pages>
+  <Words>4248</Words>
+  <Characters>24215</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>310</Lines>
-  <Paragraphs>87</Paragraphs>
+  <Lines>201</Lines>
+  <Paragraphs>56</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>43742</CharactersWithSpaces>
+  <CharactersWithSpaces>28407</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Пользователь</dc:creator>
+  <dc:creator>1</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>