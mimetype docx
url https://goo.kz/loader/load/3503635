--- v0 (2025-12-06)
+++ v1 (2025-12-19)
@@ -1,2014 +1,2693 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
   <w:body>
-    <w:p w14:paraId="2E3F3039" w14:textId="696B3372" w:rsidR="005F5285" w:rsidRDefault="005F5285"/>
-    <w:p w14:paraId="4929D5D2" w14:textId="4B5CFF5F" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00F45DB9" w:rsidP="00407BFF">
+    <w:p w14:paraId="50684ACD" w14:textId="11E6DFF3" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00407BFF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>ЖАДЫНАМА</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00407BFF" w:rsidRPr="00407BFF">
+        <w:t>ПАМЯТКА</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00407BFF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>: классный руководители родителям. Буллинг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E1C6A31" w14:textId="60C06825" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00407BFF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+          <w:lang w:val="ru-KZ"/>
         </w:rPr>
         <w:t>Буллинг</w:t>
       </w:r>
-    </w:p>
-[...7 lines deleted...]
-      <w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> относительно новый термин, обозначающий старое,  вековое явление – детскую жестокость. Заметное звучание проблема </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>буллинга</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> приобретает в подростковом возрасте в силу сложности и противоречивости особенностей растущих детей, внутренних и внешних условий их развития. Именно в это время, усвоив определенные паттерны поведения, например поведение «жертвы», подросток может следовать им всю</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> последующую жизнь. При этом ситуация </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>буллинга</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> негативно влияет не только на «жертв», но и на «агрессоров», т.к. если проявление агрессии оказывается эффектным, то это может закрепится в качестве стиля поведения в будущем.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0322BF08" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>Буллинг</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>bullying,от</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> англ. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>bully</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - хулиган, драчун, задира, грубиян, насильник) – длительный процесс сознательного жестокого отношения, физического, словесного и (или) психологического преследования со стороны одного или группы детей к другому ребенку (другим детям). </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>Буллингу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дети могут подвергаться не только в школе, но и в социальных сетях, что гораздо сложнее </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>присечь</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67075897" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Школьный </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>буллинг</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> можно разделить на две основные формы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FDE8C06" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Физический школьный </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>буллинг</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t> - умышленные толчки, удары, пинки, побои нанесение иных телесных повреждений и др.;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37AE93A1" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сексуальный </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>буллинг</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> является подвидом физического (действия сексуального характера).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F624BF9" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Психологический школьный </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>буллинг</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t> - насилие, связанное с действием на психику, наносящее психологическую травму путём словесных оскорблений или угроз, преследование, запугивание, которыми умышленно причиняется эмоциональная неуверенность. К этой форме можно отнести:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39096A0C" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">вербальный </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>буллинг</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>, где орудием служит голос (обидное имя, с которым постоянно обращаются к жертве, обзывания, дразнение, распространение обидных слухов и т.д.);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="393618FD" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>обидные жесты или действия(например, плевки в жертву либо в её направлении);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B697873" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>запугивание(использование агрессивного языка тела и интонаций голоса для того, чтобы заставить жертву совершать или не совершать что-либо);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="483ECC1D" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>изоляция (жертва умышленно изолируется, выгоняется или игнорируется частью учеников или всем классом);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C294396" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>вымогательство (денег, еды, иных вещей, принуждение что-либо украсть);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46129D2B" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>повреждение и иные действия с имуществом (воровство, грабёж, прятанье личных вещей жертвы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="532465FE" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Новая разновидность школьного </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>буллинга</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>кибербуллинг</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t> – жертва получает оскорбления на свой электронный адрес, унижения с помощью мобильных телефонов или через другие электронные устройства (пересылка неоднозначных изображений и фотографий, обзывание, распространение слухов и др.).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3669A647" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>Кибер-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>буллинг</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>cyber-bullying</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), подростковый виртуальный террор, получил свое название от английского слова </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>bull</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — бык, с родственными значениями: агрессивно нападать, бередить, задирать, придираться, провоцировать, донимать, терроризировать, травить.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E1CC5F1" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407BFF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="kk-KZ"/>
-[...68 lines deleted...]
-      </w:pPr>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Участники </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>буллинга</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="00E2615B" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>В ситуации травли всегда есть </w:t>
+      </w:r>
       <w:r w:rsidRPr="00407BFF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00F45DB9">
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>зачинщики, жертвы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t> и, конечно, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00407BFF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
-          <w:lang w:val="kk-KZ"/>
-[...179 lines deleted...]
-      </w:pPr>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>преследователи </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>— основная масса детей, которая под руководством зачинщиков осуществляет травлю. Иногда в классе присутствуют и </w:t>
+      </w:r>
       <w:r w:rsidRPr="00407BFF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-[...13 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>нейтральные наблюдатели</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>, которые  не отличаются от преследователей, так как своим молчанием они поощряют травлю, никак ей не препятствуя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07BD9962" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>Бывает, что среди одноклассников находятся и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>защитники жертвы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Иногда появление защитника способно в корне изменить ситуацию (особенно если защитников несколько или с их мнением в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>классе считаются) — большинство преследователей оставляют изгоя в покое, конфликт сходит на нет в самом начале.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FB1F65C" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>Но довольно часто защитник изгоя и сам становится изгоем. Например, если, подчиняясь воле учителя, ребенок вынужден сидеть за одной партой с изгоем, то он может постепенно стать объектом насмешек, если только не начнет активно принимать участие в травле соседа по парте.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3944D76A" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00407BFF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...57 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>Зачинщики</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>. Обычно один-два человека в классе становятся инициаторами травли. Им по каким-то причинам не понравился кто-то из одноклассников  и они начинают его дразнить, задирать, осмеивать, демонстративно избегать, не принимать в игры.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2108D13E" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>Чаще всего в основе преследования лежит стремление самоутвердиться, выделиться. Очень редко травля — это результат личной мести.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A4FFD81" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Знаменитый норвежский психолог Дан </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>Ольвеус</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отметил их следующие типичные черты, несмотря на то, что подобные черты характера могут встретиться и у детей, не являющихся инициаторами школьного </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>буллинга</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>. Что же это за дети?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19BD30BB" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>Это дети, уверенные в том «господствуя» и подчиняя, гораздо легче будет добиться своих целей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A033ADF" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>Не умеющие сочувствовать своим жертвам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38F634AF" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>Физически сильные мальчики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="584FF5D7" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>Легко возбудимые и очень импульсивные, с агрессивным поведением.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E9711E6" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>Желающими быть в центре внимания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54966165" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>Уверенные в своём превосходстве над жертвой;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28234C6A" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>С высоким уровнем притязаний;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D37477C" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>Мечтающие быть лидерами в классе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CBE5D19" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>Агрессивные дети, «нуждающиеся» для своего самоутверждения в жертве;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E068E6E" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>Дети не признающие компромиссы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C92DFA9" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>Со слабым самоконтролем;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="399B3E19" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>Интуитивно чувствующие, какие одноклассники не будут оказывать им сопротивление.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13AA078C" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>Итак, инициаторами травли могут стать:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CF03DC1" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>активные, общительные дети, претендующие на роль лидера в классе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="277E0249" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>агрессивные дети, нашедшие для самоутверждения безответную жертву;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="282A7706" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>дети, стремящиеся любой ценой быть в центре внимания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0024E61E" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>дети, привыкшие относиться к окружающим с чувством превосходства, делящие всех на «своих» и «чужих» (подобный шовинизм или снобизм является результатом соответствующего семейного воспитания);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="229CC493" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>эгоцентрики, не умеющие сочувствовать окружающим, ставить себя на место других;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="732DED4E" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>максималисты, не желающие идти на компромиссы дети (особенно в подростковом возрасте).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43F5B083" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00407BFF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...410 lines deleted...]
-      </w:pPr>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>Преследователи. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>Как уже говорилось, зачинщиками травли становятся</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43817013" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t> несколько человек, все остальные являются их последователями. Они с</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57B5649D" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t> удовольствием смеются над неудачами изгоя, прячут его вещи в туалете,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64E1C176" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>подхватывают обидные прозвища, не упускают случая его толкнуть, оскорбить или</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43C7B152" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t> демонстративно игнорируют и не желают принимать его в свои игры. Почему же</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EEA6E61" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>добрые и отзывчивые по отношению к своим близким дети становятся тиранами</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6299660A" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t> для не сделавшего ничего плохого лично им сверстника?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31EC6F91" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>Во-первых, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>большинство ребят подчиняются так называемому стадному чувству: «Все пошли, и я пошел, все толкали, и я толкнул». Ребенок не задумывается над происходящим, он просто участвует в общем веселье. Ему в голову не приходит, что чувствует в этот момент жертва, как ей больно, обидно и страшно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5680D0A9" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>Во-вторых, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>некоторые делают это в надежде заслужить расположение лидера класса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26D1CC12" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>В-третьих, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>кое-кто принимает участие в травле от скуки, ради развлечения (они с тем же восторгом будут пинать мяч или играть в салки).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="598E9EDC" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>В-четвертых, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>часть детей активно травят изгоя из страха оказаться в таком же положении или просто не решаются пойти против большинства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F715355" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>И наконец, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>небольшой процент преследователей таким образом самоутверждается, берет реванш за свои неудачи в чем-то. У них недостает энергии, чтобы стать зачинщиками, но они охотно подхватывают чужую инициативу. Чаще всего это дети, которых третируют во дворе, обижают старшие, жестоко наказывают родители, они неуспешны в учебе и не вызывают особых симпатий у одноклассников. Можно выделить следующие психологические характеристики детей, становящихся </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>преследователями:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4996D5EB" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>Несамостоятельны, легко поддаются влиянию окружающих, безынициативны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A9983BE" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>Конформисты, всегда стремятся следовать правилам, неким стандартам (очень прилежны и законопослушны во всем, что касается школьных правил).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E5FF507" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>Не склонны признавать свою ответственность за происходящее (чаще всего считают виноватыми других).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3247E1B0" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>Часто подвержены жесткому контролю со стороны старших (их родители очень требовательны, склонны применять физические наказания).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AA9F61B" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>Эгоцентричны, не умеют ставить себя на место другого. Не склонны задумываться о последствиях своего поведения (в беседах часто говорят: «Я и не подумал об этом»).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35532321" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>Неуверенны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в себе, очень дорожат «дружбой», оказанным доверием со стороны лидеров класса (в социометрических исследованиях получают наименьшее количество выборов, нет взаимных выборов ни с кем из класса).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5177811A" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>Трусливы и озлоблены.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70A0B3A9" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ещё один аспект подростковой жестокости, который имеет связь с естественными законами возрастной психологии – это жестокость, проявляющаяся в группе. Даже взрослый в толпе начинает вести себя несвойственным для него образом, подчас вопреки своим собственным нравственным принципам. В определенных условиях человек, не склонный к насилию, может неожиданно продемонстрировать жестокость. По закону толпы происходит общее снижение интеллекта, снимается личная ответственность за содеянное. При этом мы знаем, что подростку чрезвычайно важно принадлежать группе сверстников, а страх оказаться вне группы, самому стать объектом насмешек сверстников может ситуативно толкать подростка на соучастие в действиях группы. При последующем разбирательстве один на один в кабинете психолога участники таких инцидентов </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>зачастую выглядят достаточно растерянно, некоторые действительно не могут понять, как смогли оказаться участниками коллективных жестоких выходок.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="601945D7" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>          </w:t>
+      </w:r>
       <w:r w:rsidRPr="00407BFF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00F45DB9">
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>Жертвы. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жертвами </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>буллинга</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>, как правило, но не всегда, становятся дети чувствительные и не способные постоять за себя. Не те дети, которым не свойственно агрессивное поведение, как часто думают, а дети, которые лишены настойчивости, не умеют демонстрировать уверенность и отстаивать ее. Самая вероятная жертва – ученик, который старается сделать вид, что его не задевает оскорбление или жестокая шутка, но лицо выдает его (оно краснеет или становится очень напряженным, на глазах могут появиться слезы). Дети, которые не могут спрятать своей незащищенности, могут спровоцировать повторение инцидента со стороны агрессора-властолюбца. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">           Американские исследования Дэна </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>Олвеуса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> позволяют выделить два типа жертв: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>Первая:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t> не могущие скрыть слабости (дети, физически слабые, неуверенные, эмоционально реагирующие дети, тревожные, а также такие, которые предпочитают общество учителей обществу сверстников).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4499353A" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>Вторая:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t> дети, невольно провоцирующие негативное к себе отношение. Ко второй категории относятся неадекватно (слишком бурно) реагирующие на провокации (так, что их поведение вызывает насмешки у зрителей), неприятные в общении дети из-за дурных привычек (например, неряшливые), а также дети, вызывающие активную неприязнь взрослых. Бывает и так, что учитель сам выделяет в коллективе неугодного ученика и, унижая его публично, задает нормы допустимого поведения для школьников.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="449BD008" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Наблюдатели. В школьной ситуации </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>буллинга</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> основная масса детей – наблюдатели. И они также нуждаются в серьезной помощи для осмысления полученного опыта. Все зрители, очевидцы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>буллинга</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> даже если они не вмешиваются и не реагируют, конечно, испытывают большое психологическое давление. Очевидцы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>буллинга</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> часто испытывают страх в школе, а также чувство, характерное для </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>травматиков</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – беспомощность перед лицом насилия. Даже если оно направлено не на них непосредственно. Они даже могут испытывать чувство вины из-за того, что не вступились или, в некоторых случаях, из-за то, что они присоединились к </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>буллингу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>. Все это может постепенно изменить школьные отношения и нормы, сделать их циничными и безжалостными по отношению к жертвам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28889435" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407BFF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="kk-KZ"/>
-[...449 lines deleted...]
-      </w:pPr>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Если ваш ребенок стал жертвой </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00407BFF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>буллинга</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="1AAA6BCE" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>Большинство детей стесняются признаться в том, что над ними издеваются. Они могут никому об этом не рассказывать. Если ваш ребенок все-таки пришел к вам за помощью, отнеситесь к этому серьезно. Если ребенок впервые попросил о помощи, но к нему не отнеслись серьезно, второй раз он уже к вам не обратится.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16F67A4E" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00407BFF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Как догадаться, что ребенок – жертва </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>буллинга</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08BECC38" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00407BFF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:u w:val="single"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w14:paraId="6817872C" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>Вот сигналы, на которые следует обратить внимание.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AAD3792" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...8 lines deleted...]
-    <w:p w14:paraId="69A98404" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>Ваш ребенок: - не приводит домой кого-либо из одноклассников или сверстников и постоянно проводит свободное время дома в полном одиночестве.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02398A80" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...8 lines deleted...]
-    <w:p w14:paraId="273A86EA" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>Не имеет близких приятелей, с которыми проводят досуг (спорт, компьютерные игры, музыка, долгие беседы по телефону).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7482F549" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...8 lines deleted...]
-    <w:p w14:paraId="0B568359" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>Одноклассники редко приглашают его на дни рождения, праздники, или он сам никого не приглашает к себе, потому что боится, что никто не придёт.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F08F8D7" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...8 lines deleted...]
-    <w:p w14:paraId="10F993A0" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>По утрам часто жалуется на головные боли, расстройство в желудке или придумывает какие-либо причины, чтобы не идти за занятия;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="763F42AB" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...8 lines deleted...]
-    <w:p w14:paraId="51A10DA2" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>Задумчив, замкнут, ест без аппетита, неспокойно спит, плачет или кричит во сне.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73ED8FE8" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...8 lines deleted...]
-    <w:p w14:paraId="2A94D5A5" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>У него наблюдается пессимистичное настроение, может говорить о том, что боится ходить в ОУ или покончит жизнь самоубийством.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BB6A5CC" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...9 lines deleted...]
-    <w:p w14:paraId="2AD4F3F5" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>В его поведении просматриваются резкие перемены в настроении.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29038051" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...8 lines deleted...]
-    <w:p w14:paraId="469FCFC0" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>Злость, обиду, раздражение вымещает на родителях, родственниках, более слабых объектах (младшие братья и сестры, домашние животные).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="065E6AFC" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...8 lines deleted...]
-    <w:p w14:paraId="7BF1D91B" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>Выпрашивает или тайно берет деньги, внятно не объясняя причину своего проступка (особую тревогу стоит проявлять в том случае, когда исчезают крупные суммы денег, дорогие вещи, украшения – деньги могут быть использованы на откуп от вымогателей, покупку алкоголя, наркотиков).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F3B0AEE" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...8 lines deleted...]
-    <w:p w14:paraId="0822D148" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>Приходит домой с мелкими ссадинами, ушибами, его вещи выглядят так, словно кто-то ими вытирал пол; книги, тетради, сумка находятся в аварийном состоянии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="471F2DF1" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>Выбирает нестандартную дорогу в ОУ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12325C88" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00407BFF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00BE3FF6">
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Как помочь своему ребёнку, ставшему жертвой школьного </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00407BFF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      </w:r>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>буллинга</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="3114890D" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>- прежде всего, понять истинную причину происшедшего с ним;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BDA81AC" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- убедиться, что ваш ребёнок действительно стал жертвой школьного </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>буллинга</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08ADAE68" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>- сообщить об этом учителю и школьному психологу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A087645" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>- сообща найти пути выхода из сложившийся ситуации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01ADE82C" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>- если ребёнок был сильно напуган и потрясён случившимся, не отправлять его на следующий день в школу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07B08ED1" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>- при сильно пережитом стрессе попытаться перевести ребёнка в другой класс или даже в другую школу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B63AF90" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>- в случае развития посттравматического стрессового синдрома немедленно обратиться к специалистам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A52E44B" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>- ни в коем случае не игнорировать случившееся с ребёнком и не пускать всё на самотёк.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="390CFCA8" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>- успокоить и поддержать ребенка словами: «Хорошо, что ты мне сказал. Ты правильно сделал»; «Я тебе верю»; «Ты в этом не виноват»; «Ты не один попал в такую ситуацию, это случается и с другими детьми; «Мне жаль, что с тобой это случилось».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42458E4D" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>Не отчаивайтесь, поддерживайте ребенка, если он оказался в роли жертвы школьного насилия, и вместе ищите ресурсы для преодоления ситуации. Напомните ему, что есть сферы его жизни, в которых он чувствует себя уверенно, есть люди (одноклассники, родственники, родители), которые могут быть привлечены для участия в решении проблемы, есть его «зоны успешности», на которых важно концентрировать внимание. Это поможет ребенку восстановить самооценку. Очень часто ребенок оправдывает своего преследователя, обвиняет себя в том, что происходит. Необходимо совместно с ребенком обсудить мотивы поведения агрессора: самоутверждение, психологическая компенсация за испытанное самим насилие, своеобразная самооборона от агрессии окружающего мира. Выход может оказаться простым, но ребенку в состоянии стресса не приходит в голову использовать имеющиеся у него ресурсы. Иногда достаточно малейшего вмешательства, простой демонстрации намерения защитить, чтобы прекратить преследования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0170EE94" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00407BFF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...149 lines deleted...]
-      </w:pPr>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Родители могут сыграть важную роль в предотвращении проявлений </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00407BFF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>буллинга</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06298E41" w14:textId="136AB840" w:rsidR="00407BFF" w:rsidRPr="00BE3FF6" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
-[...21 lines deleted...]
-    <w:p w14:paraId="0342FFD3" w14:textId="10553CD6" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00BE3FF6" w:rsidP="00407BFF">
+    <w:p w14:paraId="647D45A2" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t> Вот несколько советов об этом:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34E53597" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...14 lines deleted...]
-    <w:p w14:paraId="661A9280" w14:textId="416C8DF3" w:rsidR="00BE3FF6" w:rsidRDefault="00BE3FF6" w:rsidP="00407BFF">
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>Учите детей </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:history="1">
+        <w:r w:rsidRPr="00407BFF">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:lang w:val="ru-KZ"/>
+          </w:rPr>
+          <w:t>решать проблемы</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t> конструктивно, без агрессивности, хвалите их, когда у них это получается.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5845A9B6" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...8 lines deleted...]
-    <w:p w14:paraId="562BF98A" w14:textId="3585B918" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Хвалите их, когда они хорошо себя ведут, это поможет им поднять самооценку. Детям нужна </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:history="1">
+        <w:r w:rsidRPr="00407BFF">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:lang w:val="ru-KZ"/>
+          </w:rPr>
+          <w:t>уверенность в себе</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>, чтобы они могли отстоять свою точку зрения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="038C8C61" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...9 lines deleted...]
-    <w:p w14:paraId="70110A62" w14:textId="173EE63C" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00BE3FF6" w:rsidP="00407BFF">
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>Спросите у детей, как прошел их день в ОУ, внимательно выслушайте, что они говорят о своих одноклассниках и проблемах, об ОУ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41F20FDF" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...28 lines deleted...]
-    <w:p w14:paraId="3D7C9A90" w14:textId="77777777" w:rsidR="00120025" w:rsidRDefault="00407BFF" w:rsidP="005F2C81">
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Серьезно отнеситесь к </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>буллингу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>. Большинство детей стесняются рассказывать, что их обижают. Возможно, у вас будет только один шанс на то, чтобы помочь ребенку.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E57C569" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...8 lines deleted...]
-    <w:p w14:paraId="13F20BE2" w14:textId="422917A3" w:rsidR="00407BFF" w:rsidRPr="00BE3FF6" w:rsidRDefault="00BE3FF6" w:rsidP="005F2C81">
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>Если вы видите, что кого-то обижают, обязательно вступитесь за ребенка, даже если обидчиком является ваше чадо.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="083D4077" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...14 lines deleted...]
-    <w:p w14:paraId="47BEA8A1" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>Призывайте ребенка оказывать помощь тем, кто в ней нуждается.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30DEB753" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407BFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>Никого не обижайте сами. Если детей обижают дома, они будут вымещать злость на других. Если ваш ребенок видит, что вы обижаете кого-то другого, насмехаетесь над ним или сплетничаете о ком-то, он будут поступать так же.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B2BB76D" w14:textId="77777777" w:rsidR="00407BFF" w:rsidRPr="00407BFF" w:rsidRDefault="00407BFF" w:rsidP="00407BFF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00407BFF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>Будьте внимательны к своему ребенку, стремитесь к доверительным отношениям с ним, поддерживайте его в трудных ситуациях, обращайтесь за помощью к педагогам, психологам и руководителям образовательной организации!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="642FDC52" w14:textId="77777777" w:rsidR="0012665E" w:rsidRPr="00407BFF" w:rsidRDefault="0012665E" w:rsidP="00407BFF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="0012665E" w:rsidRPr="00407BFF">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
@@ -3061,95 +3740,91 @@
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002356B6"/>
-    <w:rsid w:val="00120025"/>
     <w:rsid w:val="0012665E"/>
     <w:rsid w:val="002356B6"/>
     <w:rsid w:val="00407BFF"/>
-    <w:rsid w:val="005F5285"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00F45DB9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-KZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="0392BA17"/>
+  <w14:docId w14:val="0E5394AB"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{63885F59-39C8-4E1C-8040-66620A9A617C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -3513,51 +4188,50 @@
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
@@ -3587,51 +4261,51 @@
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:divs>
     <w:div w:id="741177360">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.google.com/url?q=https://infourok.ru/go.html?href%3Dhttps%253A%252F%252Fchilddevelop.ru%252Farticles%252Fupbring%252F340%252F&amp;sa=D&amp;source=editors&amp;ust=1666477222263466&amp;usg=AOvVaw1ViGW7QlkTGGxQRWkk3Xzu" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.google.com/url?q=https://infourok.ru/go.html?href%3Dhttps%253A%252F%252Fchilddevelop.ru%252Farticles%252Fdevelop%252F3107%252F&amp;sa=D&amp;source=editors&amp;ust=1666477222263014&amp;usg=AOvVaw2DmvE-QuRlLfprg4pc6hgL" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -3889,70 +4563,55 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>13341</Characters>
+  <Pages>1</Pages>
+  <Words>2441</Words>
+  <Characters>13920</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>111</Lines>
-  <Paragraphs>31</Paragraphs>
+  <Lines>116</Lines>
+  <Paragraphs>32</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15650</CharactersWithSpaces>
+  <CharactersWithSpaces>16329</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>