--- v0 (2025-12-05)
+++ v1 (2025-12-26)
@@ -1,10964 +1,1639 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
   <w:body>
-    <w:p w14:paraId="470ABA21" w14:textId="79F09FDB" w:rsidR="00AE04FF" w:rsidRDefault="00AE04FF"/>
-    <w:p w14:paraId="01936B9E" w14:textId="23F1783E" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="00EC1A9E" w:rsidP="000D4604">
+    <w:p w14:paraId="551FADC8" w14:textId="2EDAE51B" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-      </w:pPr>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D4604">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ЖАДЫНАМА</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000D4604" w:rsidRPr="000D4604">
+        <w:t>АМЯТКА: классный руководители</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4604">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...134 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> родителям по профилактике суицида</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B5AC3C6" w14:textId="1E941394" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D4604">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00AB15A5">
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>Суицид</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...2113 lines deleted...]
-    <w:p w14:paraId="38A070A0" w14:textId="77777777" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
+      <w:r w:rsidRPr="000D4604">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D4604">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>намеренное, умышленное лишение себя жизни, может иметь место, если проблема остается актуальной и нерешенной в течение нескольких месяцев и при этом ребенок ни с кем из своего окружения не делится личными переживаниями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24154EE9" w14:textId="77777777" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D4604">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>Будьте бдительны! Суждение, что люди, решившиеся на суицид, никому не говорят о своих намерениях, неверно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6080FB29" w14:textId="77777777" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D4604">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>Большинство людей в той или иной форме предупреждают окружающих. А дети вообще не умеют скрывать своих планов. Разговоры вроде «никто и не мог предположить» означают лишь то, что окружающие не приняли или не поняли посылаемых сигналов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F304EC7" w14:textId="77777777" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D4604">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>Ребенок может прямо говорить о суициде, может рассуждать о бессмысленности жизни, что без него в этом мире будет лучше. Должны насторожить фразы типа «все надоело», «ненавижу всех и себя», «пора положить всему конец», «когда все это кончится», «так жить невозможно», вопросы «а что бы ты делал, если бы меня не стало?», рассуждения о похоронах. Тревожным сигналом является попытка раздать все долги, помириться с врагами, раздарить свои вещи, особенно с упоминанием о том, что они ему не понадобятся.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B4AFDF1" w14:textId="77777777" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D4604">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>Кроме перечисленных, выделяются еще несколько признаков готовности ребенка к суициду, и при появлении 1-2 из которых следует обратить особое внимание:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56FCAB44" w14:textId="77777777" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...114 lines deleted...]
-    <w:p w14:paraId="7E0D708E" w14:textId="77777777" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D4604">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>утрата интереса к любимым занятиям, снижение активности, апатия, безволие;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="364329B1" w14:textId="77777777" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...72 lines deleted...]
-    <w:p w14:paraId="64A3EDE5" w14:textId="77777777" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D4604">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>пренебрежение собственным видом, неряшливость;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49A34AE9" w14:textId="77777777" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...100 lines deleted...]
-    <w:p w14:paraId="7FEA6332" w14:textId="77777777" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D4604">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>появление тяги к уединению, отдаление от близких людей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="187D9DCB" w14:textId="77777777" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...198 lines deleted...]
-    <w:p w14:paraId="5DEC82C7" w14:textId="77777777" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D4604">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>резкие перепады настроения, неадекватная реакция на слова, беспричинные слезы, медленная и маловыразительная речь;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="261B43B9" w14:textId="77777777" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...86 lines deleted...]
-    <w:p w14:paraId="5561F1D2" w14:textId="77777777" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D4604">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>внезапное снижение успеваемости и рассеянность;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F01D4EA" w14:textId="77777777" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...100 lines deleted...]
-    <w:p w14:paraId="2986E3DA" w14:textId="77777777" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D4604">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>плохое поведение в школе, прогулы, нарушения дисциплины;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04520481" w14:textId="77777777" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...128 lines deleted...]
-    <w:p w14:paraId="36DFDE83" w14:textId="77777777" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D4604">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>склонность к риску и неоправданным и опрометчивым поступкам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59838721" w14:textId="77777777" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...114 lines deleted...]
-    <w:p w14:paraId="456829E5" w14:textId="77777777" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D4604">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>проблемы со здоровьем: потеря аппетита, плохое самочувствие, бессонница, кошмары во сне;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25E3D4A8" w14:textId="77777777" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...86 lines deleted...]
-    <w:p w14:paraId="481C1C05" w14:textId="77777777" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D4604">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>безразличное расставание с вещами или деньгами, раздаривание их;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3061F870" w14:textId="77777777" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...156 lines deleted...]
-    <w:p w14:paraId="796BBFE2" w14:textId="77777777" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D4604">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>стремление привести дела в порядок, подвести итоги, просить прощение за все, что было;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3984BE80" w14:textId="77777777" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...100 lines deleted...]
-    <w:p w14:paraId="35AD39AA" w14:textId="77777777" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D4604">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>самообвинения или наоборот - признание в зависимости от других;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="348CF7DD" w14:textId="77777777" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...132 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D4604">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>шутки и иронические высказывания либо философские размышления на тему смерти.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F0D9814" w14:textId="77777777" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D4604">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>Что делать? Как помочь?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="678FF2FB" w14:textId="77777777" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D4604">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>Если вы заметили у ребенка суицидальные наклонности, постарайтесь поговорить с ним по душам. Только не задавайте вопроса о суициде внезапно, если человек сам не затрагивает эту тему. Попытайтесь выяснить, что его волнует, не чувствует ли он себя одиноким, несчастным, загнанным в ловушку, никому не нужным или должником, кто его друзья и чем он увлечен. Можно попытаться найти выход из сложившейся ситуации, но чаще всего ребенку достаточно просто выговориться, снять накопившееся напряжение, и его готовность к суициду снижается. Всегда следует уяснить «Какая причина» и «Какова цель» совершаемого ребенком действия. Не бойтесь обращаться к специалистам-психологам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18697E79" w14:textId="77777777" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="000D4604">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Обращение к психологу не означает постановки на учет и клейма психической неполноценности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2225A207" w14:textId="77777777" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="000D4604">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>Большинство людей покушающихся на свою жизнь - психически здоровые люди, личности, творчески одаренные, просто оказавшиеся в сложной ситуации. Спасти ребенка от одиночества можно только </w:t>
+      </w:r>
       <w:r w:rsidRPr="000D4604">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>любовью</w:t>
+      </w:r>
       <w:r w:rsidRPr="000D4604">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...1695 lines deleted...]
-          <w:bCs/>
+          <w:lang w:val="ru-KZ"/>
         </w:rPr>
         <w:t>!</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9628" w:type="dxa"/>
         <w:tblInd w:w="-116" w:type="dxa"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2208"/>
         <w:gridCol w:w="4061"/>
         <w:gridCol w:w="3359"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000D4604" w:rsidRPr="000D4604" w14:paraId="1B44C407" w14:textId="77777777" w:rsidTr="000D4604">
+      <w:tr w:rsidR="000D4604" w:rsidRPr="000D4604" w14:paraId="773BE5CA" w14:textId="77777777" w:rsidTr="000D4604">
         <w:trPr>
           <w:trHeight w:val="289"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2208" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="116" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="116" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="299CE121" w14:textId="77777777" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
+          <w:p w14:paraId="18C5B79E" w14:textId="77777777" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="000D4604">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
-              </w:rPr>
-              <w:t>Естісеңіз</w:t>
+                <w:lang w:val="ru-KZ"/>
+              </w:rPr>
+              <w:t>Если Вы слышите</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4061" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="116" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="116" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="02757C05" w14:textId="308149FB" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="00772435" w:rsidP="000D4604">
+          <w:p w14:paraId="7421F067" w14:textId="77777777" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="000D4604">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>М</w:t>
+                <w:lang w:val="ru-KZ"/>
+              </w:rPr>
+              <w:t>Обязательно скажите</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...54 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3359" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="116" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="116" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="702374CD" w14:textId="77469CF0" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="00772435" w:rsidP="000D4604">
+          <w:p w14:paraId="55108E9C" w14:textId="77777777" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="000D4604">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Айтуға</w:t>
+                <w:lang w:val="ru-KZ"/>
+              </w:rPr>
+              <w:t>Запрещено говорить</w:t>
             </w:r>
-            <w:r w:rsidR="000D4604" w:rsidRPr="000D4604">
-[...42 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D4604" w:rsidRPr="000D4604" w14:paraId="2F91C8FD" w14:textId="77777777" w:rsidTr="000D4604">
+      <w:tr w:rsidR="000D4604" w:rsidRPr="000D4604" w14:paraId="59E9FF39" w14:textId="77777777" w:rsidTr="000D4604">
         <w:trPr>
           <w:trHeight w:val="890"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2208" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="116" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="116" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="38210C25" w14:textId="77777777" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
+          <w:p w14:paraId="4FEB5E88" w14:textId="77777777" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000D4604">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...42 lines deleted...]
-              <w:t>...»</w:t>
+                <w:lang w:val="ru-KZ"/>
+              </w:rPr>
+              <w:t>«Ненавижу всех…»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4061" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="116" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="116" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="66DBCBD8" w14:textId="77777777" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
+          <w:p w14:paraId="139673D5" w14:textId="77777777" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000D4604">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...98 lines deleted...]
-              <w:t>»</w:t>
+                <w:lang w:val="ru-KZ"/>
+              </w:rPr>
+              <w:t>«Чувствую, что что-то происходит. Давай поговорим об этом»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3359" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="116" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="116" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="19280699" w14:textId="0526FF34" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="00772435" w:rsidP="000D4604">
+          <w:p w14:paraId="0DE65F7D" w14:textId="77777777" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00772435">
-[...129 lines deleted...]
-              <w:t>!»</w:t>
+            <w:r w:rsidRPr="000D4604">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-KZ"/>
+              </w:rPr>
+              <w:t>«Когда я был в твоем возрасте…да ты просто несешь чушь!»</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D4604" w:rsidRPr="000D4604" w14:paraId="5E86B20F" w14:textId="77777777" w:rsidTr="000D4604">
+      <w:tr w:rsidR="000D4604" w:rsidRPr="000D4604" w14:paraId="13A5FC2E" w14:textId="77777777" w:rsidTr="000D4604">
         <w:trPr>
           <w:trHeight w:val="1474"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2208" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="116" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="116" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="06D86E9A" w14:textId="77777777" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
+          <w:p w14:paraId="00F10C1F" w14:textId="77777777" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000D4604">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-              <w:t>«</w:t>
+                <w:lang w:val="ru-KZ"/>
+              </w:rPr>
+              <w:t>«Все</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...6 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w14:paraId="3817B182" w14:textId="77777777" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
+          <w:p w14:paraId="3A6AAFA5" w14:textId="77777777" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="000D4604">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-              <w:t>үмітсіз</w:t>
+                <w:lang w:val="ru-KZ"/>
+              </w:rPr>
+              <w:t>безнадежно</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w14:paraId="00019E79" w14:textId="77777777" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
+          <w:p w14:paraId="29E11121" w14:textId="77777777" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="000D4604">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...21 lines deleted...]
-              <w:t>»</w:t>
+                <w:lang w:val="ru-KZ"/>
+              </w:rPr>
+              <w:t>и бессмысленно»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4061" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="116" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="116" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="59293E0E" w14:textId="365C0FA2" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="00EC1A9E" w:rsidP="000D4604">
+          <w:p w14:paraId="3A5AE92B" w14:textId="77777777" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC1A9E">
-[...277 lines deleted...]
-              <w:t>»</w:t>
+            <w:r w:rsidRPr="000D4604">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-KZ"/>
+              </w:rPr>
+              <w:t>«Чувствую, что ты подавлен. Иногда мы все так чувствуем себя. Давай обсудим, какие у нас проблемы, как их можно разрешить»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3359" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="116" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="116" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1E3E7E79" w14:textId="38AE808A" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
+          <w:p w14:paraId="4CAFE9B7" w14:textId="77777777" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000D4604">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...63 lines deleted...]
-              <w:t>»</w:t>
+                <w:lang w:val="ru-KZ"/>
+              </w:rPr>
+              <w:t>«Подумай о тех, кому хуже, чем тебе»</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D4604" w:rsidRPr="000D4604" w14:paraId="53E3CEA0" w14:textId="77777777" w:rsidTr="000D4604">
+      <w:tr w:rsidR="000D4604" w:rsidRPr="000D4604" w14:paraId="0314B4AC" w14:textId="77777777" w:rsidTr="000D4604">
         <w:trPr>
           <w:trHeight w:val="1169"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2208" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="116" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="116" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7069DBF0" w14:textId="77777777" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
+          <w:p w14:paraId="61C83D5C" w14:textId="77777777" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000D4604">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...70 lines deleted...]
-              <w:t>!</w:t>
+                <w:lang w:val="ru-KZ"/>
+              </w:rPr>
+              <w:t>«Всем было бы лучше без меня!»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4061" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="116" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="116" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="28277502" w14:textId="0246CC57" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
+          <w:p w14:paraId="59E6EBA8" w14:textId="77777777" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000D4604">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...165 lines deleted...]
-              <w:t>»</w:t>
+                <w:lang w:val="ru-KZ"/>
+              </w:rPr>
+              <w:t>«Ты много значишь для меня, для нас. Меня беспокоит твое настроение. Поговорим об этом»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3359" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="116" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="116" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0CC09A15" w14:textId="77777777" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
+          <w:p w14:paraId="0AEB61D4" w14:textId="77777777" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000D4604">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...84 lines deleted...]
-              <w:t>».</w:t>
+                <w:lang w:val="ru-KZ"/>
+              </w:rPr>
+              <w:t>«Не говори глупостей. Поговорим о другом.»</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D4604" w:rsidRPr="000D4604" w14:paraId="746C8715" w14:textId="77777777" w:rsidTr="000D4604">
+      <w:tr w:rsidR="000D4604" w:rsidRPr="000D4604" w14:paraId="728B63CD" w14:textId="77777777" w:rsidTr="000D4604">
         <w:trPr>
           <w:trHeight w:val="888"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2208" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="116" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="116" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="657AB666" w14:textId="77777777" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
+          <w:p w14:paraId="4C63D5DE" w14:textId="77777777" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000D4604">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...28 lines deleted...]
-              <w:t>!</w:t>
+                <w:lang w:val="ru-KZ"/>
+              </w:rPr>
+              <w:t>«Вы не понимаете меня!»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4061" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="116" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="116" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2FB464EF" w14:textId="77777777" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
+          <w:p w14:paraId="2D108603" w14:textId="77777777" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000D4604">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...112 lines deleted...]
-              <w:t>"</w:t>
+                <w:lang w:val="ru-KZ"/>
+              </w:rPr>
+              <w:t>«Расскажи мне, что ты чувствуешь. Я действительно хочу тебя понять»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3359" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="116" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="116" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="369104A9" w14:textId="77777777" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
+          <w:p w14:paraId="6DF1DBD5" w14:textId="77777777" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000D4604">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...42 lines deleted...]
-              <w:t>!</w:t>
+                <w:lang w:val="ru-KZ"/>
+              </w:rPr>
+              <w:t>«Где уж мне тебя понять!»</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D4604" w:rsidRPr="000D4604" w14:paraId="2C63F9CC" w14:textId="77777777" w:rsidTr="000D4604">
+      <w:tr w:rsidR="000D4604" w:rsidRPr="000D4604" w14:paraId="6A384F42" w14:textId="77777777" w:rsidTr="000D4604">
         <w:trPr>
           <w:trHeight w:val="886"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2208" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="116" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="116" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0287199C" w14:textId="77777777" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
+          <w:p w14:paraId="68809F30" w14:textId="77777777" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000D4604">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...42 lines deleted...]
-              <w:t>»</w:t>
+                <w:lang w:val="ru-KZ"/>
+              </w:rPr>
+              <w:t>«Я совершил ужасный поступок»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4061" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="116" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="116" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="13EE1538" w14:textId="757C6971" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="00EC1A9E" w:rsidP="000D4604">
+          <w:p w14:paraId="2967EE0C" w14:textId="77777777" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC1A9E">
-[...107 lines deleted...]
-              <w:t>»</w:t>
+            <w:r w:rsidRPr="000D4604">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-KZ"/>
+              </w:rPr>
+              <w:t>«Я чувствую, что ты ощущаешь вину. Давай поговорим об этом»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3359" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="116" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="116" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2FB0CAE2" w14:textId="08C50C05" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
+          <w:p w14:paraId="132414A2" w14:textId="77777777" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000D4604">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...68 lines deleted...]
-              <w:t>»</w:t>
+                <w:lang w:val="ru-KZ"/>
+              </w:rPr>
+              <w:t>«И что ты теперь хочешь? Выкладывай немедленно!»</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D4604" w:rsidRPr="000D4604" w14:paraId="57948A27" w14:textId="77777777" w:rsidTr="000D4604">
+      <w:tr w:rsidR="000D4604" w:rsidRPr="000D4604" w14:paraId="27D11EAC" w14:textId="77777777" w:rsidTr="000D4604">
         <w:trPr>
           <w:trHeight w:val="1024"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2208" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="116" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="116" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1272DBB5" w14:textId="77777777" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
+          <w:p w14:paraId="0D4590F7" w14:textId="77777777" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000D4604">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...42 lines deleted...]
-              <w:t>»</w:t>
+                <w:lang w:val="ru-KZ"/>
+              </w:rPr>
+              <w:t>«У меня никогда ничего не получается»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4061" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="116" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="116" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5B636500" w14:textId="4E32CD4C" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
+          <w:p w14:paraId="40D6FC1E" w14:textId="77777777" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000D4604">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...146 lines deleted...]
-              <w:t xml:space="preserve"> ».</w:t>
+                <w:lang w:val="ru-KZ"/>
+              </w:rPr>
+              <w:t>«Ты сейчас ощущаешь недостаток сил. Давай обсудим, как это изменить»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3359" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="116" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="116" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0F269E53" w14:textId="1E5561C5" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
+          <w:p w14:paraId="1292E112" w14:textId="77777777" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000D4604">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...82 lines deleted...]
-              <w:t>!»</w:t>
+                <w:lang w:val="ru-KZ"/>
+              </w:rPr>
+              <w:t>«Не получается – значит, не старался!»</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7884D640" w14:textId="77777777" w:rsidR="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
+    <w:p w14:paraId="170E7E4B" w14:textId="77777777" w:rsidR="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-[...9 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C9269A1" w14:textId="29B4C5A1" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="000D4604">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="000D4604">
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>Если замечена склонность несовершеннолетнего к суициду, следующие советы помогут изменить ситуацию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37EB015B" w14:textId="77777777" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D4604">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>1. Внимательно выслушайте подростка. В состоянии душевного кризиса любому из нас, прежде всего, необходим кто-нибудь, кто готов нас выслушать. Приложите все усилия, чтобы понять проблему, скрытую за словами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D9FDEEB" w14:textId="77777777" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D4604">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>2. Оцените серьезность намерений и чувств ребенка. Если он или она уже имеют конкретный план суицида, ситуация более острая, чем если эти планы расплывчаты и неопределенны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0937B591" w14:textId="77777777" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D4604">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>3. Оцените глубину эмоционального кризиса. Подросток может испытывать серьезные трудности, но при этом не помышлять о самоубийстве. Часто человек, недавно находившийся в состоянии депрессии, вдруг начинает бурную, неустанную деятельность. Такое поведение также может служить основанием для тревоги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="393D2723" w14:textId="77777777" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D4604">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>4. Внимательно отнеситесь ко всем, даже самым незначительным обидам и жалобам. Не пренебрегайте ничем из сказанного. Он или она могут и не давать воли чувствам, скрывая свои проблемы, но в то же время находиться в состоянии глубокой депрессии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A132AAD" w14:textId="77777777" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D4604">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>5. Постарайтесь аккуратно спросить, не думают ли он или она о самоубийстве. Опыт показывает, что такой вопрос редко приносит вред. Часто подросток бывает рад возможности открыто высказать свои проблемы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A25DDA4" w14:textId="77777777" w:rsidR="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C591B32" w14:textId="54833F72" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="000D4604">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-[...2807 lines deleted...]
-    <w:p w14:paraId="76F7D10D" w14:textId="77777777" w:rsidR="00935AED" w:rsidRPr="000D4604" w:rsidRDefault="00935AED" w:rsidP="000D4604">
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>Важно соблюдать следующие правила:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="117519D2" w14:textId="77777777" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D4604">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>-будьте уверены, что вы в состоянии помочь;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="546C39CC" w14:textId="77777777" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D4604">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>- будьте терпеливы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56F21CE7" w14:textId="77777777" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D4604">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>- не старайтесь шокировать или угрожать человеку, говоря «пойди и сделай это»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="214BA2EF" w14:textId="77777777" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D4604">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>- не анализируйте его поведенческие мотивы, говоря: «Ты так чувствуешь себя, потому, что...»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DB67C92" w14:textId="77777777" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D4604">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>- не спорьте и не старайтесь образумить подростка, говоря:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CD5CD66" w14:textId="77777777" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D4604">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>«Ты не можешь убить себя, потому что...;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01358C50" w14:textId="77777777" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D4604">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>- делайте все от вас зависящее.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E548CC2" w14:textId="77777777" w:rsidR="000D4604" w:rsidRPr="000D4604" w:rsidRDefault="000D4604" w:rsidP="000D4604">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D4604">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-KZ"/>
+        </w:rPr>
+        <w:t>И, конечно же, обращайтесь к специалистам за помощью!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F1E25AC" w14:textId="77777777" w:rsidR="00935AED" w:rsidRPr="000D4604" w:rsidRDefault="00935AED" w:rsidP="000D4604">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00935AED" w:rsidRPr="000D4604">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
@@ -11152,83 +1827,78 @@
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00976C55"/>
-    <w:rsid w:val="000332BB"/>
     <w:rsid w:val="000D4604"/>
-    <w:rsid w:val="00772435"/>
     <w:rsid w:val="00935AED"/>
     <w:rsid w:val="00976C55"/>
-    <w:rsid w:val="00AB15A5"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00EC1A9E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-KZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="51794E5C"/>
+  <w14:docId w14:val="68D30A14"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{6DF1EEB6-B6C3-484C-AC84-FDD7F3221B7B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -11592,96 +2262,94 @@
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:divs>
     <w:div w:id="1198590088">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
@@ -11945,70 +2613,55 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>4944</Characters>
+  <Pages>3</Pages>
+  <Words>857</Words>
+  <Characters>4891</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>41</Lines>
+  <Lines>40</Lines>
   <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5800</CharactersWithSpaces>
+  <CharactersWithSpaces>5737</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>