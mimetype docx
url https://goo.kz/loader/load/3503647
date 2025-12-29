--- v0 (2025-12-08)
+++ v1 (2025-12-29)
@@ -1,7582 +1,2083 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="7D4ED3BF" w14:textId="77777777" w:rsidR="006C2357" w:rsidRDefault="006C2357" w:rsidP="006C2357">
+    <w:p w14:paraId="1E9506FE" w14:textId="77777777" w:rsidR="00AE7F62" w:rsidRPr="00AE7F62" w:rsidRDefault="00AE7F62" w:rsidP="00AE7F62">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-        <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00AE7F62">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГУ «Средняя общеобразовательная школа </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE7F62">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ 14 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE7F62">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>города Павлодара» объявляет конкурс на вакантную</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE7F62">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE7F62">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>должность педагог - ассистент   с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE7F62">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AE7F62">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">казахским </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE7F62">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> языком</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AE7F62">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обучения                     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5639FE7C" w14:textId="77777777" w:rsidR="00AE7F62" w:rsidRPr="00AE7F62" w:rsidRDefault="00AE7F62" w:rsidP="00AE7F62">
+      <w:pPr>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:spacing w:val="-1"/>
-[...44 lines deleted...]
-          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="ae"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblStyle w:val="ac"/>
+        <w:tblW w:w="14596" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="481"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6065"/>
+        <w:gridCol w:w="393"/>
+        <w:gridCol w:w="2552"/>
+        <w:gridCol w:w="11651"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006C2357" w:rsidRPr="00D357FB" w14:paraId="57D61F36" w14:textId="77777777" w:rsidTr="009C42BA">
+      <w:tr w:rsidR="00AE7F62" w:rsidRPr="00AE7F62" w14:paraId="54B5F12D" w14:textId="77777777" w:rsidTr="00AE7F62">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="393" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="269CCA57" w14:textId="77777777" w:rsidR="006C2357" w:rsidRDefault="006C2357" w:rsidP="009C42BA">
-[...6 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:p w14:paraId="09E4CE71" w14:textId="77777777" w:rsidR="00AE7F62" w:rsidRPr="00AE7F62" w:rsidRDefault="00AE7F62" w:rsidP="00AE7F62">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+              <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="680B2B84" w14:textId="77777777" w:rsidR="006C2357" w:rsidRDefault="006C2357" w:rsidP="009C42BA">
-[...20 lines deleted...]
-              <w:t>Білім беру ұйымының атауы</w:t>
+          <w:p w14:paraId="29D06E0A" w14:textId="77777777" w:rsidR="00AE7F62" w:rsidRPr="00AE7F62" w:rsidRDefault="00AE7F62" w:rsidP="00AE7F62">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование организации образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcW w:w="11651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3C1A36D2" w14:textId="77777777" w:rsidR="00AE7F62" w:rsidRPr="00AE7F62" w:rsidRDefault="00AE7F62" w:rsidP="00AE7F62">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Коммунальное государственное учреждение «Средняя общеобразовательная школа № 14 города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AE7F62" w:rsidRPr="00AE7F62" w14:paraId="05E667CF" w14:textId="77777777" w:rsidTr="00AE7F62">
+        <w:trPr>
+          <w:trHeight w:val="626"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="62F231D9" w14:textId="77777777" w:rsidR="00AE7F62" w:rsidRPr="00AE7F62" w:rsidRDefault="00AE7F62" w:rsidP="00AE7F62">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="006F3E42" w14:textId="77777777" w:rsidR="00AE7F62" w:rsidRPr="00AE7F62" w:rsidRDefault="00AE7F62" w:rsidP="00AE7F62">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Место нахождение, почтовый адрес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="46B41715" w14:textId="77777777" w:rsidR="00AE7F62" w:rsidRPr="00AE7F62" w:rsidRDefault="00AE7F62" w:rsidP="00AE7F62">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>140011, Республика Казахстан, Павлодарская область,   город Павлодар, улица Катаева, 36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AE7F62" w:rsidRPr="00AE7F62" w14:paraId="7F3C215E" w14:textId="77777777" w:rsidTr="00AE7F62">
+        <w:trPr>
+          <w:trHeight w:val="264"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="732933B5" w14:textId="77777777" w:rsidR="00AE7F62" w:rsidRPr="00AE7F62" w:rsidRDefault="00AE7F62" w:rsidP="00AE7F62">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0EB199D9" w14:textId="77777777" w:rsidR="00AE7F62" w:rsidRPr="00AE7F62" w:rsidRDefault="00AE7F62" w:rsidP="00AE7F62">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Номеров телефонов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4E67CD4F" w14:textId="77777777" w:rsidR="00AE7F62" w:rsidRPr="00AE7F62" w:rsidRDefault="00AE7F62" w:rsidP="00AE7F62">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8 (7182) 68-35-00, 87476146825</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AE7F62" w:rsidRPr="00AE7F62" w14:paraId="37337508" w14:textId="77777777" w:rsidTr="00AE7F62">
+        <w:trPr>
+          <w:trHeight w:val="203"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="40D912E7" w14:textId="77777777" w:rsidR="00AE7F62" w:rsidRPr="00AE7F62" w:rsidRDefault="00AE7F62" w:rsidP="00AE7F62">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="62B6F637" w14:textId="77777777" w:rsidR="00AE7F62" w:rsidRPr="00AE7F62" w:rsidRDefault="00AE7F62" w:rsidP="00AE7F62">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>адреса электронной почты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="20109511" w14:textId="77777777" w:rsidR="00AE7F62" w:rsidRPr="00AE7F62" w:rsidRDefault="00AE7F62" w:rsidP="00AE7F62">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Sosh14@goo.edu.kz</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AE7F62" w:rsidRPr="00AE7F62" w14:paraId="786E3C67" w14:textId="77777777" w:rsidTr="00AE7F62">
+        <w:trPr>
+          <w:trHeight w:val="570"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4C1D952A" w14:textId="77777777" w:rsidR="00AE7F62" w:rsidRPr="00AE7F62" w:rsidRDefault="00AE7F62" w:rsidP="00AE7F62">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="25F03D42" w14:textId="77777777" w:rsidR="00AE7F62" w:rsidRPr="00AE7F62" w:rsidRDefault="00AE7F62" w:rsidP="00AE7F62">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0C6ACE05" w14:textId="77777777" w:rsidR="00AE7F62" w:rsidRPr="00AE7F62" w:rsidRDefault="00AE7F62" w:rsidP="00AE7F62">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>П</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - ассистент   с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> казахским </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> языком обучения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, 1ставка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AE7F62" w:rsidRPr="00AE7F62" w14:paraId="6D338A23" w14:textId="77777777" w:rsidTr="00AE7F62">
+        <w:trPr>
+          <w:trHeight w:val="825"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="38102A2A" w14:textId="77777777" w:rsidR="00AE7F62" w:rsidRPr="00AE7F62" w:rsidRDefault="00AE7F62" w:rsidP="00AE7F62">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5F2E52B7" w14:textId="77777777" w:rsidR="00AE7F62" w:rsidRPr="00AE7F62" w:rsidRDefault="00AE7F62" w:rsidP="00AE7F62">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Должностные обязанности:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0F9164D6" w14:textId="77777777" w:rsidR="006C2357" w:rsidRDefault="006C2357" w:rsidP="009C42BA">
-[...22 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="0F281EEF" w14:textId="77777777" w:rsidR="00AE7F62" w:rsidRPr="00AE7F62" w:rsidRDefault="00AE7F62" w:rsidP="00AE7F62">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>осуществляет психолого-педагогическое сопровождение ребенка с особыми образовательными потребностями по рекомендации психолого-медико-педагогической консультации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1137723F" w14:textId="77777777" w:rsidR="00AE7F62" w:rsidRPr="00AE7F62" w:rsidRDefault="00AE7F62" w:rsidP="00AE7F62">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> принимает участие в командной оценке специалистами и педагогами с целью оценки особых образовательных потребностей у детей, а также в составлении индивидуальных образовательных и развивающих программ;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17268FF0" w14:textId="77777777" w:rsidR="00AE7F62" w:rsidRPr="00AE7F62" w:rsidRDefault="00AE7F62" w:rsidP="00AE7F62">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> оказывает помощь детям с особыми образовательными потребностями во время организованной учебной и иной деятельности в организации образования, в случае, когда их самостоятельная деятельность ограничена по состоянию здоровья и особенностям поведения, оказывает психолого-педагогическое сопровождение;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D6CB4BE" w14:textId="77777777" w:rsidR="00AE7F62" w:rsidRPr="00AE7F62" w:rsidRDefault="00AE7F62" w:rsidP="00AE7F62">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> осуществляет наблюдение и ведет сбор данных о ребенке с особыми образовательными потребностями в процессе обучения, воспитания и развивающей работы, проводит протоколирование результатов освоения образовательной программы, динамики формирования образовательных, социально-адаптивных (поведенческих) навыков и предоставляет информацию воспитателям и специалистам для мониторинга процесса обучения и социализации ребенка;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E5EAC9A" w14:textId="77777777" w:rsidR="00AE7F62" w:rsidRPr="00AE7F62" w:rsidRDefault="00AE7F62" w:rsidP="00AE7F62">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> соблюдает необходимые условия безопасности жизнедеятельности и здоровья ребенка с особыми образовательными потребностями;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61103FAC" w14:textId="77777777" w:rsidR="00AE7F62" w:rsidRPr="00AE7F62" w:rsidRDefault="00AE7F62" w:rsidP="00AE7F62">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ведет отчетную документацию по установленной форме.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="47679E5F" w14:textId="77777777" w:rsidR="00AE7F62" w:rsidRPr="00AE7F62" w:rsidRDefault="00AE7F62" w:rsidP="00AE7F62">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006C2357" w14:paraId="0F87BAF1" w14:textId="77777777" w:rsidTr="009C42BA">
+      <w:tr w:rsidR="00AE7F62" w:rsidRPr="00AE7F62" w14:paraId="051D6866" w14:textId="77777777" w:rsidTr="00AE7F62">
         <w:trPr>
-          <w:trHeight w:val="90"/>
+          <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="393" w:type="dxa"/>
             <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4C7840AB" w14:textId="77777777" w:rsidR="006C2357" w:rsidRDefault="006C2357" w:rsidP="009C42BA">
-[...6 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:p w14:paraId="6D474292" w14:textId="77777777" w:rsidR="00AE7F62" w:rsidRPr="00AE7F62" w:rsidRDefault="00AE7F62" w:rsidP="00AE7F62">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+              <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3C55C919" w14:textId="77777777" w:rsidR="006C2357" w:rsidRDefault="006C2357" w:rsidP="009C42BA">
-[...18 lines deleted...]
-              <w:t>Орналасқан жері, пошталық мекенжайы</w:t>
+          <w:p w14:paraId="61D1BD91" w14:textId="77777777" w:rsidR="00AE7F62" w:rsidRPr="00AE7F62" w:rsidRDefault="00AE7F62" w:rsidP="00AE7F62">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Размер и условия оплаты труда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcW w:w="11651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="46625E7C" w14:textId="77777777" w:rsidR="00AE7F62" w:rsidRPr="00AE7F62" w:rsidRDefault="00AE7F62" w:rsidP="00AE7F62">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46CF89B9" w14:textId="77777777" w:rsidR="00AE7F62" w:rsidRPr="00AE7F62" w:rsidRDefault="00AE7F62" w:rsidP="00AE7F62">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- среднее специальное образование( min): 106 000 тенге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22E34D69" w14:textId="77777777" w:rsidR="00AE7F62" w:rsidRPr="00AE7F62" w:rsidRDefault="00AE7F62" w:rsidP="00AE7F62">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- высшее образование (min): 13</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 000 тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AE7F62" w:rsidRPr="00AE7F62" w14:paraId="53A0DE65" w14:textId="77777777" w:rsidTr="00AE7F62">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="543ACDD2" w14:textId="77777777" w:rsidR="00AE7F62" w:rsidRPr="00AE7F62" w:rsidRDefault="00AE7F62" w:rsidP="00AE7F62">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6EF6D70A" w14:textId="77777777" w:rsidR="00AE7F62" w:rsidRPr="00AE7F62" w:rsidRDefault="00AE7F62" w:rsidP="00AE7F62">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0EA48E1A" w14:textId="77777777" w:rsidR="00AE7F62" w:rsidRPr="00AE7F62" w:rsidRDefault="00AE7F62" w:rsidP="00AE7F62">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Типовыми квалификационными </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>характеристиками педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="421089EA" w14:textId="77777777" w:rsidR="006C2357" w:rsidRDefault="006C2357" w:rsidP="009C42BA">
-[...24 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="59EC2B79" w14:textId="77777777" w:rsidR="00AE7F62" w:rsidRPr="00AE7F62" w:rsidRDefault="00AE7F62" w:rsidP="00AE7F62">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">высшее педагогическое образование и (или) техническое и профессиональное, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>послесреднее</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (педагогическое) образование или документ, подтверждающий педагогическую переподготовку без предъявления требований к стажу работы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="544CAB5B" w14:textId="77777777" w:rsidR="00AE7F62" w:rsidRPr="00AE7F62" w:rsidRDefault="00AE7F62" w:rsidP="00AE7F62">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и (или) при наличии среднего и высшего уровня квалификации стаж работы по специальности: для педагога-модератора не менее 2 лет, для педагога-эксперта – не менее 3 лет, педагога-исследователя не менее 4 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C569934" w14:textId="77777777" w:rsidR="00AE7F62" w:rsidRPr="00AE7F62" w:rsidRDefault="00AE7F62" w:rsidP="00AE7F62">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и (или) при наличии высшего уровня квалификации стаж работы по специальности для педагога-мастера – 5 лет.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41401CE2" w14:textId="77777777" w:rsidR="00AE7F62" w:rsidRPr="00AE7F62" w:rsidRDefault="00AE7F62" w:rsidP="00AE7F62">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006C2357" w14:paraId="7A77B077" w14:textId="77777777" w:rsidTr="009C42BA">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00AE7F62" w:rsidRPr="00AE7F62" w14:paraId="46861C25" w14:textId="77777777" w:rsidTr="00AE7F62">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-            <w:vMerge/>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="651B565D" w14:textId="77777777" w:rsidR="006C2357" w:rsidRDefault="006C2357" w:rsidP="009C42BA">
-[...6 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:p w14:paraId="5D80AFCB" w14:textId="77777777" w:rsidR="00AE7F62" w:rsidRPr="00AE7F62" w:rsidRDefault="00AE7F62" w:rsidP="00AE7F62">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+              <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-            </w:pPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="64CD0B12" w14:textId="77777777" w:rsidR="006C2357" w:rsidRDefault="006C2357" w:rsidP="009C42BA">
-[...18 lines deleted...]
-              <w:t xml:space="preserve">телефон нөмірлері, </w:t>
+          <w:p w14:paraId="2CE4D630" w14:textId="77777777" w:rsidR="00AE7F62" w:rsidRPr="00AE7F62" w:rsidRDefault="00AE7F62" w:rsidP="00AE7F62">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок приема документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcW w:w="11651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="61F9C84D" w14:textId="77777777" w:rsidR="00AE7F62" w:rsidRPr="00AE7F62" w:rsidRDefault="00AE7F62" w:rsidP="00AE7F62">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>10.02</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 19.02</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AE7F62" w:rsidRPr="00AE7F62" w14:paraId="1E0B88F8" w14:textId="77777777" w:rsidTr="00AE7F62">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="21F2A00B" w14:textId="77777777" w:rsidR="00AE7F62" w:rsidRPr="00AE7F62" w:rsidRDefault="00AE7F62" w:rsidP="00AE7F62">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="73F28F59" w14:textId="77777777" w:rsidR="00AE7F62" w:rsidRPr="00AE7F62" w:rsidRDefault="00AE7F62" w:rsidP="00AE7F62">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Перечень необходимых документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="292E90D9" w14:textId="77777777" w:rsidR="006C2357" w:rsidRDefault="006C2357" w:rsidP="009C42BA">
-[...25 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="3B7242DE" w14:textId="77777777" w:rsidR="00AE7F62" w:rsidRPr="00AE7F62" w:rsidRDefault="00AE7F62" w:rsidP="00AE7F62">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1) заявление об участии в конкурсе с указанием перечня прилагаемых документов по форме согласно</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId4" w:anchor="z397" w:history="1">
+              <w:r w:rsidRPr="00AE7F62">
+                <w:rPr>
+                  <w:rStyle w:val="ad"/>
+                  <w:lang w:val="ru-RU"/>
+                </w:rPr>
+                <w:t>приложению 3</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="297C0A1A" w14:textId="77777777" w:rsidR="00AE7F62" w:rsidRPr="00AE7F62" w:rsidRDefault="00AE7F62" w:rsidP="00AE7F62">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="169C5DEA" w14:textId="77777777" w:rsidR="00AE7F62" w:rsidRPr="00AE7F62" w:rsidRDefault="00AE7F62" w:rsidP="00AE7F62">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3) заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07CBA504" w14:textId="77777777" w:rsidR="00AE7F62" w:rsidRPr="00AE7F62" w:rsidRDefault="00AE7F62" w:rsidP="00AE7F62">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4) копии документов об образовании в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A86371D" w14:textId="77777777" w:rsidR="00AE7F62" w:rsidRPr="00AE7F62" w:rsidRDefault="00AE7F62" w:rsidP="00AE7F62">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5) копия документа, подтверждающую трудовую деятельность (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79FD10E6" w14:textId="77777777" w:rsidR="00AE7F62" w:rsidRPr="00AE7F62" w:rsidRDefault="00AE7F62" w:rsidP="00AE7F62">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 6) справка о состоянии здоровья по форме 075/у, утвержденная</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId5" w:anchor="z4" w:history="1">
+              <w:r w:rsidRPr="00AE7F62">
+                <w:rPr>
+                  <w:rStyle w:val="ad"/>
+                  <w:lang w:val="ru-RU"/>
+                </w:rPr>
+                <w:t>приказом</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C7E3EB0" w14:textId="77777777" w:rsidR="00AE7F62" w:rsidRPr="00AE7F62" w:rsidRDefault="00AE7F62" w:rsidP="00AE7F62">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 7) справка об отсутствии динамического наблюдения больных с психическими поведенческими расстройствами;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1237DEF3" w14:textId="77777777" w:rsidR="00AE7F62" w:rsidRPr="00AE7F62" w:rsidRDefault="00AE7F62" w:rsidP="00AE7F62">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 8) справка об отсутствии динамического наблюдения наркологических больных;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0470D13E" w14:textId="77777777" w:rsidR="00AE7F62" w:rsidRPr="00AE7F62" w:rsidRDefault="00AE7F62" w:rsidP="00AE7F62">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 9) сертификат о результатах прохождения сертификации или удостоверение о наличии действующей квалификационной категории (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7717FD81" w14:textId="77777777" w:rsidR="00AE7F62" w:rsidRPr="00AE7F62" w:rsidRDefault="00AE7F62" w:rsidP="00AE7F62">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 10) для кандидатов на занятие должности педагогов английского языка сертификат о результатах сертификации по предмету или удостоверение о наличии квалификационной категории педагога-модератора или педагога-эксперта, или педагога-исследователя, или педагога-мастера (при наличии) или сертификат </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificatein</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Language</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teachingto</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Adults</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>илиайелтс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (IELTS) – 6,5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>тойфл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (TOEFL) (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>іnternet</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Based Test (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>іBT</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">)) – 60 – 65 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E6530BA" w14:textId="77777777" w:rsidR="00AE7F62" w:rsidRPr="00AE7F62" w:rsidRDefault="00AE7F62" w:rsidP="00AE7F62">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11) педагоги, приступившие к педагогической деятельности в организации технического, профессионального и </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>послесреднего</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> образования на должности педагогов по специальным дисциплинам и мастеров производственного обучения, имеющие стаж работы на производстве по соответствующей специальности или профилю не менее двух лет, освобождаются от прохождения сертификации.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B0B3AF1" w14:textId="77777777" w:rsidR="00AE7F62" w:rsidRPr="00AE7F62" w:rsidRDefault="00AE7F62" w:rsidP="00AE7F62">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 12) заполненный Оценочный лист кандидата на вакантную или временно вакантную должность педагога по форме согласно</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId6" w:anchor="z585" w:history="1">
+              <w:r w:rsidRPr="00AE7F62">
+                <w:rPr>
+                  <w:rStyle w:val="ad"/>
+                  <w:lang w:val="ru-RU"/>
+                </w:rPr>
+                <w:t>приложениям 17</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId7" w:anchor="z700" w:history="1">
+              <w:r w:rsidRPr="00AE7F62">
+                <w:rPr>
+                  <w:rStyle w:val="ad"/>
+                  <w:lang w:val="ru-RU"/>
+                </w:rPr>
+                <w:t>18</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к настоящим Правилам.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38E114A1" w14:textId="77777777" w:rsidR="00AE7F62" w:rsidRPr="00AE7F62" w:rsidRDefault="00AE7F62" w:rsidP="00AE7F62">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 13) рекомендательное письмо с места работы (по должности педагога), учебы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2DE13F9A" w14:textId="77777777" w:rsidR="00AE7F62" w:rsidRPr="00AE7F62" w:rsidRDefault="00AE7F62" w:rsidP="00AE7F62">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId8" w:anchor="/home-hr" w:history="1">
+              <w:r w:rsidRPr="00AE7F62">
+                <w:rPr>
+                  <w:rStyle w:val="ad"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:lang w:val="kk-KZ"/>
+                </w:rPr>
+                <w:t>https://hr-nobd.edu.kz/#/home-hr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>прием документов осуществляется на данной платформе</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3551CBFD" w14:textId="77777777" w:rsidR="00AE7F62" w:rsidRPr="00AE7F62" w:rsidRDefault="00AE7F62" w:rsidP="00AE7F62">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006C2357" w14:paraId="0A7221C3" w14:textId="77777777" w:rsidTr="009C42BA">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00AE7F62" w:rsidRPr="00AE7F62" w14:paraId="277B2127" w14:textId="77777777" w:rsidTr="00AE7F62">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-[...48 lines deleted...]
-            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcW w:w="393" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="11EB4992" w14:textId="77777777" w:rsidR="006C2357" w:rsidRDefault="006C2357" w:rsidP="009C42BA">
-[...37 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:p w14:paraId="3B9266B0" w14:textId="77777777" w:rsidR="00AE7F62" w:rsidRPr="00AE7F62" w:rsidRDefault="00AE7F62" w:rsidP="00AE7F62">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+              <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...6 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-              <w:t>2</w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="45FE897D" w14:textId="77777777" w:rsidR="006C2357" w:rsidRDefault="006C2357" w:rsidP="009C42BA">
-[...18 lines deleted...]
-              <w:t>Бос лауазымның атауы, жүктемесі</w:t>
+          <w:p w14:paraId="7A7A4A8C" w14:textId="77777777" w:rsidR="00AE7F62" w:rsidRPr="00AE7F62" w:rsidRDefault="00AE7F62" w:rsidP="00AE7F62">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок  вакантной должности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcW w:w="11651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="50ED517B" w14:textId="77777777" w:rsidR="006C2357" w:rsidRDefault="006C2357" w:rsidP="009C42BA">
-[...6769 lines deleted...]
-              <w:t>Тұрақты</w:t>
+          <w:p w14:paraId="408ACA2E" w14:textId="77777777" w:rsidR="00AE7F62" w:rsidRPr="00AE7F62" w:rsidRDefault="00AE7F62" w:rsidP="00AE7F62">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE7F62">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>постоянный</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="63D80577" w14:textId="77777777" w:rsidR="006C2357" w:rsidRDefault="006C2357" w:rsidP="006C2357">
+    <w:p w14:paraId="39B391DC" w14:textId="77777777" w:rsidR="00AE7F62" w:rsidRPr="00AE7F62" w:rsidRDefault="00AE7F62" w:rsidP="00AE7F62">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-        <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="71568C48" w14:textId="77777777" w:rsidR="006C2357" w:rsidRDefault="006C2357" w:rsidP="006C2357">
+    <w:p w14:paraId="38EF83B5" w14:textId="77777777" w:rsidR="00AE7F62" w:rsidRPr="00AE7F62" w:rsidRDefault="00AE7F62" w:rsidP="00AE7F62">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-        <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="z178"/>
+      <w:r w:rsidRPr="00AE7F62">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="20508F22" w14:textId="77777777" w:rsidR="006C2357" w:rsidRDefault="006C2357" w:rsidP="006C2357">
-[...107 lines deleted...]
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+    <w:p w14:paraId="0201C827" w14:textId="77777777" w:rsidR="00F865C5" w:rsidRDefault="00F865C5"/>
+    <w:sectPr w:rsidR="00F865C5" w:rsidSect="00AE7F62">
+      <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
+      <w:pgMar w:top="1701" w:right="1134" w:bottom="850" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="SimSun">
-[...19 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="72"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00923D87"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00923D87"/>
+    <w:rsidRoot w:val="00F865C5"/>
+    <w:rsid w:val="00AE7F62"/>
     <w:rsid w:val="00BB3926"/>
+    <w:rsid w:val="00F865C5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-KZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{01B2EDAF-6399-44C3-992D-738FE3E501F7}"/>
+  <w15:docId w15:val="{9DC92D3C-0ABD-4923-BA18-816894B11870}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="ru-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -7641,51 +2142,51 @@
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -7710,51 +2211,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="39" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -7936,713 +2437,648 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="006C2357"/>
-[...10 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00923D87"/>
+    <w:rsid w:val="00F865C5"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="360" w:after="80" w:line="278" w:lineRule="auto"/>
+      <w:spacing w:before="360" w:after="80"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
-      <w:kern w:val="2"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
-      <w:lang w:val="ru-KZ" w:eastAsia="en-US"/>
-      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="20"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00923D87"/>
+    <w:rsid w:val="00F865C5"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="160" w:after="80" w:line="278" w:lineRule="auto"/>
+      <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
-      <w:kern w:val="2"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
-      <w:lang w:val="ru-KZ" w:eastAsia="en-US"/>
-      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00923D87"/>
+    <w:rsid w:val="00F865C5"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="160" w:after="80" w:line="278" w:lineRule="auto"/>
+      <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
-      <w:kern w:val="2"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
-      <w:lang w:val="ru-KZ" w:eastAsia="en-US"/>
-      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="40"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00923D87"/>
+    <w:rsid w:val="00F865C5"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="80" w:after="40" w:line="278" w:lineRule="auto"/>
+      <w:spacing w:before="80" w:after="40"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
-      <w:kern w:val="2"/>
-[...3 lines deleted...]
-      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="50"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00923D87"/>
+    <w:rsid w:val="00F865C5"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="80" w:after="40" w:line="278" w:lineRule="auto"/>
+      <w:spacing w:before="80" w:after="40"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
-      <w:kern w:val="2"/>
-[...3 lines deleted...]
-      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="60"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00923D87"/>
+    <w:rsid w:val="00F865C5"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="40" w:after="0" w:line="278" w:lineRule="auto"/>
+      <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
-      <w:kern w:val="2"/>
-[...3 lines deleted...]
-      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="70"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00923D87"/>
+    <w:rsid w:val="00F865C5"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="40" w:after="0" w:line="278" w:lineRule="auto"/>
+      <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
-      <w:kern w:val="2"/>
-[...3 lines deleted...]
-      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="8">
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="80"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00923D87"/>
+    <w:rsid w:val="00F865C5"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:after="0" w:line="278" w:lineRule="auto"/>
+      <w:spacing w:after="0"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
-      <w:kern w:val="2"/>
-[...3 lines deleted...]
-      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="90"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00923D87"/>
+    <w:rsid w:val="00F865C5"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:after="0" w:line="278" w:lineRule="auto"/>
+      <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
-      <w:kern w:val="2"/>
-[...3 lines deleted...]
-      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00923D87"/>
+    <w:rsid w:val="00F865C5"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="20">
     <w:name w:val="Заголовок 2 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="2"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00923D87"/>
+    <w:rsid w:val="00F865C5"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00923D87"/>
+    <w:rsid w:val="00F865C5"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="40">
     <w:name w:val="Заголовок 4 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="4"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00923D87"/>
+    <w:rsid w:val="00F865C5"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="50">
     <w:name w:val="Заголовок 5 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00923D87"/>
+    <w:rsid w:val="00F865C5"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="60">
     <w:name w:val="Заголовок 6 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="6"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00923D87"/>
+    <w:rsid w:val="00F865C5"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="70">
     <w:name w:val="Заголовок 7 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="7"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00923D87"/>
+    <w:rsid w:val="00F865C5"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="80">
     <w:name w:val="Заголовок 8 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="8"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00923D87"/>
+    <w:rsid w:val="00F865C5"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="90">
     <w:name w:val="Заголовок 9 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00923D87"/>
+    <w:rsid w:val="00F865C5"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Title"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
-    <w:rsid w:val="00923D87"/>
+    <w:rsid w:val="00F865C5"/>
     <w:pPr>
       <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
-      <w:lang w:val="ru-KZ" w:eastAsia="en-US"/>
-      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a4">
     <w:name w:val="Заголовок Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a3"/>
     <w:uiPriority w:val="10"/>
-    <w:rsid w:val="00923D87"/>
+    <w:rsid w:val="00F865C5"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
-    <w:rsid w:val="00923D87"/>
+    <w:rsid w:val="00F865C5"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
-      <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...15 lines deleted...]
-    <w:rsid w:val="00923D87"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Подзаголовок Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00F865C5"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="21">
     <w:name w:val="Quote"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="22"/>
     <w:uiPriority w:val="29"/>
     <w:qFormat/>
-    <w:rsid w:val="00923D87"/>
+    <w:rsid w:val="00F865C5"/>
     <w:pPr>
-      <w:spacing w:before="160" w:after="160" w:line="278" w:lineRule="auto"/>
+      <w:spacing w:before="160"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
-      <w:kern w:val="2"/>
-[...3 lines deleted...]
-      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="22">
     <w:name w:val="Цитата 2 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="21"/>
     <w:uiPriority w:val="29"/>
-    <w:rsid w:val="00923D87"/>
+    <w:rsid w:val="00F865C5"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a7">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00923D87"/>
+    <w:rsid w:val="00F865C5"/>
     <w:pPr>
-      <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
-    <w:rPr>
-[...6 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a8">
     <w:name w:val="Intense Emphasis"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="21"/>
     <w:qFormat/>
-    <w:rsid w:val="00923D87"/>
+    <w:rsid w:val="00F865C5"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a9">
     <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="aa"/>
     <w:uiPriority w:val="30"/>
     <w:qFormat/>
-    <w:rsid w:val="00923D87"/>
+    <w:rsid w:val="00F865C5"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="10" w:color="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
         <w:bottom w:val="single" w:sz="4" w:space="10" w:color="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       </w:pBdr>
-      <w:spacing w:before="360" w:after="360" w:line="278" w:lineRule="auto"/>
+      <w:spacing w:before="360" w:after="360"/>
       <w:ind w:left="864" w:right="864"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
-      <w:kern w:val="2"/>
-[...3 lines deleted...]
-      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="aa">
     <w:name w:val="Выделенная цитата Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a9"/>
     <w:uiPriority w:val="30"/>
-    <w:rsid w:val="00923D87"/>
+    <w:rsid w:val="00F865C5"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="ab">
     <w:name w:val="Intense Reference"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="32"/>
     <w:qFormat/>
-    <w:rsid w:val="00923D87"/>
+    <w:rsid w:val="00F865C5"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="ac">
-[...27 lines deleted...]
-  <w:style w:type="table" w:styleId="ae">
+  <w:style w:type="table" w:styleId="ac">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
-    <w:qFormat/>
-    <w:rsid w:val="006C2357"/>
+    <w:rsid w:val="00AE7F62"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...6 lines deleted...]
-    </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
+  <w:style w:type="character" w:styleId="ad">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00AE7F62"/>
+    <w:rPr>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ae">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00AE7F62"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:divs>
+    <w:div w:id="162284528">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1838881019">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr-nobd.edu.kz/#/home-hr" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V1200007495" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V1200007495" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V1200007495" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr-nobd.edu.kz/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V1200007495" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V1200007495" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000021579" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V1200007495" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -8900,55 +3336,55 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>4840</Characters>
+  <Pages>4</Pages>
+  <Words>889</Words>
+  <Characters>5071</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>40</Lines>
+  <Lines>42</Lines>
   <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5678</CharactersWithSpaces>
+  <CharactersWithSpaces>5949</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>user</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>