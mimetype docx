--- v0 (2025-12-06)
+++ v1 (2025-12-27)
@@ -1,7971 +1,2929 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="5C8C6E24" w14:textId="77777777" w:rsidR="00626924" w:rsidRDefault="00626924" w:rsidP="00626924">
+    <w:p w14:paraId="69787C4C" w14:textId="77777777" w:rsidR="00892B85" w:rsidRDefault="00892B85" w:rsidP="00892B85">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:u w:val="single"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">«Павлодар </w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">КГУ «Средняя общеобразовательная школа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...66 lines deleted...]
-          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>»</w:t>
+        <w:t xml:space="preserve">№ 14 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
+        <w:t xml:space="preserve">города Павлодара» объявляет конкурс на </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>педагог</w:t>
-[...11 lines deleted...]
-        <w:t>-психолог бос лауазымына</w:t>
+        <w:t xml:space="preserve">вакантную </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> конкурс </w:t>
+        <w:t xml:space="preserve">должность </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>жариялайды</w:t>
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>педагога - психолога</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="126A4ED8" w14:textId="77777777" w:rsidR="00626924" w:rsidRDefault="00626924" w:rsidP="00626924">
+    <w:p w14:paraId="4E455FC7" w14:textId="77777777" w:rsidR="00892B85" w:rsidRDefault="00892B85" w:rsidP="00892B85">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="ae"/>
-        <w:tblW w:w="9464" w:type="dxa"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="391"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6689"/>
+        <w:gridCol w:w="392"/>
+        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="7371"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00626924" w:rsidRPr="00CD46BF" w14:paraId="74972539" w14:textId="77777777" w:rsidTr="00123E9D">
+      <w:tr w:rsidR="00892B85" w14:paraId="4E8D3E8B" w14:textId="77777777" w:rsidTr="00123E9D">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="391" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="135F804D" w14:textId="77777777" w:rsidR="00626924" w:rsidRDefault="00626924" w:rsidP="00123E9D">
+          <w:p w14:paraId="56782BE9" w14:textId="77777777" w:rsidR="00892B85" w:rsidRDefault="00892B85" w:rsidP="00123E9D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="51C9B68E" w14:textId="77777777" w:rsidR="00626924" w:rsidRDefault="00626924" w:rsidP="00123E9D">
+          <w:p w14:paraId="5B396295" w14:textId="77777777" w:rsidR="00892B85" w:rsidRDefault="00892B85" w:rsidP="00123E9D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Білім беру ұйымының атауы</w:t>
+              <w:t>Наименование организации образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6689" w:type="dxa"/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="426D4259" w14:textId="77777777" w:rsidR="00626924" w:rsidRDefault="00626924" w:rsidP="00123E9D">
+          <w:p w14:paraId="4387DF45" w14:textId="77777777" w:rsidR="00892B85" w:rsidRDefault="00892B85" w:rsidP="00123E9D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің «Павлодар қаласының № 14 жалпы орта білім беру мектебі» коммуналдық мемлекеттік мекемесі</w:t>
+              <w:t>Коммунальное государственное учреждение «Средняя общеобразовательная школа № 14 города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00626924" w14:paraId="67BDEA44" w14:textId="77777777" w:rsidTr="00123E9D">
+      <w:tr w:rsidR="00892B85" w14:paraId="6FB57D80" w14:textId="77777777" w:rsidTr="00123E9D">
         <w:trPr>
-          <w:trHeight w:val="453"/>
+          <w:trHeight w:val="626"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="391" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="657BF431" w14:textId="77777777" w:rsidR="00626924" w:rsidRDefault="00626924" w:rsidP="00123E9D">
+          <w:p w14:paraId="1BA54A97" w14:textId="77777777" w:rsidR="00892B85" w:rsidRDefault="00892B85" w:rsidP="00123E9D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5F53D8A3" w14:textId="77777777" w:rsidR="00626924" w:rsidRDefault="00626924" w:rsidP="00123E9D">
+          <w:p w14:paraId="2F2B5281" w14:textId="77777777" w:rsidR="00892B85" w:rsidRDefault="00892B85" w:rsidP="00123E9D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman"/>
-[...14 lines deleted...]
-              <w:t>орналасқан жеріе. пошталық  мекенжайы</w:t>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>местонахождения, почтового адреса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6689" w:type="dxa"/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2EAAC114" w14:textId="77777777" w:rsidR="00626924" w:rsidRDefault="00626924" w:rsidP="00123E9D">
+          <w:p w14:paraId="2C08FBED" w14:textId="77777777" w:rsidR="00892B85" w:rsidRDefault="00892B85" w:rsidP="00123E9D">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">140011, Қазақстан Республикасы, Павлодар облысы,                 Павлодар қаласы, Катаев көшесі, 36 </w:t>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>140011, Республика Казахстан, Павлодарская область,                                город Павлодар, улица Катаева, 36</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00626924" w14:paraId="020D0B50" w14:textId="77777777" w:rsidTr="00123E9D">
+      <w:tr w:rsidR="00892B85" w14:paraId="1FD3A0A0" w14:textId="77777777" w:rsidTr="00123E9D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="391" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="7BD10FE9" w14:textId="77777777" w:rsidR="00626924" w:rsidRDefault="00626924" w:rsidP="00123E9D">
+          <w:p w14:paraId="209C7F81" w14:textId="77777777" w:rsidR="00892B85" w:rsidRDefault="00892B85" w:rsidP="00123E9D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E5C5C5A" w14:textId="77777777" w:rsidR="00626924" w:rsidRDefault="00626924" w:rsidP="00123E9D">
+          <w:p w14:paraId="2ED42FD6" w14:textId="77777777" w:rsidR="00892B85" w:rsidRDefault="00892B85" w:rsidP="00123E9D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>телефоны</w:t>
+              <w:t>номеров телефонов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6689" w:type="dxa"/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="584FA22A" w14:textId="77777777" w:rsidR="00626924" w:rsidRDefault="00626924" w:rsidP="00123E9D">
+          <w:p w14:paraId="1D3BF285" w14:textId="77777777" w:rsidR="00892B85" w:rsidRDefault="00892B85" w:rsidP="00123E9D">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:bCs/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8 (7182) 68-35-00, 87476146825</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00626924" w14:paraId="0B0F3A8E" w14:textId="77777777" w:rsidTr="00123E9D">
+      <w:tr w:rsidR="00892B85" w14:paraId="52D1FD02" w14:textId="77777777" w:rsidTr="00123E9D">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="391" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="4977BEAC" w14:textId="77777777" w:rsidR="00626924" w:rsidRDefault="00626924" w:rsidP="00123E9D">
+          <w:p w14:paraId="14C5D878" w14:textId="77777777" w:rsidR="00892B85" w:rsidRDefault="00892B85" w:rsidP="00123E9D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="11DAB8B0" w14:textId="77777777" w:rsidR="00626924" w:rsidRDefault="00626924" w:rsidP="00123E9D">
+          <w:p w14:paraId="050E2BDE" w14:textId="77777777" w:rsidR="00892B85" w:rsidRDefault="00892B85" w:rsidP="00123E9D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>электрондық пошта мекенжайы</w:t>
+              <w:t>адреса электронной почты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6689" w:type="dxa"/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0EEBE725" w14:textId="77777777" w:rsidR="00626924" w:rsidRDefault="00626924" w:rsidP="00123E9D">
+          <w:p w14:paraId="0BB5A6F0" w14:textId="77777777" w:rsidR="00892B85" w:rsidRDefault="00892B85" w:rsidP="00123E9D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
-                <w:lang w:val="en-US"/>
-[...6 lines deleted...]
-                <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Sosh14@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00626924" w14:paraId="3BEDD879" w14:textId="77777777" w:rsidTr="00123E9D">
+      <w:tr w:rsidR="00892B85" w14:paraId="137D82E4" w14:textId="77777777" w:rsidTr="00123E9D">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="391" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="62461155" w14:textId="77777777" w:rsidR="00626924" w:rsidRDefault="00626924" w:rsidP="00123E9D">
+          <w:p w14:paraId="5CE41BED" w14:textId="77777777" w:rsidR="00892B85" w:rsidRDefault="00892B85" w:rsidP="00123E9D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3513C91D" w14:textId="77777777" w:rsidR="00626924" w:rsidRDefault="00626924" w:rsidP="00123E9D">
+          <w:p w14:paraId="36104A03" w14:textId="77777777" w:rsidR="00892B85" w:rsidRDefault="00892B85" w:rsidP="00123E9D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...9 lines deleted...]
-              <w:t>ос лауазымның атауы, жүктемесі</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6689" w:type="dxa"/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="53173234" w14:textId="77777777" w:rsidR="00626924" w:rsidRDefault="00626924" w:rsidP="00123E9D">
+          <w:p w14:paraId="29F412AF" w14:textId="77777777" w:rsidR="00892B85" w:rsidRDefault="00892B85" w:rsidP="00123E9D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...6 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
-[...4 lines deleted...]
-            </w:r>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
-[...45 lines deleted...]
-              <w:t>жүктемесі</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагог-психолог, 1 ставка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00626924" w:rsidRPr="00CD46BF" w14:paraId="5F038EA7" w14:textId="77777777" w:rsidTr="00123E9D">
+      <w:tr w:rsidR="00892B85" w14:paraId="4B8A45CB" w14:textId="77777777" w:rsidTr="00123E9D">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="391" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="2E965CCB" w14:textId="77777777" w:rsidR="00626924" w:rsidRDefault="00626924" w:rsidP="00123E9D">
+          <w:p w14:paraId="51132AF6" w14:textId="77777777" w:rsidR="00892B85" w:rsidRDefault="00892B85" w:rsidP="00123E9D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5972B27C" w14:textId="77777777" w:rsidR="00626924" w:rsidRDefault="00626924" w:rsidP="00123E9D">
+          <w:p w14:paraId="6763F9CE" w14:textId="77777777" w:rsidR="00892B85" w:rsidRDefault="00892B85" w:rsidP="00123E9D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...41 lines deleted...]
-              <w:t>:</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Должностные обязанности:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6689" w:type="dxa"/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2036179D" w14:textId="77777777" w:rsidR="00626924" w:rsidRDefault="00626924" w:rsidP="00123E9D">
+          <w:p w14:paraId="017336E5" w14:textId="77777777" w:rsidR="00892B85" w:rsidRPr="00CD46BF" w:rsidRDefault="00892B85" w:rsidP="00123E9D">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-          <w:p w14:paraId="5634B056" w14:textId="77777777" w:rsidR="00626924" w:rsidRDefault="00626924" w:rsidP="00123E9D">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD46BF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>осуществляет деятельность, направленную на обеспечение и нормализацию психологического благополучия обучающихся и воспитанников, развитие у них способности к социально-психологической адаптации в трудных жизненных ситуациях, в том числе связанных с девиантным поведением;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C0DA79D" w14:textId="77777777" w:rsidR="00892B85" w:rsidRPr="00CD46BF" w:rsidRDefault="00892B85" w:rsidP="00123E9D">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-          <w:p w14:paraId="3E5DA5F7" w14:textId="77777777" w:rsidR="00626924" w:rsidRDefault="00626924" w:rsidP="00123E9D">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD46BF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> оказывает помощь обучающимся и воспитанникам в профильном и профессиональном самоопределении;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="72E40341" w14:textId="77777777" w:rsidR="00892B85" w:rsidRPr="00CD46BF" w:rsidRDefault="00892B85" w:rsidP="00123E9D">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-          <w:p w14:paraId="29B4BC97" w14:textId="77777777" w:rsidR="00626924" w:rsidRDefault="00626924" w:rsidP="00123E9D">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD46BF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> формирует психолого-педагогическую культуру педагогов, родителей и иных законных представителей в условиях образовательной среды и способствует формированию толерантности между участниками образовательного процесса;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="305DDC62" w14:textId="77777777" w:rsidR="00892B85" w:rsidRPr="00CD46BF" w:rsidRDefault="00892B85" w:rsidP="00123E9D">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-          <w:p w14:paraId="15B3A7C1" w14:textId="77777777" w:rsidR="00626924" w:rsidRDefault="00626924" w:rsidP="00123E9D">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD46BF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> содействует реализации принципа инклюзивности и обеспечивает толерантную культуру поведения всех участников образовательного процесса;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1BDC7A8A" w14:textId="77777777" w:rsidR="00892B85" w:rsidRPr="00CD46BF" w:rsidRDefault="00892B85" w:rsidP="00123E9D">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-          <w:p w14:paraId="283741C0" w14:textId="77777777" w:rsidR="00626924" w:rsidRDefault="00626924" w:rsidP="00123E9D">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD46BF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> проводит работу по профилактике аутодеструктивного и девиантного поведения у обучающихся и воспитанников;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7455B8ED" w14:textId="77777777" w:rsidR="00892B85" w:rsidRPr="00CD46BF" w:rsidRDefault="00892B85" w:rsidP="00123E9D">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-          <w:p w14:paraId="6AE223C9" w14:textId="77777777" w:rsidR="00626924" w:rsidRDefault="00626924" w:rsidP="00123E9D">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD46BF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> прививает антикоррупционную культуру, принципы академической честности среди обучающихся, воспитанников, педагогов и других работников;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17A4502A" w14:textId="77777777" w:rsidR="00892B85" w:rsidRPr="00CD46BF" w:rsidRDefault="00892B85" w:rsidP="00123E9D">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-          <w:p w14:paraId="0083C957" w14:textId="77777777" w:rsidR="00626924" w:rsidRDefault="00626924" w:rsidP="00123E9D">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD46BF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> проводит психолого-педагогическую диагностику состояния обучающихся и воспитанников, составляет психолого-педагогическое заключение и рекомендации для оказания психологической помощи;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15A41CAC" w14:textId="77777777" w:rsidR="00892B85" w:rsidRPr="00CD46BF" w:rsidRDefault="00892B85" w:rsidP="00123E9D">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-          <w:p w14:paraId="5ACFB0B2" w14:textId="77777777" w:rsidR="00626924" w:rsidRDefault="00626924" w:rsidP="00123E9D">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD46BF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> участвует в оценке особых образовательных потребностей обучающихся и разрабатывает развивающие программы с учетом индивидуальных особенностей и возможностей обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="53ECBBEA" w14:textId="77777777" w:rsidR="00892B85" w:rsidRPr="00CD46BF" w:rsidRDefault="00892B85" w:rsidP="00123E9D">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-          <w:p w14:paraId="6CBA8F4E" w14:textId="77777777" w:rsidR="00626924" w:rsidRDefault="00626924" w:rsidP="00123E9D">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD46BF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> оказывает психолого-педагогическое сопровождение детям с различными психологическими проблемами, в том числе детям с особыми образовательными потребностями в форме консультаций, индивидуальных, подгрупповых и групповых развивающих занятий;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3BF1DA26" w14:textId="77777777" w:rsidR="00892B85" w:rsidRPr="00CD46BF" w:rsidRDefault="00892B85" w:rsidP="00123E9D">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-          <w:p w14:paraId="4C188531" w14:textId="77777777" w:rsidR="00626924" w:rsidRDefault="00626924" w:rsidP="00123E9D">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD46BF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> осуществляет психологическую поддержку одаренных обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="484AAAFD" w14:textId="77777777" w:rsidR="00892B85" w:rsidRPr="00CD46BF" w:rsidRDefault="00892B85" w:rsidP="00123E9D">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-          <w:p w14:paraId="63BA8B54" w14:textId="77777777" w:rsidR="00626924" w:rsidRDefault="00626924" w:rsidP="00123E9D">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD46BF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> оказывает консультативную помощь и психологическую поддержку обучающимся, воспитанникам, педагогам, родителям или иным законным представителям в решении психологических проблем, связанных с трудностями в образовательной деятельности;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="738E74D0" w14:textId="77777777" w:rsidR="00892B85" w:rsidRPr="00CD46BF" w:rsidRDefault="00892B85" w:rsidP="00123E9D">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-          <w:p w14:paraId="06801041" w14:textId="77777777" w:rsidR="00626924" w:rsidRDefault="00626924" w:rsidP="00123E9D">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD46BF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> проводит организационно-методическую и научно-методическую работу с целью разработки рекомендаций педагогическому коллективу, а также родителям </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD46BF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>или иным законным представителям по проблемам личностного и социального развития обучающихся и воспитанников;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B2445A6" w14:textId="77777777" w:rsidR="00892B85" w:rsidRPr="00CD46BF" w:rsidRDefault="00892B85" w:rsidP="00123E9D">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-          <w:p w14:paraId="79FC2EF4" w14:textId="77777777" w:rsidR="00626924" w:rsidRDefault="00626924" w:rsidP="00123E9D">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD46BF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ведет документацию по установленной форме, принимает участие в работе педагогических, методических советов, в работе по проведению родительских собраний, воспитательных и других мероприятий, предусмотренных в плане работы организации образования;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7990D555" w14:textId="77777777" w:rsidR="00892B85" w:rsidRPr="00CD46BF" w:rsidRDefault="00892B85" w:rsidP="00123E9D">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-          <w:p w14:paraId="5AA24053" w14:textId="77777777" w:rsidR="00626924" w:rsidRDefault="00626924" w:rsidP="00123E9D">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD46BF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> непрерывно повышает профессиональные компетенции по направлению педагогики, психологии психотерапии, применяет методы и технологии психолого-педагогического сопровождения обучающихся и воспитанников;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44550A86" w14:textId="77777777" w:rsidR="00892B85" w:rsidRPr="00CD46BF" w:rsidRDefault="00892B85" w:rsidP="00123E9D">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ"/>
-[...862 lines deleted...]
-                <w:color w:val="000000"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
             <w:r w:rsidRPr="00CD46BF">
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1010 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve"> содействует охране прав личности в соответствии с</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId4" w:anchor="z206" w:history="1">
-              <w:r>
+            <w:hyperlink r:id="rId4" w:anchor="z2" w:history="1">
+              <w:r w:rsidRPr="00CD46BF">
                 <w:rPr>
                   <w:rStyle w:val="ac"/>
                   <w:rFonts w:eastAsia="monospace"/>
                   <w:color w:val="073A5E"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:lang w:val="ru-RU"/>
                 </w:rPr>
-                <w:t>3-қосымшаға</w:t>
+                <w:t>Конвенцией</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...260 lines deleted...]
-          <w:p w14:paraId="7ECC6C83" w14:textId="77777777" w:rsidR="00626924" w:rsidRDefault="00626924" w:rsidP="00123E9D">
+            <w:r w:rsidRPr="00CD46BF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>о правах ребенка и действующего законодательства Республики Казахстан;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D819F35" w14:textId="77777777" w:rsidR="00892B85" w:rsidRPr="00CD46BF" w:rsidRDefault="00892B85" w:rsidP="00123E9D">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...253 lines deleted...]
-          <w:p w14:paraId="036BDAA6" w14:textId="77777777" w:rsidR="00626924" w:rsidRDefault="00626924" w:rsidP="00123E9D">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD46BF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> обеспечивает охрану жизни, здоровья и прав детей, соблюдает правила безопасности и охраны труда, противопожарной защиты;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="40C576A4" w14:textId="77777777" w:rsidR="00892B85" w:rsidRPr="00CD46BF" w:rsidRDefault="00892B85" w:rsidP="00123E9D">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-                <w:lang w:val="ru-RU"/>
-[...304 lines deleted...]
-          <w:p w14:paraId="5BAFCBEC" w14:textId="77777777" w:rsidR="00626924" w:rsidRDefault="00626924" w:rsidP="00123E9D">
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD46BF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> осуществляет разработку рекомендаций по преодолению трудностей в учебно-познавательной деятельности обучающихся и воспитанников;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="726548DE" w14:textId="77777777" w:rsidR="00892B85" w:rsidRPr="00CD46BF" w:rsidRDefault="00892B85" w:rsidP="00123E9D">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-                <w:lang w:val="ru-RU"/>
-[...264 lines deleted...]
-          <w:p w14:paraId="022F10BA" w14:textId="77777777" w:rsidR="00626924" w:rsidRDefault="00626924" w:rsidP="00123E9D">
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD46BF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в ходе профессиональной деятельности руководствуется психолого-педагогическими принципами образовательной деятельности;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32A95DF1" w14:textId="77777777" w:rsidR="00892B85" w:rsidRPr="00CD46BF" w:rsidRDefault="00892B85" w:rsidP="00123E9D">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
-              </w:rPr>
-[...136 lines deleted...]
-          <w:p w14:paraId="62A169F0" w14:textId="77777777" w:rsidR="00626924" w:rsidRDefault="00626924" w:rsidP="00123E9D">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD46BF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> определяет допустимые методы и методики для проведения диагностики, с учетом возрастных особенностей обучающихся и поступающих запросов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2685B29B" w14:textId="77777777" w:rsidR="00892B85" w:rsidRPr="00CD46BF" w:rsidRDefault="00892B85" w:rsidP="00123E9D">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
-              </w:rPr>
-[...752 lines deleted...]
-          <w:p w14:paraId="656A0922" w14:textId="77777777" w:rsidR="00626924" w:rsidRDefault="00626924" w:rsidP="00123E9D">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD46BF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дифференцирует причины возникновения психологических, социальных или физиологических трудностей в освоении общеобразовательных программ;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7221A5CB" w14:textId="77777777" w:rsidR="00892B85" w:rsidRPr="00CD46BF" w:rsidRDefault="00892B85" w:rsidP="00123E9D">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
-              </w:rPr>
-[...190 lines deleted...]
-          <w:p w14:paraId="2FED523E" w14:textId="77777777" w:rsidR="00626924" w:rsidRDefault="00626924" w:rsidP="00123E9D">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD46BF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> проводит психологическое исследование особенностей личности обучающегося и воспитанника, анализ психоэмоционального состояния и возможностей его стабилизации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0FE25383" w14:textId="77777777" w:rsidR="00892B85" w:rsidRPr="00CD46BF" w:rsidRDefault="00892B85" w:rsidP="00123E9D">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
-              </w:rPr>
-[...136 lines deleted...]
-          <w:p w14:paraId="3E78D5C9" w14:textId="77777777" w:rsidR="00626924" w:rsidRDefault="00626924" w:rsidP="00123E9D">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD46BF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> проводит индивидуальные или групповые коррекционные, развивающие и мотивационные занятия или тренинги;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78AA7851" w14:textId="77777777" w:rsidR="00892B85" w:rsidRPr="00CD46BF" w:rsidRDefault="00892B85" w:rsidP="00123E9D">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
-              </w:rPr>
-[...262 lines deleted...]
-          <w:p w14:paraId="3CAE61E0" w14:textId="77777777" w:rsidR="00626924" w:rsidRDefault="00626924" w:rsidP="00123E9D">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD46BF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> участвует в мониторинге динамики изменений учебно-познавательной деятельности и социализации обучающихся и воспитанников;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3ED6B050" w14:textId="77777777" w:rsidR="00892B85" w:rsidRPr="00CD46BF" w:rsidRDefault="00892B85" w:rsidP="00123E9D">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
-              </w:rPr>
-[...731 lines deleted...]
-          <w:p w14:paraId="08EDB0C2" w14:textId="77777777" w:rsidR="00626924" w:rsidRDefault="00626924" w:rsidP="00123E9D">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD46BF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> взаимодействует со специалистами соответствующего профиля внутри и вне организации образования по преодолению трудностей в учебно-познавательной деятельности и социализации обучающегося и воспитанника.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D36D4B0" w14:textId="77777777" w:rsidR="00892B85" w:rsidRDefault="00892B85" w:rsidP="00123E9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00892B85" w14:paraId="7C99D105" w14:textId="77777777" w:rsidTr="00123E9D">
+        <w:trPr>
+          <w:trHeight w:val="639"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="12A45F21" w14:textId="77777777" w:rsidR="00892B85" w:rsidRDefault="00892B85" w:rsidP="00123E9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="46E23B6C" w14:textId="77777777" w:rsidR="00892B85" w:rsidRDefault="00892B85" w:rsidP="00123E9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Размер и условия оплаты труда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="700E6E2E" w14:textId="77777777" w:rsidR="00892B85" w:rsidRDefault="00892B85" w:rsidP="00123E9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74A5D3A4" w14:textId="77777777" w:rsidR="00892B85" w:rsidRDefault="00892B85" w:rsidP="00123E9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- среднее специальное образование( min): 106 000 тенге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18B54160" w14:textId="77777777" w:rsidR="00892B85" w:rsidRDefault="00892B85" w:rsidP="00123E9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- высшее образование (min): 13</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 000 тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00892B85" w14:paraId="3337170B" w14:textId="77777777" w:rsidTr="00123E9D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="33F4A228" w14:textId="77777777" w:rsidR="00892B85" w:rsidRDefault="00892B85" w:rsidP="00123E9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AFD9D64" w14:textId="77777777" w:rsidR="00892B85" w:rsidRDefault="00892B85" w:rsidP="00123E9D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E8BDC64" w14:textId="77777777" w:rsidR="00892B85" w:rsidRDefault="00892B85" w:rsidP="00123E9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5692EB14" w14:textId="77777777" w:rsidR="00892B85" w:rsidRPr="00CD46BF" w:rsidRDefault="00892B85" w:rsidP="00123E9D">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...677 lines deleted...]
-          <w:p w14:paraId="21A2C8E9" w14:textId="77777777" w:rsidR="00626924" w:rsidRDefault="00626924" w:rsidP="00123E9D">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD46BF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>высшее или послевузовское образование по направлениям подготовки кадров "Педагогика и психология", "Социальные науки" (группа образовательных программ "Психология"), без предъявления требований к стажу работы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D5136C1" w14:textId="77777777" w:rsidR="00892B85" w:rsidRPr="00CD46BF" w:rsidRDefault="00892B85" w:rsidP="00123E9D">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...37 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD46BF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и (или) при наличии высшего или среднего уровня квалификации стаж работы по специальности: для педагога-модератора не менее 3 лет, для педагога-эксперта – не менее 4 лет, педагога-исследователя не менее 5 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0FAE77D0" w14:textId="77777777" w:rsidR="00892B85" w:rsidRDefault="00892B85" w:rsidP="00123E9D">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD46BF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и (или) при наличии высшего уровня квалификации стаж работы по специальности: для педагога-мастера не менее 5 лет.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00892B85" w14:paraId="48E8F01A" w14:textId="77777777" w:rsidTr="00123E9D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="637BC87A" w14:textId="77777777" w:rsidR="00892B85" w:rsidRDefault="00892B85" w:rsidP="00123E9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EC6D51A" w14:textId="77777777" w:rsidR="00892B85" w:rsidRDefault="00892B85" w:rsidP="00123E9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок приема документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CEA05AF" w14:textId="77777777" w:rsidR="00892B85" w:rsidRDefault="00892B85" w:rsidP="00123E9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10.02 -19.02.2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00892B85" w14:paraId="125C132F" w14:textId="77777777" w:rsidTr="00123E9D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B4FF402" w14:textId="77777777" w:rsidR="00892B85" w:rsidRDefault="00892B85" w:rsidP="00123E9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3550AD0B" w14:textId="77777777" w:rsidR="00892B85" w:rsidRDefault="00892B85" w:rsidP="00123E9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Перечень необходимых документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="730B614D" w14:textId="77777777" w:rsidR="00892B85" w:rsidRPr="00892B85" w:rsidRDefault="00892B85" w:rsidP="00123E9D">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId5" w:anchor="z233" w:history="1">
-              <w:r>
+            <w:r w:rsidRPr="00CD46BF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1) заявление об участии в конкурсе с указанием перечня прилагаемых документов по форме согласно</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId5" w:anchor="z397" w:history="1">
+              <w:r w:rsidRPr="00CD46BF">
                 <w:rPr>
                   <w:rStyle w:val="ac"/>
                   <w:rFonts w:eastAsia="monospace"/>
                   <w:color w:val="073A5E"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:lang w:val="ru-RU"/>
                 </w:rPr>
-                <w:t>17</w:t>
+                <w:t xml:space="preserve">приложению </w:t>
               </w:r>
-            </w:hyperlink>
-[...9 lines deleted...]
-              <w:r>
+              <w:r w:rsidRPr="00892B85">
                 <w:rPr>
                   <w:rStyle w:val="ac"/>
                   <w:rFonts w:eastAsia="monospace"/>
                   <w:color w:val="073A5E"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:lang w:val="ru-RU"/>
                 </w:rPr>
-                <w:t>18-қосымшаларға</w:t>
+                <w:t>3</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...234 lines deleted...]
-          <w:p w14:paraId="7D026297" w14:textId="77777777" w:rsidR="00626924" w:rsidRDefault="00626924" w:rsidP="00123E9D">
+            <w:r w:rsidRPr="00892B85">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16A0ACCE" w14:textId="77777777" w:rsidR="00892B85" w:rsidRPr="00CD46BF" w:rsidRDefault="00892B85" w:rsidP="00123E9D">
             <w:pPr>
               <w:pStyle w:val="ad"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
-              </w:rPr>
-[...23 lines deleted...]
-                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00892B85">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:r w:rsidRPr="00CD46BF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D12089E" w14:textId="77777777" w:rsidR="00892B85" w:rsidRPr="00CD46BF" w:rsidRDefault="00892B85" w:rsidP="00123E9D">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD46BF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3) заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="27E16E91" w14:textId="77777777" w:rsidR="00892B85" w:rsidRPr="00CD46BF" w:rsidRDefault="00892B85" w:rsidP="00123E9D">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD46BF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4) копии документов об образовании в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E5B6A00" w14:textId="77777777" w:rsidR="00892B85" w:rsidRPr="00CD46BF" w:rsidRDefault="00892B85" w:rsidP="00123E9D">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD46BF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5) копия документа, подтверждающую трудовую деятельность (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63FE33C0" w14:textId="77777777" w:rsidR="00892B85" w:rsidRPr="00CD46BF" w:rsidRDefault="00892B85" w:rsidP="00123E9D">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD46BF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 6) справка о состоянии здоровья по форме 075/у, утвержденная</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId6" w:anchor="z4" w:history="1">
+              <w:r w:rsidRPr="00CD46BF">
+                <w:rPr>
+                  <w:rStyle w:val="ac"/>
+                  <w:rFonts w:eastAsia="monospace"/>
+                  <w:color w:val="073A5E"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:lang w:val="ru-RU"/>
+                </w:rPr>
+                <w:t>приказом</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD46BF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A143DF8" w14:textId="77777777" w:rsidR="00892B85" w:rsidRPr="00CD46BF" w:rsidRDefault="00892B85" w:rsidP="00123E9D">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD46BF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 7) справка об отсутствии динамического наблюдения больных с психическими поведенческими расстройствами;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="659A182D" w14:textId="77777777" w:rsidR="00892B85" w:rsidRPr="00CD46BF" w:rsidRDefault="00892B85" w:rsidP="00123E9D">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD46BF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 8) справка об отсутствии динамического наблюдения наркологических больных;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="639E6251" w14:textId="77777777" w:rsidR="00892B85" w:rsidRPr="00CD46BF" w:rsidRDefault="00892B85" w:rsidP="00123E9D">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD46BF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 9) сертификат о результатах прохождения сертификации или удостоверение о наличии действующей квалификационной категории (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E2EB3D0" w14:textId="77777777" w:rsidR="00892B85" w:rsidRDefault="00892B85" w:rsidP="00123E9D">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD46BF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 10) для кандидатов на занятие должности педагогов английского языка сертификат о результатах сертификации по предмету или удостоверение о наличии квалификационной категории педагога-модератора или педагога-эксперта, или педагога-исследователя, или педагога-мастера (при наличии) или сертификат </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>CELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD46BF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Certificatein</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD46BF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD46BF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...31 lines deleted...]
-                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Language</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD46BF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Teachingto</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD46BF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...36 lines deleted...]
-          <w:p w14:paraId="5F8D33CA" w14:textId="77777777" w:rsidR="00626924" w:rsidRDefault="00626924" w:rsidP="00123E9D">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Adults</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD46BF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above, илиайелтс (IELTS) – 6,5 баллов; или тойфл (TOEFL) (іnternet Based Test (іBT)) – 60 – 65 баллов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70B50C19" w14:textId="77777777" w:rsidR="00892B85" w:rsidRPr="00CD46BF" w:rsidRDefault="00892B85" w:rsidP="00123E9D">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD46BF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>11) педагоги, приступившие к педагогической деятельности в организации технического, профессионального и послесреднего образования на должности педагогов по специальным дисциплинам и мастеров производственного обучения, имеющие стаж работы на производстве по соответствующей специальности или профилю не менее двух лет, освобождаются от прохождения сертификации.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C9E1D9B" w14:textId="77777777" w:rsidR="00892B85" w:rsidRPr="00CD46BF" w:rsidRDefault="00892B85" w:rsidP="00123E9D">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD46BF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 12) заполненный Оценочный лист кандидата на вакантную или временно вакантную должность педагога по форме согласно</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId7" w:anchor="z585" w:history="1">
+              <w:r w:rsidRPr="00CD46BF">
+                <w:rPr>
+                  <w:rStyle w:val="ac"/>
+                  <w:rFonts w:eastAsia="monospace"/>
+                  <w:color w:val="073A5E"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:lang w:val="ru-RU"/>
+                </w:rPr>
+                <w:t>приложениям 17</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00CD46BF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:anchor="z700" w:history="1">
+              <w:r w:rsidRPr="00CD46BF">
+                <w:rPr>
+                  <w:rStyle w:val="ac"/>
+                  <w:rFonts w:eastAsia="monospace"/>
+                  <w:color w:val="073A5E"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:lang w:val="ru-RU"/>
+                </w:rPr>
+                <w:t>18</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD46BF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к настоящим Правилам.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08E2AD56" w14:textId="77777777" w:rsidR="00892B85" w:rsidRPr="00CD46BF" w:rsidRDefault="00892B85" w:rsidP="00123E9D">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD46BF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 13) рекомендательное письмо с места работы (по должности педагога), учебы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B20709D" w14:textId="77777777" w:rsidR="00892B85" w:rsidRDefault="00892B85" w:rsidP="00123E9D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman"/>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId7" w:history="1">
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="ac"/>
                   <w:rFonts w:eastAsia="Times New Roman"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="kk-KZ"/>
                 </w:rPr>
                 <w:t>https://hr-nobd.edu.kz/#/home-hr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>құжаттарды қабылдау осы платформада жүзеге асырылады</w:t>
-            </w:r>
+              <w:t>прием документов осуществляется на данной платформе</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="268D35F7" w14:textId="77777777" w:rsidR="00892B85" w:rsidRDefault="00892B85" w:rsidP="00123E9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00626924" w14:paraId="1C2EFAB5" w14:textId="77777777" w:rsidTr="00123E9D">
+      <w:tr w:rsidR="00892B85" w14:paraId="099901C1" w14:textId="77777777" w:rsidTr="00123E9D">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="391" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="32DA9F00" w14:textId="77777777" w:rsidR="00626924" w:rsidRDefault="00626924" w:rsidP="00123E9D">
+          <w:p w14:paraId="7158AC5E" w14:textId="77777777" w:rsidR="00892B85" w:rsidRDefault="00892B85" w:rsidP="00123E9D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2384" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="08128B03" w14:textId="77777777" w:rsidR="00626924" w:rsidRDefault="00626924" w:rsidP="00123E9D">
+          <w:p w14:paraId="71D97820" w14:textId="77777777" w:rsidR="00892B85" w:rsidRDefault="00892B85" w:rsidP="00123E9D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Бос лауазымының мерзімі</w:t>
+              <w:t>Срок  вакантной должности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6689" w:type="dxa"/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4A6B948E" w14:textId="77777777" w:rsidR="00626924" w:rsidRDefault="00626924" w:rsidP="00123E9D">
+          <w:p w14:paraId="3EE245B5" w14:textId="77777777" w:rsidR="00892B85" w:rsidRDefault="00892B85" w:rsidP="00123E9D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
-                <w:b/>
-[...13 lines deleted...]
-              <w:t>Тұрақты</w:t>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>постоянный</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5154B38A" w14:textId="77777777" w:rsidR="00626924" w:rsidRDefault="00626924" w:rsidP="00626924">
+    <w:p w14:paraId="4DE50A27" w14:textId="77777777" w:rsidR="00892B85" w:rsidRDefault="00892B85" w:rsidP="00892B85">
       <w:pPr>
-        <w:autoSpaceDE w:val="0"/>
-[...3 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3978A168" w14:textId="77777777" w:rsidR="00626924" w:rsidRDefault="00626924" w:rsidP="00626924">
+    <w:p w14:paraId="66C3471E" w14:textId="77777777" w:rsidR="00892B85" w:rsidRDefault="00892B85" w:rsidP="00892B85">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="z178"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w14:paraId="6C8C38A4" w14:textId="77777777" w:rsidR="00892B85" w:rsidRDefault="00892B85" w:rsidP="00892B85">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+    </w:p>
+    <w:p w14:paraId="5A65D740" w14:textId="77777777" w:rsidR="00892B85" w:rsidRDefault="00892B85" w:rsidP="00892B85">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:br w:type="page"/>
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="506FF6FE" w14:textId="77777777" w:rsidR="00B60DA6" w:rsidRDefault="00B60DA6"/>
-    <w:sectPr w:rsidR="00B60DA6">
+    <w:p w14:paraId="0FFF8CD7" w14:textId="77777777" w:rsidR="00892B85" w:rsidRDefault="00892B85" w:rsidP="00892B85">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59CADEBC" w14:textId="77777777" w:rsidR="00892B85" w:rsidRDefault="00892B85" w:rsidP="00892B85">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="56CFA8D7" w14:textId="77777777" w:rsidR="00892B85" w:rsidRDefault="00892B85" w:rsidP="00892B85">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="778D1213" w14:textId="77777777" w:rsidR="00892B85" w:rsidRDefault="00892B85" w:rsidP="00892B85">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="79FB5829" w14:textId="77777777" w:rsidR="00892B85" w:rsidRDefault="00892B85" w:rsidP="00892B85">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A722770" w14:textId="77777777" w:rsidR="00892B85" w:rsidRDefault="00892B85" w:rsidP="00892B85">
+      <w:pPr>
+        <w:pStyle w:val="ad"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="monospace"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="127CEC87" w14:textId="77777777" w:rsidR="005613F0" w:rsidRDefault="005613F0"/>
+    <w:sectPr w:rsidR="005613F0" w:rsidSect="00892B85">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="1133" w:bottom="709" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="monospace">
     <w:altName w:val="Segoe Print"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00B60DA6"/>
+    <w:rsidRoot w:val="005613F0"/>
     <w:rsid w:val="00494A73"/>
-    <w:rsid w:val="00626924"/>
-    <w:rsid w:val="00B60DA6"/>
+    <w:rsid w:val="005613F0"/>
+    <w:rsid w:val="00892B85"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-KZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{5D4AC44B-CFC3-44EA-A23F-AD1F5F9BC211}"/>
+  <w15:docId w15:val="{1E231EED-2D5B-4756-8EFD-892D5BC9CCE3}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="ru-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -8325,713 +3283,713 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00626924"/>
+    <w:rsid w:val="00892B85"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00B60DA6"/>
+    <w:rsid w:val="005613F0"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="360" w:after="80" w:line="278" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:kern w:val="2"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
       <w:lang w:val="ru-KZ" w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="20"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00B60DA6"/>
+    <w:rsid w:val="005613F0"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="160" w:after="80" w:line="278" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:kern w:val="2"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="ru-KZ" w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00B60DA6"/>
+    <w:rsid w:val="005613F0"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="160" w:after="80" w:line="278" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:kern w:val="2"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="ru-KZ" w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="40"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00B60DA6"/>
+    <w:rsid w:val="005613F0"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="80" w:after="40" w:line="278" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="ru-KZ" w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="50"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00B60DA6"/>
+    <w:rsid w:val="005613F0"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="80" w:after="40" w:line="278" w:lineRule="auto"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="ru-KZ" w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="60"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00B60DA6"/>
+    <w:rsid w:val="005613F0"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0" w:line="278" w:lineRule="auto"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="ru-KZ" w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="70"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00B60DA6"/>
+    <w:rsid w:val="005613F0"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0" w:line="278" w:lineRule="auto"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="ru-KZ" w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="8">
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="80"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00B60DA6"/>
+    <w:rsid w:val="005613F0"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0" w:line="278" w:lineRule="auto"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="ru-KZ" w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="90"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00B60DA6"/>
+    <w:rsid w:val="005613F0"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0" w:line="278" w:lineRule="auto"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="ru-KZ" w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00B60DA6"/>
+    <w:rsid w:val="005613F0"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="20">
     <w:name w:val="Заголовок 2 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="2"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00B60DA6"/>
+    <w:rsid w:val="005613F0"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00B60DA6"/>
+    <w:rsid w:val="005613F0"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="40">
     <w:name w:val="Заголовок 4 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="4"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00B60DA6"/>
+    <w:rsid w:val="005613F0"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="50">
     <w:name w:val="Заголовок 5 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00B60DA6"/>
+    <w:rsid w:val="005613F0"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="60">
     <w:name w:val="Заголовок 6 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="6"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00B60DA6"/>
+    <w:rsid w:val="005613F0"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="70">
     <w:name w:val="Заголовок 7 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="7"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00B60DA6"/>
+    <w:rsid w:val="005613F0"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="80">
     <w:name w:val="Заголовок 8 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="8"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00B60DA6"/>
+    <w:rsid w:val="005613F0"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="90">
     <w:name w:val="Заголовок 9 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00B60DA6"/>
+    <w:rsid w:val="005613F0"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Title"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
-    <w:rsid w:val="00B60DA6"/>
+    <w:rsid w:val="005613F0"/>
     <w:pPr>
       <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
       <w:lang w:val="ru-KZ" w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a4">
     <w:name w:val="Заголовок Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a3"/>
     <w:uiPriority w:val="10"/>
-    <w:rsid w:val="00B60DA6"/>
+    <w:rsid w:val="005613F0"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
-    <w:rsid w:val="00B60DA6"/>
+    <w:rsid w:val="005613F0"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
       <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:spacing w:val="15"/>
       <w:kern w:val="2"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="ru-KZ" w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="Подзаголовок Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="11"/>
-    <w:rsid w:val="00B60DA6"/>
+    <w:rsid w:val="005613F0"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="21">
     <w:name w:val="Quote"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="22"/>
     <w:uiPriority w:val="29"/>
     <w:qFormat/>
-    <w:rsid w:val="00B60DA6"/>
+    <w:rsid w:val="005613F0"/>
     <w:pPr>
       <w:spacing w:before="160" w:after="160" w:line="278" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="ru-KZ" w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="22">
     <w:name w:val="Цитата 2 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="21"/>
     <w:uiPriority w:val="29"/>
-    <w:rsid w:val="00B60DA6"/>
+    <w:rsid w:val="005613F0"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a7">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00B60DA6"/>
+    <w:rsid w:val="005613F0"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="ru-KZ" w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a8">
     <w:name w:val="Intense Emphasis"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="21"/>
     <w:qFormat/>
-    <w:rsid w:val="00B60DA6"/>
+    <w:rsid w:val="005613F0"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a9">
     <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="aa"/>
     <w:uiPriority w:val="30"/>
     <w:qFormat/>
-    <w:rsid w:val="00B60DA6"/>
+    <w:rsid w:val="005613F0"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="10" w:color="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
         <w:bottom w:val="single" w:sz="4" w:space="10" w:color="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       </w:pBdr>
       <w:spacing w:before="360" w:after="360" w:line="278" w:lineRule="auto"/>
       <w:ind w:left="864" w:right="864"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="ru-KZ" w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="aa">
     <w:name w:val="Выделенная цитата Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a9"/>
     <w:uiPriority w:val="30"/>
-    <w:rsid w:val="00B60DA6"/>
+    <w:rsid w:val="005613F0"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="ab">
     <w:name w:val="Intense Reference"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="32"/>
     <w:qFormat/>
-    <w:rsid w:val="00B60DA6"/>
+    <w:rsid w:val="005613F0"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="ac">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00626924"/>
+    <w:rsid w:val="00892B85"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ad">
     <w:name w:val="Normal (Web)"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00626924"/>
+    <w:rsid w:val="00892B85"/>
     <w:pPr>
       <w:spacing w:beforeAutospacing="1" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="ae">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
     <w:qFormat/>
-    <w:rsid w:val="00626924"/>
+    <w:rsid w:val="00892B85"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-KZ"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr-nobd.edu.kz/#/home-hr" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V1200007495" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V1200007495" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V1200007495" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V1200007495" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V1200007495" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000021579" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V1200007495" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/B940001400_" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr-nobd.edu.kz/#/home-hr" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -9289,55 +4247,55 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>7091</Characters>
+  <Pages>4</Pages>
+  <Words>1305</Words>
+  <Characters>7441</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>59</Lines>
-  <Paragraphs>16</Paragraphs>
+  <Lines>62</Lines>
+  <Paragraphs>17</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8318</CharactersWithSpaces>
+  <CharactersWithSpaces>8729</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>user</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>