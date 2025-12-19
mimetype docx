--- v0 (2025-12-06)
+++ v1 (2025-12-19)
@@ -1,9279 +1,11374 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w:rsidR="006F0ADC" w:rsidRDefault="00E20B44">
+    <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
       <w:pPr>
-        <w:pStyle w:val="1"/>
         <w:spacing w:before="75"/>
-        <w:ind w:left="1962" w:right="0" w:hanging="1652"/>
-[...2 lines deleted...]
-          <w:spacing w:val="-57"/>
+        <w:ind w:left="903" w:right="1031"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>«Павлодар</w:t>
-[...3 lines deleted...]
-          <w:spacing w:val="-10"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>КГУ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>қаласының</w:t>
-[...3 lines deleted...]
-          <w:spacing w:val="-7"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>«Средняя</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00575137">
-[...4 lines deleted...]
-          <w:spacing w:val="43"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>общеобразовательная</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>жалпы</w:t>
-[...3 lines deleted...]
-          <w:spacing w:val="-10"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>школа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>орта</w:t>
-[...3 lines deleted...]
-          <w:spacing w:val="-11"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>имени</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-          <w:spacing w:val="-10"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Камала</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-          <w:spacing w:val="-10"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Макпалеева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>мектебі»</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>города Павлодара» объявляет конкурс</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+      <w:pPr>
+        <w:spacing w:line="242" w:lineRule="auto"/>
+        <w:ind w:left="903" w:right="1027"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>должность</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
           <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidR="00DF0041">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>социального педагога</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (16 часов)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00ED4EC0" w:rsidRPr="008676CA" w:rsidRDefault="006F0ADC" w:rsidP="00442683">
-[...39 lines deleted...]
-    <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+    <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:spacing w:before="3"/>
+        <w:spacing w:before="49"/>
         <w:rPr>
           <w:b/>
+          <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="114" w:type="dxa"/>
+        <w:tblInd w:w="271" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="514"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6860"/>
+        <w:gridCol w:w="387"/>
+        <w:gridCol w:w="2352"/>
+        <w:gridCol w:w="7446"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00ED4EC0">
-[...518 lines deleted...]
-      <w:tr w:rsidR="00ED4EC0">
+      <w:tr w:rsidR="001F3502">
         <w:trPr>
           <w:trHeight w:val="1103"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="387" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
-[...5 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="273" w:lineRule="exact"/>
+              <w:ind w:left="136"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2352" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
-[...50 lines deleted...]
-              <w:t>атауы</w:t>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="112" w:right="735"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Наименование организации</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="112"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6860" w:type="dxa"/>
+            <w:tcW w:w="7446" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
-[...2 lines deleted...]
-              <w:ind w:left="108" w:right="274"/>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="112"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>Павлодар</w:t>
+              <w:t xml:space="preserve">Коммунальное государственное учреждение </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>«Средняя</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="270" w:lineRule="atLeast"/>
+              <w:ind w:left="112" w:right="879"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>общеобразовательная</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>школа</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>имени</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Камала</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Макпалеева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>города Павлодара»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>отдела</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>образования</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>города</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Павлодара,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-11"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>облысының</w:t>
-[...253 lines deleted...]
-              <w:t>мекемесі</w:t>
+              <w:t>управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED4EC0">
+      <w:tr w:rsidR="001F3502">
         <w:trPr>
-          <w:trHeight w:val="2484"/>
+          <w:trHeight w:val="532"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-[...287 lines deleted...]
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="387" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2352" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
-[...50 lines deleted...]
-              <w:t>шарттары</w:t>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="264" w:lineRule="exact"/>
+              <w:ind w:left="112"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">местонахождения, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>почтового адреса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6860" w:type="dxa"/>
+            <w:tcW w:w="7446" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
-[...230 lines deleted...]
-              </w:tabs>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="264" w:lineRule="exact"/>
-              <w:rPr>
-[...63 lines deleted...]
-              <w:t>теңге</w:t>
+              <w:ind w:left="112" w:right="1242"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>140013,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Республика</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Казахстан,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Павлодарская</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">область, город Павлодар, улица </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Гагарина ,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 58</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED4EC0">
+      <w:tr w:rsidR="001F3502">
         <w:trPr>
-          <w:trHeight w:val="2760"/>
+          <w:trHeight w:val="256"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="387" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
-[...17 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2352" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
-[...76 lines deleted...]
-              <w:t>талаптары</w:t>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="236" w:lineRule="exact"/>
+              <w:ind w:left="112"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>номеров</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>телефонов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6860" w:type="dxa"/>
+            <w:tcW w:w="7446" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000A20ED" w:rsidRPr="000A20ED" w:rsidRDefault="000A20ED" w:rsidP="000A20ED">
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="236" w:lineRule="exact"/>
+              <w:ind w:left="112"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>(7182)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>22-22-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F3502">
+        <w:trPr>
+          <w:trHeight w:val="534"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="387" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2352" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="264" w:lineRule="exact"/>
+              <w:ind w:left="112" w:right="200"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>адреса</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">электронной </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>почты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7446" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00FE3E46">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="17"/>
+              <w:ind w:left="112"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId5">
+              <w:r w:rsidR="00200876">
+                <w:rPr>
+                  <w:color w:val="0461C1"/>
+                  <w:spacing w:val="-2"/>
+                  <w:u w:val="single" w:color="0461C1"/>
+                </w:rPr>
+                <w:t>Sosh4@goo.edu.kz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F3502">
+        <w:trPr>
+          <w:trHeight w:val="1367"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="387" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="273" w:lineRule="exact"/>
+              <w:ind w:left="136"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2352" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="112" w:right="467"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Наименование </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>вакантной</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">или </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>временно вакантной</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="244" w:lineRule="exact"/>
+              <w:ind w:left="112"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>должности,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>нагрузка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7446" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00DF0041">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="232" w:lineRule="auto"/>
+              <w:ind w:left="112"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Социальный педагог</w:t>
+            </w:r>
+            <w:r w:rsidR="00200876">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="00200876">
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00200876">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">16 </w:t>
+            </w:r>
+            <w:r w:rsidR="00200876">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>часов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F3502" w:rsidRPr="007B3B1A">
+        <w:trPr>
+          <w:trHeight w:val="1931"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="387" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2352" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="112"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>основные функциональны е</w:t>
+            </w:r>
+            <w:r w:rsidR="007B3B1A">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>обязанности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7446" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE3E46" w:rsidRPr="00FE3E46" w:rsidRDefault="00DF0041">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="440"/>
+              </w:tabs>
+              <w:spacing w:line="270" w:lineRule="atLeast"/>
+              <w:ind w:left="112" w:right="97" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF0041">
+              <w:rPr>
+                <w:color w:val="1E293B"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">изучает психолого-медико-педагогические особенности личности и ее микросреды, условия жизни, выявляет интересы и потребности, проблемы, конфликтные ситуации, отклонения в поведении обучающихся, воспитанников и своевременно оказывает им социальную помощь и поддержку; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FE3E46" w:rsidRPr="00FE3E46" w:rsidRDefault="00DF0041">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="440"/>
+              </w:tabs>
+              <w:spacing w:line="270" w:lineRule="atLeast"/>
+              <w:ind w:left="112" w:right="97" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF0041">
+              <w:rPr>
+                <w:color w:val="1E293B"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>определяет задачи, формы, методы социально-педагогической работы, способы решения личных и социальных проблем ребенка, принимает меры по социальной защите и социальной помощи в реализации прав и свобод личности обучающихся, воспитанников;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FE3E46" w:rsidRPr="00FE3E46" w:rsidRDefault="00DF0041">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="440"/>
+              </w:tabs>
+              <w:spacing w:line="270" w:lineRule="atLeast"/>
+              <w:ind w:left="112" w:right="97" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF0041">
+              <w:rPr>
+                <w:color w:val="1E293B"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> выступает посредником между обучающимися, воспитанниками и организацией, семьей, средой, специалистами различных социальных служб, ведомств и административных органов; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FE3E46" w:rsidRPr="00FE3E46" w:rsidRDefault="00DF0041">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="440"/>
+              </w:tabs>
+              <w:spacing w:line="270" w:lineRule="atLeast"/>
+              <w:ind w:left="112" w:right="97" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF0041">
+              <w:rPr>
+                <w:color w:val="1E293B"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">осуществляет комплекс мер по воспитанию, образованию, развитию и социальной защите обучающихся, воспитанников в организациях образования и по месту жительства, обеспечивающих адаптацию личности к жизни в обществе координирует работу по патронату, обеспечению жильем, пособиями, пенсиями, имущественными и неимущественными правами детей-сирот и детей, оставшихся без попечения родителей, детей с ограниченными возможностями, детей-инвалидов, инвалидов с детства; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FE3E46" w:rsidRPr="00FE3E46" w:rsidRDefault="00DF0041">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="440"/>
+              </w:tabs>
+              <w:spacing w:line="270" w:lineRule="atLeast"/>
+              <w:ind w:left="112" w:right="97" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF0041">
+              <w:rPr>
+                <w:color w:val="1E293B"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>создает условия для развития талантов, умственных и физических способностей обучающихся, воспитанников во внеурочное время;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FE3E46" w:rsidRPr="00FE3E46" w:rsidRDefault="00DF0041">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="440"/>
+              </w:tabs>
+              <w:spacing w:line="270" w:lineRule="atLeast"/>
+              <w:ind w:left="112" w:right="97" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF0041">
+              <w:rPr>
+                <w:color w:val="1E293B"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> способствует установлению гуманных, нравственно здоровых отношений в социальной среде; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FE3E46" w:rsidRPr="00FE3E46" w:rsidRDefault="00DF0041">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="440"/>
+              </w:tabs>
+              <w:spacing w:line="270" w:lineRule="atLeast"/>
+              <w:ind w:left="112" w:right="97" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF0041">
+              <w:rPr>
+                <w:color w:val="1E293B"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>обеспечивает связь между обучающимися, воспитанниками и государственными, общественными организациями и социальными службами; взаимодействует с педагогами, родителями и иными законными представителями; обеспечивает охрану жизни и здоровья обучающихся, воспитанников в период образовательного процесса;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRPr="00DF0041" w:rsidRDefault="00DF0041">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="440"/>
+              </w:tabs>
+              <w:spacing w:line="270" w:lineRule="atLeast"/>
+              <w:ind w:left="112" w:right="97" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF0041">
+              <w:rPr>
+                <w:color w:val="1E293B"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> участвует в разработке, утверждении и реализации образовательных учебных программ в организации образования; прививает антикоррупционную культуру, принципы академической честности среди обучающихся, воспитанников.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F3502">
+        <w:trPr>
+          <w:trHeight w:val="1091"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="387" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2352" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="112"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>размер</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="112" w:right="200"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>условия</w:t>
+            </w:r>
+            <w:r w:rsidR="007B3B1A">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>оплаты труда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7446" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="251"/>
+              </w:tabs>
+              <w:ind w:left="112" w:right="2806" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>выплачивается</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>соответствии</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>со</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>стажем</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>и квалификационной</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="250"/>
+              </w:tabs>
+              <w:spacing w:line="270" w:lineRule="exact"/>
+              <w:ind w:left="250" w:hanging="139"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>среднее</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>специальное</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>образование(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>min</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>):</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="007B3B1A">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>130000</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="57"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>тенге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="250"/>
+              </w:tabs>
+              <w:spacing w:line="250" w:lineRule="exact"/>
+              <w:ind w:left="250" w:hanging="139"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>высшее</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>образование</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>min</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>):</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="007B3B1A">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>000</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F3502">
+        <w:trPr>
+          <w:trHeight w:val="3035"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="387" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="273" w:lineRule="exact"/>
+              <w:ind w:left="16"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2352" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="112"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Квалификационные требования,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="112" w:right="467"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>предъявляемые</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">к </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>кандидату,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="112" w:right="203"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>утвержденные Типовыми квалификационным и</w:t>
+            </w:r>
+            <w:r w:rsidR="007B3B1A">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>характеристиками педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7446" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00576C06" w:rsidRPr="00FE3E46" w:rsidRDefault="007B3B1A" w:rsidP="00576C06">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="23"/>
+                <w:numId w:val="9"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                 <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                 <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                 <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:color w:val="1E293B"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00576C06" w:rsidRPr="00FE3E46">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00FE3E46" w:rsidRPr="00FE3E46">
               <w:rPr>
                 <w:color w:val="1E293B"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>-</w:t>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>высшее педагогическое образование или профессиональное образование по направлению "Социальный педагог" или документ, подтверждающи</w:t>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:bookmarkEnd w:id="0"/>
-            <w:r w:rsidRPr="000A20ED">
+            <w:r w:rsidR="00FE3E46" w:rsidRPr="00FE3E46">
               <w:rPr>
                 <w:color w:val="1E293B"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...28 lines deleted...]
-                <w:color w:val="1E293B"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>й педагогическую переподготовку, без предъявления требований к стажу работы; и (или) при наличии высшего уровня квалификации стаж работы в должности социального педагога: для педагога-модератора не менее 2 лет, для педагога-эксперта – не менее 3 лет, педагога-исследователя не менее 4 лет и педагога-мастера – не менее 5 лет. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRPr="007B3B1A" w:rsidRDefault="001F3502" w:rsidP="007B3B1A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="265"/>
+              </w:tabs>
+              <w:spacing w:line="270" w:lineRule="atLeast"/>
+              <w:ind w:right="95"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-            </w:r>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED4EC0">
+      <w:tr w:rsidR="001F3502">
         <w:trPr>
-          <w:trHeight w:val="553"/>
+          <w:trHeight w:val="532"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="387" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
-[...3 lines deleted...]
-              <w:ind w:left="9"/>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="273" w:lineRule="exact"/>
+              <w:ind w:left="16"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
+                <w:spacing w:val="-10"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2352" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
-[...28 lines deleted...]
-          <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="264" w:lineRule="exact"/>
-              <w:ind w:left="107"/>
-[...8 lines deleted...]
-              <w:t>мерзімі</w:t>
+              <w:ind w:left="112" w:right="906"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Срок</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">приема </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6860" w:type="dxa"/>
+            <w:tcW w:w="7446" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED4EC0" w:rsidRDefault="004A4293">
-[...3 lines deleted...]
-              <w:ind w:left="108"/>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="273" w:lineRule="exact"/>
+              <w:ind w:left="112"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
-            <w:r w:rsidR="008676CA">
+            <w:r w:rsidR="007B3B1A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="00875D02">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>.</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00AD1D1B">
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r w:rsidR="007B3B1A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>0</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="008676CA">
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:b/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="007B3B1A">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00875D02">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00875D02">
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r w:rsidR="007B3B1A">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-              <w:t>-</w:t>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>2.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-            <w:r w:rsidR="008676CA">
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="007B3B1A">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...39 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
-            </w:r>
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> ж.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED4EC0">
+      <w:tr w:rsidR="001F3502">
         <w:trPr>
-          <w:trHeight w:val="4416"/>
+          <w:trHeight w:val="3965"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="387" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="273" w:lineRule="exact"/>
-              <w:ind w:left="9"/>
+              <w:ind w:left="16"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
+                <w:spacing w:val="-10"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2352" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
-[...38 lines deleted...]
-              <w:t>тізбесі</w:t>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="112" w:right="735"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Перечень необходимы х</w:t>
+            </w:r>
+            <w:r w:rsidR="007B3B1A">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6860" w:type="dxa"/>
+            <w:tcW w:w="7446" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000152B0" w:rsidRPr="001D3DD2" w:rsidRDefault="000152B0" w:rsidP="000152B0">
-[...1121 lines deleted...]
-          <w:p w:rsidR="00ED4EC0" w:rsidRDefault="000152B0" w:rsidP="000152B0">
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="14"/>
+                <w:numId w:val="4"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="372"/>
+                <w:tab w:val="left" w:pos="269"/>
               </w:tabs>
-              <w:spacing w:line="270" w:lineRule="atLeast"/>
-              <w:ind w:right="164" w:firstLine="0"/>
+              <w:ind w:right="-15" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
-            </w:pPr>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00512AB1">
+              <w:t xml:space="preserve">заявление </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>об участии в конкурсе по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="290"/>
+              </w:tabs>
+              <w:ind w:right="-15" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">документ, </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...45 lines deleted...]
-              <w:jc w:val="center"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">удостоверяющий личность </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+              </w:tabs>
+              <w:ind w:right="-15" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">заполненный </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
+              <w:t xml:space="preserve">личный листок по учету кадров </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(с указанием адреса фактического места жительства и контактных телефонов – при </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="503"/>
+              </w:tabs>
+              <w:ind w:right="-15" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...72 lines deleted...]
-            <w:pPr>
+              <w:t xml:space="preserve">копии документов об образовании </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="374"/>
+              </w:tabs>
+              <w:ind w:right="-15" w:firstLine="0"/>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="baseline"/>
-[...11 lines deleted...]
-              <w:t>тұрақты</w:t>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">копию документа, подтверждающую </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">трудовую деятельность </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(при </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="296"/>
+              </w:tabs>
+              <w:ind w:left="296" w:hanging="291"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>справку</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="32"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="32"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>состоянии</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="32"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>здоровья</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="32"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="32"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>форме,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="32"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>утвержденной</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="32"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>приказом</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+    <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
       <w:pPr>
-        <w:spacing w:line="270" w:lineRule="atLeast"/>
+        <w:pStyle w:val="TableParagraph"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:sectPr w:rsidR="00ED4EC0" w:rsidSect="00A64398">
+        <w:sectPr w:rsidR="001F3502">
           <w:type w:val="continuous"/>
-          <w:pgSz w:w="11910" w:h="16840"/>
-          <w:pgMar w:top="640" w:right="360" w:bottom="280" w:left="860" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:pgSz w:w="11900" w:h="16840"/>
+          <w:pgMar w:top="640" w:right="283" w:bottom="0" w:left="708" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
-    </w:p>
-[...843 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="222" w:type="dxa"/>
+        <w:tblInd w:w="271" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2127"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2979"/>
+        <w:gridCol w:w="387"/>
+        <w:gridCol w:w="2352"/>
+        <w:gridCol w:w="7446"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00ED4EC0">
+      <w:tr w:rsidR="001F3502">
         <w:trPr>
-          <w:trHeight w:val="1103"/>
+          <w:trHeight w:val="7998"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcW w:w="387" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
-[...81 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3263" w:type="dxa"/>
+            <w:tcW w:w="2352" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
-[...39 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1558" w:type="dxa"/>
+            <w:tcW w:w="7446" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
-[...25 lines deleted...]
-              <w:t>кезеңі</w:t>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="5" w:right="-15"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>исполняющего обязанности Министра здравоохранения РК от 30 октября 2020 года № ҚР ДСМ-175/2020 «Об утверждении форм</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>учетной документации в области здравоохранения»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="264"/>
+              </w:tabs>
+              <w:ind w:hanging="259"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>справку</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">с психоневрологической </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>организации</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="264"/>
+              </w:tabs>
+              <w:ind w:hanging="259"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>справку</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">с наркологической </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>организации</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="329"/>
+              </w:tabs>
+              <w:ind w:left="5" w:right="-15" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">сертификат Национального квалификационного тестирования </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(далее - НКТ) или </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">удостоверение о наличии квалификационной категории </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>педагога-модератора, педагога-эксперта, педагога- исследователя, педагога-мастера (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="384"/>
+              </w:tabs>
+              <w:ind w:left="5" w:right="684" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>для кандидатов на занятие должности педагогов английского языка сертификат о результатах сертификации с пороговым уровнем</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>не</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>менее</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>90%</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>предмету</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>удостоверение</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>наличии квалификационной</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>категории</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>педагога-модератора</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>педагога- эксперта,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>педагога-исследователя,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>педагога-мастера</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>(при наличии) или сертификат CELTA (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Language</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRPr="007B3B1A" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="5" w:right="-15"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Teaching to Adults. Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>айелтс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (IELTS) – 6,5 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>тойфл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (TOEFL) (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>nternet</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Based Test (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BT)) – 60 – 65 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="384"/>
+              </w:tabs>
+              <w:ind w:left="5" w:right="822" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">педагоги, приступившие к педагогической деятельности в организации технического и профессионального, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>послесреднего</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="5" w:right="-15"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">образования на должности педагогов по специальным дисциплинам </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>имастеров</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> производственного обучения, имеющие стаж работы на производстве по соответствующей специальности или профилю не менее двух лет освобождаются от прохождения сертификации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="384"/>
+              </w:tabs>
+              <w:ind w:left="5" w:right="688" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>заполненный</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Оценочный</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>лист</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>кандидата</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>вакантную</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>или временно вакантную должность педагога по форме согласно приложению 11;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="384"/>
+              </w:tabs>
+              <w:ind w:left="384" w:hanging="379"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">видеопрезентация для кандидата без стажа </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>продолжительностью</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="388"/>
+              </w:tabs>
+              <w:spacing w:line="256" w:lineRule="exact"/>
+              <w:ind w:left="388" w:hanging="276"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">не менее 15 минут, с минимальным разрешением – 720 x </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>480.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F3502">
+        <w:trPr>
+          <w:trHeight w:val="2422"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="387" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="273" w:lineRule="exact"/>
+              <w:ind w:left="136"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2979" w:type="dxa"/>
+            <w:tcW w:w="2352" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
-[...43 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="112" w:right="906"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Срок </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>временно вакантной должности</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3263" w:type="dxa"/>
+            <w:tcW w:w="7446" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
-[...31 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="5"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Постоянно</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+    <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...426 lines deleted...]
-          <w:pgMar w:top="640" w:right="360" w:bottom="280" w:left="860" w:header="720" w:footer="720" w:gutter="0"/>
+        <w:pStyle w:val="TableParagraph"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="001F3502">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="11900" w:h="16840"/>
+          <w:pgMar w:top="620" w:right="283" w:bottom="280" w:left="708" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+    <w:p w:rsidR="001F3502" w:rsidRDefault="00200876" w:rsidP="007B3B1A">
+      <w:pPr>
+        <w:spacing w:before="75"/>
+        <w:ind w:left="7165" w:right="703" w:firstLine="681"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Приложение</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10 к Правилам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>назначения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F3502" w:rsidRDefault="00200876" w:rsidP="007B3B1A">
+      <w:pPr>
+        <w:ind w:left="6585" w:right="703" w:firstLine="97"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>должности,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">освобождения от должностей первых руководителей и педагогов государственных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>организаций</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F3502" w:rsidRDefault="00200876" w:rsidP="007B3B1A">
+      <w:pPr>
+        <w:ind w:right="703"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F3502" w:rsidRDefault="00200876" w:rsidP="007B3B1A">
+      <w:pPr>
+        <w:spacing w:before="30"/>
+        <w:ind w:right="703"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F3502" w:rsidRDefault="00200876" w:rsidP="007B3B1A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:right="703"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487587840" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>4134802</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>162483</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="1778000" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="1" name="Graphic 1"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1778000" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="1778000">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="1778000" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="5080">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="6B0052C0" id="Graphic 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:325.55pt;margin-top:12.8pt;width:140pt;height:.1pt;z-index:-15728640;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="1778000,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAX3V7dIAIAAH8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3YCbAmMOMXQoMWA&#10;oivQDDsrshwLk0WNUmLn70fJdpJ2t2E+CJT4RPLxUV7f9a1hJ4Vegy35fJZzpqyESttDyX/sHj6t&#10;OPNB2EoYsKrkZ+X53ebjh3XnCrWABkylkFEQ64vOlbwJwRVZ5mWjWuFn4JQlZw3YikBbPGQVio6i&#10;tyZb5PmXrAOsHIJU3tPpdnDyTYpf10qG73XtVWCm5FRbSCumdR/XbLMWxQGFa7QcyxD/UEUrtKWk&#10;l1BbEQQ7ov4rVKslgoc6zCS0GdS1lipxIDbz/B2b10Y4lbhQc7y7tMn/v7Dy+fSCTFekHWdWtCTR&#10;49iNeWxO53xBmFf3gpGed08gf3lyZG88ceNHTF9jG7FEjvWp0+dLp1UfmKTD+XK5ynMSRJJvvlgm&#10;ITJRTHfl0YdHBSmOOD35MOhUTZZoJkv2djKR1I46m6Rz4Ix0Rs5I5/2gsxMh3ovFRZN110LiWQsn&#10;tYPkDe8qp9KuXmNvURcqE0vCDggyYhrq1WCk1GTfkjM2VvE5X+VpfDwYXT1oY2IVHg/7e4PsJOLw&#10;pi/yoAhvYA592ArfDLjkGmHGjjoN0kSR9lCdSfCONC65/30UqDgz3yyNVHwek4GTsZ8MDOYe0iNK&#10;DaKcu/6nQMdi+pIHUvYZpoEVxSRapH7BxpsWvh4D1DoqmmZoqGjc0JQnguOLjM/odp9Q1//G5g8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA6oPo93wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMw&#10;DIbvSLxDZCQuiCXdtFJK3QkhwQmEKNMkbllj2kLjVE22lbcnPcHRvz/9/lxsJtuLI42+c4yQLBQI&#10;4tqZjhuE7fvjdQbCB81G944J4Yc8bMrzs0Lnxp34jY5VaEQsYZ9rhDaEIZfS1y1Z7RduII67Tzda&#10;HeI4NtKM+hTLbS+XSqXS6o7jhVYP9NBS/V0dLIJXL9vXq2F1o57rzFTNx+7rKewQLy+m+zsQgabw&#10;B8OsH9WhjE57d2DjRY+QrpMkogjLdQoiArerOdjPQQayLOT/D8pfAAAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhABfdXt0gAgAAfwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhADqg+j3fAAAACQEAAA8AAAAAAAAAAAAAAAAAegQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAACGBQAAAAA=&#10;" path="m,l1778000,e" filled="f" strokeweight=".4pt">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F3502" w:rsidRDefault="00200876" w:rsidP="007B3B1A">
+      <w:pPr>
+        <w:ind w:left="6302" w:right="703" w:hanging="127"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>государственный</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>орган, объявивший конкурс</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F3502" w:rsidRDefault="00200876" w:rsidP="007B3B1A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="77"/>
+        <w:ind w:right="703"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487588352" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>812800</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>210405</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="5334000" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="2" name="Graphic 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="5334000" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="5334000">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="5334000" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7112">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="57D924F2" id="Graphic 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:64pt;margin-top:16.55pt;width:420pt;height:.1pt;z-index:-15728128;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5334000,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCyfz4qIQIAAH8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3bcbR2MOMXQoMWA&#10;oivQDDsrshwLk0WNUmL370fJdpJ2t2E+CJT4RPLxUV7dDJ1hR4Veg634cpFzpqyEWtt9xX9s7z58&#10;4cwHYWthwKqKvyjPb9bv3616V6oCWjC1QkZBrC97V/E2BFdmmZet6oRfgFOWnA1gJwJtcZ/VKHqK&#10;3pmsyPPPWQ9YOwSpvKfTzejk6xS/aZQM35vGq8BMxam2kFZM6y6u2Xolyj0K12o5lSH+oYpOaEtJ&#10;T6E2Igh2QP1XqE5LBA9NWEjoMmgaLVXiQGyW+Rs2z61wKnGh5nh3apP/f2Hl4/EJma4rXnBmRUcS&#10;3U/dKGJzeudLwjy7J4z0vHsA+cuTI3vliRs/YYYGu4glcmxInX45dVoNgUk6/HR19THPSRBJvmVx&#10;nYTIRDnflQcf7hWkOOL44MOoUz1bop0tOdjZRFI76mySzoEz0hk5I513o85OhHgvFhdN1p8LiWcd&#10;HNUWkje8qZxKO3uNvUSdqMwsCTsiyIhpqFejkVKTfUnO2FjF9XJZpPHxYHR9p42JVXjc724NsqOI&#10;w5u+yIMivII59GEjfDvikmuCGTvpNEoTRdpB/UKC96Rxxf3vg0DFmflmaaTi85gNnI3dbGAwt5Ae&#10;UWoQ5dwOPwU6FtNXPJCyjzAPrChn0SL1EzbetPD1EKDRUdE0Q2NF04amPBGcXmR8Rpf7hDr/N9Z/&#10;AAAA//8DAFBLAwQUAAYACAAAACEAQPzwO94AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7D&#10;MBBE70j8g7VI3KjTWopKiFNBBQgJoYqSQ49OvE1S4nVku2n4e5wTHGd2NPsm30ymZyM631mSsFwk&#10;wJBqqztqJJRfL3drYD4o0qq3hBJ+0MOmuL7KVabthT5x3IeGxRLymZLQhjBknPu6RaP8wg5I8Xa0&#10;zqgQpWu4duoSy03PV0mScqM6ih9aNeC2xfp7fzYSPp6r3TZ9Hd9PQ3lwXDxR+XYQUt7eTI8PwAJO&#10;4S8MM35EhyIyVfZM2rM+6tU6bgkShFgCi4H7dDaq2RDAi5z/X1D8AgAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhALJ/PiohAgAAfwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAED88DveAAAACQEAAA8AAAAAAAAAAAAAAAAAewQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAACGBQAAAAA=&#10;" path="m,l5334000,e" filled="f" strokeweight=".56pt">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F3502" w:rsidRDefault="00200876" w:rsidP="007B3B1A">
+      <w:pPr>
+        <w:ind w:left="1802" w:right="703"/>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ф.И.О. кандидата (при его наличии), </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>ИИН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F3502" w:rsidRDefault="00200876" w:rsidP="007B3B1A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="62"/>
+        <w:ind w:right="703"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487588864" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>546100</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>200896</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="5689600" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="3" name="Graphic 3"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="5689600" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="5689600">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="5689600" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7112">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="1F044A50" id="Graphic 3" o:spid="_x0000_s1026" style="position:absolute;margin-left:43pt;margin-top:15.8pt;width:448pt;height:.1pt;z-index:-15727616;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5689600,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCmxqpXIQIAAH8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05SLO2MOMXQoMWA&#10;oivQDDsrshwbk0WNVOL070fJdpJ2t2E+CJT4RPLxUV7eHlsrDgapAVfI2WQqhXEaysbtCvljc//p&#10;RgoKypXKgjOFfDUkb1cfPyw7n5s51GBLg4KDOMo7X8g6BJ9nGenatIom4I1jZwXYqsBb3GUlqo6j&#10;tzabT6eLrAMsPYI2RHy67p1yleJXldHhe1WRCcIWkmsLacW0buOarZYq36HydaOHMtQ/VNGqxnHS&#10;U6i1CkrssfkrVNtoBIIqTDS0GVRVo03iwGxm03dsXmrlTeLCzSF/ahP9v7D66fCMoikLeSWFUy1L&#10;9DB04yo2p/OUM+bFP2OkR/4R9C9iR/bGEzc0YI4VthHL5MQxdfr11GlzDELz4efFzZfFlAXR7JvN&#10;r5MQmcrHu3pP4cFAiqMOjxR6ncrRUvVo6aMbTWS1o8426RykYJ1RCtZ52+vsVYj3YnHRFN25kHjW&#10;wsFsIHnDu8q5tLPXukvUicrIkrE9go2YhnvVGyk125fkrItVXM9m8zQ+BLYp7xtrYxWEu+2dRXFQ&#10;cXjTF3lwhDcwjxTWiuoel1wDzLpBp16aKNIWylcWvGONC0m/9wqNFPab45GKz2M0cDS2o4HB3kF6&#10;RKlBnHNz/KnQi5i+kIGVfYJxYFU+ihapn7DxpoOv+wBVExVNM9RXNGx4yhPB4UXGZ3S5T6jzf2P1&#10;BwAA//8DAFBLAwQUAAYACAAAACEAZ1jn390AAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7E&#10;MAyE70i8Q2Qkbmz6I1WlNF0hJOAACFh4gGxjmorGKU22LTw93hMcPTMaf1NvVzeIGafQe1KQbhIQ&#10;SK03PXUK3t9uL0oQIWoyevCECr4xwLY5Pal1ZfxCrzjvYie4hEKlFdgYx0rK0Fp0Omz8iMTeh5+c&#10;jnxOnTSTXrjcDTJLkkI63RN/sHrEG4vt5+7gFKz26SHPlufH9OerSDAP+ct8d6/U+dl6fQUi4hr/&#10;wnDEZ3RomGnvD2SCGBSUBU+JCvK0AMH+ZZmxsD8KJcimlv8HNL8AAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEApsaqVyECAAB/BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAZ1jn390AAAAIAQAADwAAAAAAAAAAAAAAAAB7BAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAIUFAAAAAA==&#10;" path="m,l5689600,e" filled="f" strokeweight=".56pt">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F3502" w:rsidRDefault="00200876" w:rsidP="007B3B1A">
+      <w:pPr>
+        <w:ind w:left="2682" w:right="703"/>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">(должность, место </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>работы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F3502" w:rsidRDefault="00200876" w:rsidP="007B3B1A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="62"/>
+        <w:ind w:right="703"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487589376" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>546100</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>200896</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="5689600" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="4" name="Graphic 4"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="5689600" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="5689600">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="5689600" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7112">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="46B9DAAC" id="Graphic 4" o:spid="_x0000_s1026" style="position:absolute;margin-left:43pt;margin-top:15.8pt;width:448pt;height:.1pt;z-index:-15727104;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5689600,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDSQufXIQIAAH8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L06CLu2MOMXQoMWA&#10;oivQDDsrshwbk0WNVOL070fJdpJ2t2E+CJT4RPLxUV7eHlsrDgapAVfI2WQqhXEaysbtCvljc//p&#10;RgoKypXKgjOFfDUkb1cfPyw7n5s51GBLg4KDOMo7X8g6BJ9nGenatIom4I1jZwXYqsBb3GUlqo6j&#10;tzabT6eLrAMsPYI2RHy67p1yleJXldHhe1WRCcIWkmsLacW0buOarZYq36HydaOHMtQ/VNGqxnHS&#10;U6i1CkrssfkrVNtoBIIqTDS0GVRVo03iwGxm03dsXmrlTeLCzSF/ahP9v7D66fCMoikLeSWFUy1L&#10;9DB04yo2p/OUM+bFP2OkR/4R9C9iR/bGEzc0YI4VthHL5MQxdfr11GlzDELz4efFzZfFlAXR7JvN&#10;r5MQmcrHu3pP4cFAiqMOjxR6ncrRUvVo6aMbTWS1o8426RykYJ1RCtZ52+vsVYj3YnHRFN25kHjW&#10;wsFsIHnDu8q5tLPXukvUicrIkrE9go2YhnvVGyk125fkrItVXM9m8zQ+BLYp7xtrYxWEu+2dRXFQ&#10;cXjTF3lwhDcwjxTWiuoel1wDzLpBp16aKNIWylcWvGONC0m/9wqNFPab45GKz2M0cDS2o4HB3kF6&#10;RKlBnHNz/KnQi5i+kIGVfYJxYFU+ihapn7DxpoOv+wBVExVNM9RXNGx4yhPB4UXGZ3S5T6jzf2P1&#10;BwAA//8DAFBLAwQUAAYACAAAACEAZ1jn390AAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7E&#10;MAyE70i8Q2Qkbmz6I1WlNF0hJOAACFh4gGxjmorGKU22LTw93hMcPTMaf1NvVzeIGafQe1KQbhIQ&#10;SK03PXUK3t9uL0oQIWoyevCECr4xwLY5Pal1ZfxCrzjvYie4hEKlFdgYx0rK0Fp0Omz8iMTeh5+c&#10;jnxOnTSTXrjcDTJLkkI63RN/sHrEG4vt5+7gFKz26SHPlufH9OerSDAP+ct8d6/U+dl6fQUi4hr/&#10;wnDEZ3RomGnvD2SCGBSUBU+JCvK0AMH+ZZmxsD8KJcimlv8HNL8AAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEA0kLn1yECAAB/BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAZ1jn390AAAAIAQAADwAAAAAAAAAAAAAAAAB7BAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAIUFAAAAAA==&#10;" path="m,l5689600,e" filled="f" strokeweight=".56pt">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487589888" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>546100</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>405349</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="5689600" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="5" name="Graphic 5"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="5689600" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="5689600">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="5689600" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7112">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="0F79093D" id="Graphic 5" o:spid="_x0000_s1026" style="position:absolute;margin-left:43pt;margin-top:31.9pt;width:448pt;height:.1pt;z-index:-15726592;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5689600,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC1rzWkIQIAAH8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L04CJO2MOMXQoMWA&#10;oivQFDsrshwLk0WNUmLn70fJdpJ2t2E+CJT4RPLxUV7ddY1hR4Vegy34bDLlTFkJpbb7gr9tH77c&#10;cuaDsKUwYFXBT8rzu/XnT6vW5WoONZhSIaMg1uetK3gdgsuzzMtaNcJPwClLzgqwEYG2uM9KFC1F&#10;b0w2n06XWQtYOgSpvKfTTe/k6xS/qpQMP6rKq8BMwam2kFZM6y6u2Xol8j0KV2s5lCH+oYpGaEtJ&#10;z6E2Igh2QP1XqEZLBA9VmEhoMqgqLVXiQGxm0w9sXmvhVOJCzfHu3Cb//8LK5+MLMl0WfMGZFQ1J&#10;9Dh0YxGb0zqfE+bVvWCk590TyF+eHNk7T9z4AdNV2EQskWNd6vTp3GnVBSbpcLG8/bqckiCSfLP5&#10;TRIiE/l4Vx58eFSQ4ojjkw+9TuVoiXq0ZGdHE0ntqLNJOgfOSGfkjHTe9To7EeK9WFw0WXspJJ41&#10;cFRbSN7woXIq7eI19hp1pjKyJGyPICOmoV71RkpN9jU5Y2MVN7PZPI2PB6PLB21MrMLjfndvkB1F&#10;HN70RR4U4R3MoQ8b4esel1wDzNhBp16aKNIOyhMJ3pLGBfe/DwIVZ+a7pZGKz2M0cDR2o4HB3EN6&#10;RKlBlHPb/RToWExf8EDKPsM4sCIfRYvUz9h408K3Q4BKR0XTDPUVDRua8kRweJHxGV3vE+ry31j/&#10;AQAA//8DAFBLAwQUAAYACAAAACEA3Hwmxd0AAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7D&#10;MBBE70j8g7VI3KjdBEUhjVMhJOAACCj9ADdZ4oh4HWI3CXw9ywmOOzOanVduF9eLCcfQedKwXikQ&#10;SLVvOmo17N9uL3IQIRpqTO8JNXxhgG11elKaovEzveK0i63gEgqF0WBjHAopQ23RmbDyAxJ77350&#10;JvI5trIZzczlrpeJUpl0piP+YM2ANxbrj93RaVjs00OazM+P6+/PTGEa0pfp7l7r87PlegMi4hL/&#10;wvA7n6dDxZsO/khNEL2GPGOUqCFLmYD9qzxh4cDCpQJZlfI/QPUDAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAta81pCECAAB/BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEA3Hwmxd0AAAAIAQAADwAAAAAAAAAAAAAAAAB7BAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAIUFAAAAAA==&#10;" path="m,l5689600,e" filled="f" strokeweight=".56pt">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502" w:rsidP="007B3B1A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="62"/>
+        <w:ind w:right="703"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F3502" w:rsidRDefault="00200876" w:rsidP="007B3B1A">
+      <w:pPr>
+        <w:ind w:left="85" w:right="703"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">Фактическое место проживания, адрес прописки, контактный </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>телефон</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F3502" w:rsidRDefault="00200876" w:rsidP="007B3B1A">
+      <w:pPr>
+        <w:ind w:left="84" w:right="703"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="152" w:firstLine="420"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Прошу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>допустить</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>меня</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>конкурсу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>занятие</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>вакантной/временно</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">вакантной </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:position w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должности </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>(нужное подчеркнуть)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="44"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+      <w:pPr>
+        <w:ind w:left="152"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">наименование организаций образования, адрес (область, район, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>город\село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1112"/>
+          <w:tab w:val="left" w:pos="9247"/>
         </w:tabs>
-        <w:spacing w:before="90"/>
-        <w:ind w:left="217"/>
+        <w:ind w:left="152"/>
       </w:pPr>
       <w:r>
-        <w:t>20</w:t>
+        <w:t xml:space="preserve">В настоящее время работаю </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+      <w:pPr>
+        <w:ind w:left="1052"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должность, наименование организации, адрес (область, район, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>город\село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="852" w:right="4542" w:hanging="700"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Сообщаю о себе следующие сведения: Образование:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...2 lines deleted...]
-        <w:tab/>
+        <w:t>высшее</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>или</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>послевузовское</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+    <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="23"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="257" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3302"/>
+        <w:gridCol w:w="2977"/>
+        <w:gridCol w:w="3544"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="001F3502">
+        <w:trPr>
+          <w:trHeight w:val="279"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3302" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="15"/>
+              <w:ind w:left="172"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Наименование учебного </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>заведения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="15"/>
+              <w:ind w:left="753"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Период </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>обучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="15"/>
+              <w:ind w:left="608"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Специальность по </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F3502">
+        <w:trPr>
+          <w:trHeight w:val="575"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3302" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+      <w:pPr>
+        <w:ind w:left="572"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:position w:val="1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Наличие квалификационной категории </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(дата присвоения </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>(подтверждения):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="62"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487590400" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>546100</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>201216</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="5689600" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="6" name="Graphic 6"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="5689600" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="5689600">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="5689600" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7112">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="694F03E3" id="Graphic 6" o:spid="_x0000_s1026" style="position:absolute;margin-left:43pt;margin-top:15.85pt;width:448pt;height:.1pt;z-index:-15726080;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5689600,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAcmEIwIQIAAH8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L04CLO2MOMXQoMWA&#10;oivQDDsrshwbk0WNVOLk70fJdpJ2t2E+CJT4RPLxUV7eHVsrDgapAVfI2WQqhXEaysbtCvlj8/Dp&#10;VgoKypXKgjOFPBmSd6uPH5adz80carClQcFBHOWdL2Qdgs+zjHRtWkUT8MaxswJsVeAt7rISVcfR&#10;W5vNp9NF1gGWHkEbIj5d9065SvGryujwvarIBGELybWFtGJat3HNVkuV71D5utFDGeofqmhV4zjp&#10;OdRaBSX22PwVqm00AkEVJhraDKqq0SZxYDaz6Ts2r7XyJnHh5pA/t4n+X1j9fHhB0ZSFXEjhVMsS&#10;PQ7dWMTmdJ5yxrz6F4z0yD+B/kXsyN544oYGzLHCNmKZnDimTp/OnTbHIDQffl7cfllMWRDNvtn8&#10;JgmRqXy8q/cUHg2kOOrwRKHXqRwtVY+WPrrRRFY76myTzkEK1hmlYJ23vc5ehXgvFhdN0V0KiWct&#10;HMwGkje8q5xLu3itu0adqYwsGdsj2IhpuFe9kVKzfU3OuljFzWw2T+NDYJvyobE2VkG4295bFAcV&#10;hzd9kQdHeAPzSGGtqO5xyTXArBt06qWJIm2hPLHgHWtcSPq9V2iksN8cj1R8HqOBo7EdDQz2HtIj&#10;Sg3inJvjT4VexPSFDKzsM4wDq/JRtEj9jI03HXzdB6iaqGiaob6iYcNTnggOLzI+o+t9Ql3+G6s/&#10;AAAA//8DAFBLAwQUAAYACAAAACEAqgx1nd4AAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7D&#10;MBCE70i8g7VI3KjzI4U0jVMhJOAACCg8gJts44h4HWI3CTw92xMcd2Y0+025XWwvJhx950hBvIpA&#10;INWu6ahV8PF+d5WD8EFTo3tHqOAbPWyr87NSF42b6Q2nXWgFl5AvtAITwlBI6WuDVvuVG5DYO7jR&#10;6sDn2Mpm1DOX214mUZRJqzviD0YPeGuw/twdrYLFPD+myfzyFP98ZRGmPn2d7h+UurxYbjYgAi7h&#10;LwwnfEaHipn27kiNF72CPOMpQUEaX4Ngf50nLOxPwhpkVcr/A6pfAAAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAByYQjAhAgAAfwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAKoMdZ3eAAAACAEAAA8AAAAAAAAAAAAAAAAAewQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAACGBQAAAAA=&#10;" path="m,l5689600,e" filled="f" strokeweight=".56pt">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="3555"/>
+          <w:tab w:val="left" w:pos="9189"/>
         </w:tabs>
-        <w:spacing w:before="90"/>
-        <w:ind w:left="89"/>
+        <w:ind w:left="152"/>
       </w:pPr>
       <w:r>
-        <w:br w:type="column"/>
-[...11 lines deleted...]
-        <w:t>«_</w:t>
+        <w:t xml:space="preserve">Стаж педагогической работы: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
-[...20 lines deleted...]
-        </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+    <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
+        <w:ind w:left="152"/>
       </w:pPr>
       <w:r>
-        <w:br w:type="column"/>
+        <w:t xml:space="preserve">Имею следующие результаты </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>работы:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+    <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:spacing w:before="11"/>
-[...2 lines deleted...]
-        </w:rPr>
+        <w:spacing w:before="62"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487590912" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>546100</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>200896</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="5689600" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="7" name="Graphic 7"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="5689600" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="5689600">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="5689600" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7112">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="6125EF6B" id="Graphic 7" o:spid="_x0000_s1026" style="position:absolute;margin-left:43pt;margin-top:15.8pt;width:448pt;height:.1pt;z-index:-15725568;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5689600,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB7dZBDIQIAAH8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L04CLOmMOMXQoMWA&#10;oivQDDsrshwbk0WNVOL070fJdpJ2t2E+CJT4RPLxUV7dnlorjgapAVfI2WQqhXEaysbtC/lje//p&#10;RgoKypXKgjOFfDUkb9cfP6w6n5s51GBLg4KDOMo7X8g6BJ9nGenatIom4I1jZwXYqsBb3Gclqo6j&#10;tzabT6eLrAMsPYI2RHy66Z1yneJXldHhe1WRCcIWkmsLacW07uKarVcq36PydaOHMtQ/VNGqxnHS&#10;c6iNCkocsPkrVNtoBIIqTDS0GVRVo03iwGxm03dsXmrlTeLCzSF/bhP9v7D66fiMoikLuZTCqZYl&#10;ehi6sYzN6TzljHnxzxjpkX8E/YvYkb3xxA0NmFOFbcQyOXFKnX49d9qcgtB8+Hlx82UxZUE0+2bz&#10;ZRIiU/l4Vx8oPBhIcdTxkUKvUzlaqh4tfXKjiax21NkmnYMUrDNKwTrvep29CvFeLC6aorsUEs9a&#10;OJotJG94VzmXdvFad406UxlZMrZHsBHTcK96I6Vm+5qcdbGK5Ww2T+NDYJvyvrE2VkG4391ZFEcV&#10;hzd9kQdHeAPzSGGjqO5xyTXArBt06qWJIu2gfGXBO9a4kPT7oNBIYb85Hqn4PEYDR2M3GhjsHaRH&#10;lBrEObennwq9iOkLGVjZJxgHVuWjaJH6GRtvOvh6CFA1UdE0Q31Fw4anPBEcXmR8Rtf7hLr8N9Z/&#10;AAAA//8DAFBLAwQUAAYACAAAACEAZ1jn390AAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7E&#10;MAyE70i8Q2Qkbmz6I1WlNF0hJOAACFh4gGxjmorGKU22LTw93hMcPTMaf1NvVzeIGafQe1KQbhIQ&#10;SK03PXUK3t9uL0oQIWoyevCECr4xwLY5Pal1ZfxCrzjvYie4hEKlFdgYx0rK0Fp0Omz8iMTeh5+c&#10;jnxOnTSTXrjcDTJLkkI63RN/sHrEG4vt5+7gFKz26SHPlufH9OerSDAP+ct8d6/U+dl6fQUi4hr/&#10;wnDEZ3RomGnvD2SCGBSUBU+JCvK0AMH+ZZmxsD8KJcimlv8HNL8AAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAe3WQQyECAAB/BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAZ1jn390AAAAIAQAADwAAAAAAAAAAAAAAAAB7BAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAIUFAAAAAA==&#10;" path="m,l5689600,e" filled="f" strokeweight=".56pt">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="152" w:right="3829"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Награды,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>звания,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>степень,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>ученая</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>степень,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>ученое</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>звание, а также дополнительные сведения (при наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="62"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487591424" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>546100</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>200647</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="5689600" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="8" name="Graphic 8"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="5689600" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="5689600">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="5689600" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7112">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="0F1A0D64" id="Graphic 8" o:spid="_x0000_s1026" style="position:absolute;margin-left:43pt;margin-top:15.8pt;width:448pt;height:.1pt;z-index:-15725056;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="5689600,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC1lqjrIQIAAH8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L04CLO2MOMXQoMWA&#10;oivQDDsrshwbk0WNVOLk70fJdpJ2t2E+CJT4RPLxUV7eHVsrDgapAVfI2WQqhXEaysbtCvlj8/Dp&#10;VgoKypXKgjOFPBmSd6uPH5adz80carClQcFBHOWdL2Qdgs+zjHRtWkUT8MaxswJsVeAt7rISVcfR&#10;W5vNp9NF1gGWHkEbIj5d9065SvGryujwvarIBGELybWFtGJat3HNVkuV71D5utFDGeofqmhV4zjp&#10;OdRaBSX22PwVqm00AkEVJhraDKqq0SZxYDaz6Ts2r7XyJnHh5pA/t4n+X1j9fHhB0ZSFZKGcalmi&#10;x6Ebt7E5naecMa/+BSM98k+gfxE7sjeeuKEBc6ywjVgmJ46p06dzp80xCM2Hnxe3XxZTFkSzbza/&#10;SUJkKh/v6j2FRwMpjjo8Ueh1KkdL1aOlj240kdWOOtukc5CCdUYpWOdtr7NXId6LxUVTdJdC4lkL&#10;B7OB5A3vKufSLl7rrlFnKiNLxvYINmIa7lVvpNRsX5OzLlZxM5vN0/gQ2KZ8aKyNVRDutvcWxUHF&#10;4U1f5MER3sA8Ulgrqntccg0w6wademmiSFsoTyx4xxoXkn7vFRop7DfHIxWfx2jgaGxHA4O9h/SI&#10;UoM45+b4U6EXMX0hAyv7DOPAqnwULVI/Y+NNB1/3AaomKppmqK9o2PCUJ4LDi4zP6HqfUJf/xuoP&#10;AAAA//8DAFBLAwQUAAYACAAAACEAZ1jn390AAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7E&#10;MAyE70i8Q2Qkbmz6I1WlNF0hJOAACFh4gGxjmorGKU22LTw93hMcPTMaf1NvVzeIGafQe1KQbhIQ&#10;SK03PXUK3t9uL0oQIWoyevCECr4xwLY5Pal1ZfxCrzjvYie4hEKlFdgYx0rK0Fp0Omz8iMTeh5+c&#10;jnxOnTSTXrjcDTJLkkI63RN/sHrEG4vt5+7gFKz26SHPlufH9OerSDAP+ct8d6/U+dl6fQUi4hr/&#10;wnDEZ3RomGnvD2SCGBSUBU+JCvK0AMH+ZZmxsD8KJcimlv8HNL8AAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAtZao6yECAAB/BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAZ1jn390AAAAIAQAADwAAAAAAAAAAAAAAAAB7BAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAIUFAAAAAA==&#10;" path="m,l5689600,e" filled="f" strokeweight=".56pt">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="001F3502">
+          <w:pgSz w:w="11900" w:h="16840"/>
+          <w:pgMar w:top="1040" w:right="283" w:bottom="280" w:left="708" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00ED4EC0" w:rsidRDefault="000A20ED">
+    <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+      <w:pPr>
+        <w:spacing w:before="80"/>
+        <w:ind w:left="10044" w:right="65" w:hanging="308"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Приложение</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Правилам</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+      <w:pPr>
+        <w:ind w:left="8403" w:right="106" w:firstLine="605"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>назначения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>должности,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>освобождения от должностей</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">первых руководителей и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>педагогов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+      <w:pPr>
+        <w:ind w:right="66"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">государственных организаций </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+      <w:pPr>
+        <w:ind w:right="66"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:spacing w:line="20" w:lineRule="exact"/>
-[...2 lines deleted...]
-          <w:sz w:val="2"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...14 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00E20B44">
+    <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:ind w:left="217"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00ED4EC0" w:rsidRDefault="00ED4EC0">
+    <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
       <w:pPr>
-        <w:sectPr w:rsidR="00ED4EC0" w:rsidSect="00A64398">
-[...7 lines deleted...]
-          </w:cols>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="70"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+      <w:pPr>
+        <w:spacing w:line="369" w:lineRule="auto"/>
+        <w:ind w:left="4415" w:right="585" w:hanging="2648"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Оценочный</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="212121"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>лист</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="212121"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>кандидата</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="212121"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="212121"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>вакантную</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="212121"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>или</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="212121"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>временно</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="212121"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>вакантную должность педагога</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="151"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+      <w:pPr>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="1772"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(фамилия, имя, отчество (при его </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="45" w:after="1"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="84" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="212121"/>
+          <w:left w:val="single" w:sz="6" w:space="0" w:color="212121"/>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="212121"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="212121"/>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="212121"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="212121"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="529"/>
+        <w:gridCol w:w="2490"/>
+        <w:gridCol w:w="2405"/>
+        <w:gridCol w:w="3023"/>
+        <w:gridCol w:w="2333"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="001F3502">
+        <w:trPr>
+          <w:trHeight w:val="701"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="529" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="213"/>
+              <w:ind w:left="74"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2490" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="213"/>
+              <w:ind w:left="704"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2405" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="75"/>
+              <w:ind w:left="689" w:right="132" w:hanging="484"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Подтверждающий документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3023" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="75"/>
+              <w:ind w:left="921" w:right="703" w:hanging="199"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Кол-во</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>баллов (от 1 до 20)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2333" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F3502">
+        <w:trPr>
+          <w:trHeight w:val="2633"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="529" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="75"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="74"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2490" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="75"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="75"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Уровень </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2405" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="212"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="74" w:right="132"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Копии</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>диплома</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">об образовании и приложения к </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3023" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="75"/>
+              <w:ind w:left="75"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Техническое и профессиональное</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>балл Высшее очное = 2 баллов Высшее очное с отличием</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="75"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= 3 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="75" w:right="311"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Магистр = 5 баллов </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Высшее </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>заочное/дистанционное</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>= минус 2 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2333" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F3502">
+        <w:trPr>
+          <w:trHeight w:val="1253"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="529" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="212"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="74"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2490" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="75"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="75"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Ученая/академическая степень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2405" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="75"/>
+              <w:ind w:left="74" w:right="132"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Копии</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>диплома</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">об образовании и приложения к </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3023" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="213"/>
+              <w:ind w:left="75"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 баллов Доктор наук = 10 баллов Кандидат</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>наук</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2333" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F3502">
+        <w:trPr>
+          <w:trHeight w:val="1253"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="529" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="212"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="74"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2490" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="75"/>
+              <w:ind w:left="75"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Результаты прохождения </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>сертификации для кандидатов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>без</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>стажа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2405" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="212"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="74"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3023" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="213"/>
+              <w:ind w:left="75" w:right="102"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">квалификационная </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>категория</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>"педагог"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>плюс</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2333" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F3502">
+        <w:trPr>
+          <w:trHeight w:val="2909"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="529" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="212"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="74"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2490" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="75"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="75"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Квалификационная категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2405" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="75"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="74" w:right="132"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Удостоверение,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">иной </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3023" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="75"/>
+              <w:ind w:left="75"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 категория = 1 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="75" w:right="311"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>1 категория = 2 балла Высшая</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>категория</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="75" w:right="311"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Педагог-модератор</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="75" w:right="102"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Педагог-эксперт</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">баллов Педагог-исследователь = 7 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="75"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Педагог-мастер = 10 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2333" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F3502">
+        <w:trPr>
+          <w:trHeight w:val="2633"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="529" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="75"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="74"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2490" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="212"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="75" w:right="279"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Опыт </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>административной</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">и </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>методической деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2405" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="75"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="74" w:right="132"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3023" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="75"/>
+              <w:ind w:left="75" w:right="102"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Методист (стаж в должности</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>не</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>менее</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>лет)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="75"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= 1 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="75" w:right="44"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>заместитель директора (стаж</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>должности</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>не</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>менее 2 лет) = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="75" w:right="102"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>директор (стаж в должности</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>не</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>менее</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>лет)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="75"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= 5 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2333" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F3502">
+        <w:trPr>
+          <w:trHeight w:val="400"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="529" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="75"/>
+              <w:ind w:left="74"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2490" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="75"/>
+              <w:ind w:left="75"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Для </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>педагогов,</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2405" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="75"/>
+              <w:ind w:left="74"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Приложение </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3023" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="75"/>
+              <w:ind w:left="75"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Результаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2333" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+      <w:pPr>
+        <w:pStyle w:val="TableParagraph"/>
+        <w:sectPr w:rsidR="001F3502">
+          <w:pgSz w:w="11900" w:h="16840"/>
+          <w:pgMar w:top="840" w:right="283" w:bottom="0" w:left="708" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblInd w:w="84" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="212121"/>
+          <w:left w:val="single" w:sz="6" w:space="0" w:color="212121"/>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="212121"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="212121"/>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="212121"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="212121"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5673"/>
-        <w:gridCol w:w="3690"/>
+        <w:gridCol w:w="529"/>
+        <w:gridCol w:w="2490"/>
+        <w:gridCol w:w="2405"/>
+        <w:gridCol w:w="3023"/>
+        <w:gridCol w:w="2333"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidTr="00A05A87">
+      <w:tr w:rsidR="001F3502">
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="1454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="529" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
-[...10 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4600" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
-[...132 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="75" w:right="58"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>впервые</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>поступающих на работу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2405" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="74" w:right="132"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">диплому об </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3023" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="75" w:right="311"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">педагогической/ профессиональной </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>практики</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>"отлично"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="75"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"хорошо" = 0,5 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2333" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidTr="00A05A87">
+      <w:tr w:rsidR="001F3502">
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="2909"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="529" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
-[...8 lines deleted...]
-              <w:t> </w:t>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="212"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="74"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4600" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2490" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
-[...9 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="212"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="75" w:right="98"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Рекомендательное </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>письмо с предыдущего места работы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>(по</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>должности педагога) или учебы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2405" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="75"/>
+              <w:ind w:left="74" w:right="81"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Рекомендательное </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">письмо (организация </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">образования, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">объявившая </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>конкурс</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">самостоятельно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">делает запрос в </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">организацию/учебное </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">заведение по последнему месту </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>работы/учебы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3023" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="75"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="75" w:right="150"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Наличие положительного рекомендательного</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>письма</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="75" w:right="836"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= 3 балла </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Негативное</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="75"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">рекомендательное </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>письмо</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="75"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= минус 3 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2333" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F3502">
+        <w:trPr>
+          <w:trHeight w:val="3461"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="529" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="212"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="74"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2490" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="212"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="75"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Показатели профессиональных достижений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2405" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="213"/>
+              </w:tabs>
+              <w:spacing w:before="75"/>
+              <w:ind w:left="74" w:right="246" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>дипломы,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">грамоты </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">победителей </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>олимпиад и конкурсов,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">научных </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="213"/>
+              </w:tabs>
+              <w:ind w:left="74" w:right="258" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>дипломы,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">грамоты </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">победителей </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="213"/>
+              </w:tabs>
+              <w:ind w:left="74" w:right="474" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>государственная награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3023" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="75"/>
+              <w:ind w:left="75" w:right="102"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 0,5 балла научных</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>проектов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>балл призеры олимпиад и конкурсов = 3 балла участник конкурса "Лучший</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>педагог"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>балл призер конкурса "Лучший педагог" = 5 баллов обладатель медали "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>сіңірген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>ұстазы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>" = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2333" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F3502">
+        <w:trPr>
+          <w:trHeight w:val="3737"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="529" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="75"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="74"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2490" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="212"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="75"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Методическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2405" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="212"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="74" w:right="132"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>-авторские</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>работы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">и </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>публикации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3023" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="75"/>
+              <w:ind w:left="75" w:right="407"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>(или)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>УМК, включенных в перечень МОН РК = 5 баллов автор или соавтор учебников</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>(или)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>УМК, включенных в перечень РУМС = 2 балла наличие публикации по</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="75" w:right="137"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">научно-исследовательской </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>деятельности,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">включенный в перечень КОКСОН, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2333" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F3502">
+        <w:trPr>
+          <w:trHeight w:val="3185"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="529" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="75"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="74"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2490" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="75"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="75"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Общественно- педагогическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2405" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="75"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="74" w:right="482"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Документ, подтверждающий общественно- педагогическую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3023" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="75"/>
+              <w:ind w:left="75" w:right="150"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла руководство</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>МО</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>балла преподавание</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">языках, русский/казахский = 2 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">балла иностранный/русский, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>иностранный/казахский)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>= 3 балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="75"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>преподавание</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>языках (казахский, русский, иностранный) = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2333" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F3502">
+        <w:trPr>
+          <w:trHeight w:val="807"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="529" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="75"/>
+              <w:ind w:left="74"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2490" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="75"/>
+              <w:ind w:left="75"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Курсовая </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>подготовка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2405" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="75"/>
+              <w:ind w:left="74" w:right="831"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">сертификаты </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>предметной</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3023" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="75"/>
+              <w:ind w:left="75"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">курсы ЦПМ НИШ, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Өрлеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="75"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= 0,5 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2333" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00E20B44" w:rsidRDefault="00E20B44" w:rsidP="00E20B44">
+    <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
       <w:pPr>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="TableParagraph"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="001F3502">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="11900" w:h="16840"/>
+          <w:pgMar w:top="900" w:right="283" w:bottom="0" w:left="708" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="z186"/>
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00E20B44"/>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9823" w:type="dxa"/>
-[...1 lines deleted...]
-        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="84" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="212121"/>
+          <w:left w:val="single" w:sz="6" w:space="0" w:color="212121"/>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="212121"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="212121"/>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="212121"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="212121"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="614"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2552"/>
+        <w:gridCol w:w="529"/>
+        <w:gridCol w:w="2490"/>
+        <w:gridCol w:w="2405"/>
+        <w:gridCol w:w="3023"/>
+        <w:gridCol w:w="2333"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidTr="00E20B44">
+      <w:tr w:rsidR="001F3502">
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="15632"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="614" w:type="dxa"/>
+            <w:tcW w:w="529" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:tcMar>
-[...5 lines deleted...]
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="1"/>
-[...12 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:tcW w:w="2490" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:tcMar>
-[...5 lines deleted...]
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
-[...11 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcW w:w="2405" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:tcMar>
-[...5 lines deleted...]
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
-[...11 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="74"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="74" w:right="611"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>сертификат</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">на </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>цифровую грамотность, КАЗТЕСТ, IELTS;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="74" w:right="1494"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>TOEFL; DELF;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="74" w:right="94"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Goethe</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>, обучение по программам</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Основы программирования в </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Python</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">", "Обучение работе с </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Microsoft</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Международные курсы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRPr="007B3B1A" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="74" w:right="611"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>TEFL</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cambridge </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"CELTA</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRPr="007B3B1A" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="74" w:right="132"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(Certificate in Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">to Speakers of Other </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Languages)"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRPr="007B3B1A" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="74"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">in English Language Teaching – Primary) DELTA (Diploma in Teaching English to Speakers of Other </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRPr="007B3B1A" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="74"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>in English Language Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Secondary) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"TKT</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRPr="007B3B1A" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="74" w:right="251"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Knowledge </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Test"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRPr="007B3B1A" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="74" w:right="29"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Instruction) Teacher of English to Speakers of Other Languages (TESOL) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"TESOL"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRPr="007B3B1A" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="74" w:right="132"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">teaching English for young </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>learners</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRPr="007B3B1A" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="74"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>International House Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching English as a Foreign Language (IHC) IHCYLT –</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRPr="007B3B1A" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="74"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>International House Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>In</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Teaching Young Learners and </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teenagers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="74"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Becoming</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> a </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Better</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="3023" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:tcMar>
-[...5 lines deleted...]
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
-[...24 lines deleted...]
-              <w:t>(1-ден 20-ға дейін)</w:t>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="75"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>курсы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="75" w:right="99"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">повышения квалификации по программам, согласованным с уполномоченным органом в области образования, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">реализуемым </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>организациями повышения квалификации</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>включенных в список в соответствии с приказом Министра образования и науки Республики Казахстан от 28 января 2016 года № 95 (зарегистрирован</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Реестре </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">государственной </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">регистрации нормативных правовых актов под № </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>30068)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="75" w:right="703"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(каждый </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>отдельно)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="2333" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
-[...6 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidTr="00E20B44">
+    </w:tbl>
+    <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+      <w:pPr>
+        <w:pStyle w:val="TableParagraph"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="001F3502">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="11900" w:h="16840"/>
+          <w:pgMar w:top="900" w:right="283" w:bottom="0" w:left="708" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="84" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="212121"/>
+          <w:left w:val="single" w:sz="6" w:space="0" w:color="212121"/>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="212121"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="212121"/>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="212121"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="212121"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="529"/>
+        <w:gridCol w:w="2490"/>
+        <w:gridCol w:w="2405"/>
+        <w:gridCol w:w="3023"/>
+        <w:gridCol w:w="2333"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="001F3502" w:rsidRPr="00DF0041">
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="6698"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="614" w:type="dxa"/>
+            <w:tcW w:w="529" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:tcMar>
-[...5 lines deleted...]
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
-[...11 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:tcW w:w="2490" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:tcMar>
-[...5 lines deleted...]
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
-[...10 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcW w:w="2405" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:tcMar>
-[...5 lines deleted...]
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> Білімі туралы дипломның және дипломға қосымшаның көшірмелері </w:t>
+          <w:p w:rsidR="001F3502" w:rsidRPr="007B3B1A" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="74" w:right="81"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Teacher: Exploring </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Professional Development </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Assessment for Learning: Formative Assessment</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Science and </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Maths</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teaching Online Teaching for </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Educators: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Development and </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Delivery</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRPr="007B3B1A" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="74" w:right="831"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Educational Management </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Key Ideas in </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Mentoring</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRPr="007B3B1A" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="74" w:right="118"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Mathematics</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Teachers </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Coursera, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Futute</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> learn Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mathematics with Technology Special Educational </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRPr="007B3B1A" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="74" w:right="132"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"Developing</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">expertise in teaching </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B3B1A">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>chemistry"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="3023" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:tcMar>
-[...5 lines deleted...]
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
-[...62 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="001F3502" w:rsidRPr="007B3B1A" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="2333" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
-[...5 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w:rsidR="001F3502" w:rsidRPr="007B3B1A" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidTr="00E20B44">
+      <w:tr w:rsidR="001F3502">
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="4565"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="614" w:type="dxa"/>
-[...12 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="529" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
-[...10 lines deleted...]
-              <w:t>2.</w:t>
+          <w:p w:rsidR="001F3502" w:rsidRPr="007B3B1A" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRPr="007B3B1A" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRPr="007B3B1A" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRPr="007B3B1A" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRPr="007B3B1A" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRPr="007B3B1A" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRPr="007B3B1A" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="212"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="74"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
-[...12 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2490" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> Ғылыми/академиялық дәрежесі </w:t>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="75"/>
+              <w:ind w:left="75" w:right="124"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Выпускник </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>организации</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">высшего и послевузовского </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">образования, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">обучившийся по </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">государственному образовательному </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">гранту, участник </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">государственной </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">программ "С дипломом в село!", </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Серпiн</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>",педагог</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>направленный по молодежной</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">практике Центром занятости </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>населения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...12 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2405" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
-[...9 lines deleted...]
-              <w:t>Білімі туралы дипломның және дипломға қосымшаның көшірмелері</w:t>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="212"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="74" w:right="132"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сертификат обладателя государственного образовательного </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>гранта, договор</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
-[...12 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3023" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
-[...35 lines deleted...]
-              <w:t>Ғылыми кандидат = 10 балл</w:t>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="212"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="75"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">плюс 3 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2333" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
-[...5 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidTr="00E20B44">
+      <w:tr w:rsidR="001F3502">
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="425"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="614" w:type="dxa"/>
-[...12 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3019" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
-[...10 lines deleted...]
-              <w:t>3.</w:t>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="00200876">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="75"/>
+              <w:ind w:left="74"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="212121"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:tcW w:w="7761" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...95 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00A05A87">
-[...2988 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="001F3502" w:rsidRDefault="001F3502">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00E20B44" w:rsidRPr="00737FA7" w:rsidRDefault="00E20B44" w:rsidP="00E20B44">
-[...23 lines deleted...]
-      <w:docGrid w:linePitch="360"/>
+    <w:p w:rsidR="00200876" w:rsidRDefault="00200876"/>
+    <w:sectPr w:rsidR="00200876">
+      <w:type w:val="continuous"/>
+      <w:pgSz w:w="11900" w:h="16840"/>
+      <w:pgMar w:top="900" w:right="283" w:bottom="280" w:left="708" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
@@ -9285,401 +11380,444 @@
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="01EA27B0"/>
+    <w:nsid w:val="0E992C8B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="A2645A44"/>
-    <w:lvl w:ilvl="0" w:tplc="4FDABD32">
+    <w:tmpl w:val="03CC0C50"/>
+    <w:lvl w:ilvl="0" w:tplc="A85417CE">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="34" w:hanging="140"/>
+        <w:ind w:left="113" w:hanging="332"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
-        <w:w w:val="99"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="B9B013C8">
+    <w:lvl w:ilvl="1" w:tplc="8D7EBC90">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="233" w:hanging="140"/>
+        <w:ind w:left="851" w:hanging="332"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="685E4EB6">
+    <w:lvl w:ilvl="2" w:tplc="4FF4B8F4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="427" w:hanging="140"/>
+        <w:ind w:left="1583" w:hanging="332"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="1ECCE910">
+    <w:lvl w:ilvl="3" w:tplc="EA542F3A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="620" w:hanging="140"/>
+        <w:ind w:left="2314" w:hanging="332"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="9D9261CA">
+    <w:lvl w:ilvl="4" w:tplc="41E421C2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="814" w:hanging="140"/>
+        <w:ind w:left="3046" w:hanging="332"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="EEAE4D9E">
+    <w:lvl w:ilvl="5" w:tplc="529C8970">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1007" w:hanging="140"/>
+        <w:ind w:left="3778" w:hanging="332"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="1A6AD4AE">
+    <w:lvl w:ilvl="6" w:tplc="35EE50B4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1201" w:hanging="140"/>
+        <w:ind w:left="4509" w:hanging="332"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="CE7874B0">
+    <w:lvl w:ilvl="7" w:tplc="A036B33E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1394" w:hanging="140"/>
+        <w:ind w:left="5241" w:hanging="332"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0740631C">
+    <w:lvl w:ilvl="8" w:tplc="F8EAC35E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1588" w:hanging="140"/>
+        <w:ind w:left="5972" w:hanging="332"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="03C71FF9"/>
+    <w:nsid w:val="39246ADD"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="CFAA51A8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3D1B7DB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="B692B270"/>
-    <w:lvl w:ilvl="0" w:tplc="0F32512C">
+    <w:tmpl w:val="5A18BF56"/>
+    <w:lvl w:ilvl="0" w:tplc="DC60E7C8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="34" w:hanging="140"/>
+        <w:ind w:left="147" w:hanging="147"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
-        <w:w w:val="99"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="70ACDFDE">
+    <w:lvl w:ilvl="1" w:tplc="7FD8E9BA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="233" w:hanging="140"/>
+        <w:ind w:left="885" w:hanging="147"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="C91AA59A">
+    <w:lvl w:ilvl="2" w:tplc="2662CAB4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="427" w:hanging="140"/>
+        <w:ind w:left="1617" w:hanging="147"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="9C76DD50">
+    <w:lvl w:ilvl="3" w:tplc="FEB28E7C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="620" w:hanging="140"/>
+        <w:ind w:left="2348" w:hanging="147"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="CF626A5E">
+    <w:lvl w:ilvl="4" w:tplc="D33ACE72">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="814" w:hanging="140"/>
+        <w:ind w:left="3080" w:hanging="147"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0F5A64A6">
+    <w:lvl w:ilvl="5" w:tplc="691E0914">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1007" w:hanging="140"/>
+        <w:ind w:left="3812" w:hanging="147"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="98D0F4B0">
+    <w:lvl w:ilvl="6" w:tplc="91E47654">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1201" w:hanging="140"/>
+        <w:ind w:left="4543" w:hanging="147"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="88E676E2">
+    <w:lvl w:ilvl="7" w:tplc="D43A3DBE">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1394" w:hanging="140"/>
+        <w:ind w:left="5275" w:hanging="147"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="33C2FFA0">
+    <w:lvl w:ilvl="8" w:tplc="2CD8A6A0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1588" w:hanging="140"/>
+        <w:ind w:left="6006" w:hanging="147"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
-[...115 lines deleted...]
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="092A3767"/>
+    <w:nsid w:val="3FBD6B36"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="2E7C94D6"/>
+    <w:tmpl w:val="9F5AEC60"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -9782,2575 +11920,740 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="10762A1B"/>
+    <w:nsid w:val="427704A0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="2196FD7E"/>
-    <w:lvl w:ilvl="0" w:tplc="67B29DFC">
+    <w:tmpl w:val="475E3874"/>
+    <w:lvl w:ilvl="0" w:tplc="1780C928">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5" w:hanging="266"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="9B2A28B2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="743" w:hanging="266"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="BB52D632">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1487" w:hanging="266"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="C2E8C7D2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2230" w:hanging="266"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="5A3E5D22">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2974" w:hanging="266"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="5A04A5FC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3718" w:hanging="266"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="58FAF69A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4461" w:hanging="266"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFD89FA6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5205" w:hanging="266"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="3288E014">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5948" w:hanging="266"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="52CE0191"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="829AB34E"/>
+    <w:lvl w:ilvl="0" w:tplc="42AE9558">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="74" w:hanging="140"/>
+        <w:ind w:left="113" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
-        <w:w w:val="99"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="57C23DF8">
+    <w:lvl w:ilvl="1" w:tplc="EB6063CE">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="283" w:hanging="140"/>
+        <w:ind w:left="851" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="E620034C">
+    <w:lvl w:ilvl="2" w:tplc="461C18CC">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="487" w:hanging="140"/>
+        <w:ind w:left="1583" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="E4646A4C">
+    <w:lvl w:ilvl="3" w:tplc="AEA22D30">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="691" w:hanging="140"/>
+        <w:ind w:left="2314" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="614E88A4">
+    <w:lvl w:ilvl="4" w:tplc="0D2CB470">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="894" w:hanging="140"/>
+        <w:ind w:left="3046" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="6512E94C">
+    <w:lvl w:ilvl="5" w:tplc="B3B0D7BC">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1098" w:hanging="140"/>
+        <w:ind w:left="3778" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="AFC45DBA">
+    <w:lvl w:ilvl="6" w:tplc="D29E9A46">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1302" w:hanging="140"/>
+        <w:ind w:left="4509" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="0792E254">
+    <w:lvl w:ilvl="7" w:tplc="0624D534">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1505" w:hanging="140"/>
+        <w:ind w:left="5241" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="69AC78D2">
+    <w:lvl w:ilvl="8" w:tplc="B3401F62">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1709" w:hanging="140"/>
+        <w:ind w:left="5972" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
-[...148 lines deleted...]
-        <w:sz w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1430247A"/>
-[...148 lines deleted...]
-    <w:nsid w:val="18076780"/>
+    <w:nsid w:val="59DA3945"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="D6B8D24E"/>
-[...497 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="BBF660F0">
+    <w:tmpl w:val="89363BD8"/>
+    <w:lvl w:ilvl="0" w:tplc="52202846">
       <w:start w:val="7"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="367" w:hanging="260"/>
-        <w:jc w:val="left"/>
+        <w:ind w:left="264" w:hanging="260"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
-        <w:w w:val="99"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="3828EA2A">
+    <w:lvl w:ilvl="1" w:tplc="507AC80A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1009" w:hanging="260"/>
+        <w:ind w:left="977" w:hanging="260"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="1116ED20">
+    <w:lvl w:ilvl="2" w:tplc="C1521C04">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1658" w:hanging="260"/>
+        <w:ind w:left="1695" w:hanging="260"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="928C88CA">
+    <w:lvl w:ilvl="3" w:tplc="2ACC293A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2307" w:hanging="260"/>
+        <w:ind w:left="2412" w:hanging="260"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="4EB02C2A">
+    <w:lvl w:ilvl="4" w:tplc="019AB71E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2956" w:hanging="260"/>
+        <w:ind w:left="3130" w:hanging="260"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="B21A2220">
+    <w:lvl w:ilvl="5" w:tplc="6CF098D2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3605" w:hanging="260"/>
+        <w:ind w:left="3848" w:hanging="260"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="924264A4">
+    <w:lvl w:ilvl="6" w:tplc="42704290">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4254" w:hanging="260"/>
+        <w:ind w:left="4565" w:hanging="260"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="5DFAB29C">
+    <w:lvl w:ilvl="7" w:tplc="FFF88F24">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4903" w:hanging="260"/>
+        <w:ind w:left="5283" w:hanging="260"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="9B6284B4">
+    <w:lvl w:ilvl="8" w:tplc="FD98447A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5552" w:hanging="260"/>
+        <w:ind w:left="6000" w:hanging="260"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="46625A9F"/>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="79120324"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="82CAF9E2"/>
-    <w:lvl w:ilvl="0" w:tplc="E320D8B0">
+    <w:tmpl w:val="3FBEE084"/>
+    <w:lvl w:ilvl="0" w:tplc="B04830C6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="108" w:hanging="231"/>
+        <w:ind w:left="75" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
-        <w:w w:val="99"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="212121"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="8A8C98E8">
+    <w:lvl w:ilvl="1" w:tplc="7376FFB2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="775" w:hanging="231"/>
+        <w:ind w:left="311" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="73C49A20">
+    <w:lvl w:ilvl="2" w:tplc="EB0E0200">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1450" w:hanging="231"/>
+        <w:ind w:left="542" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="6636810A">
+    <w:lvl w:ilvl="3" w:tplc="F5B6CAA2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2125" w:hanging="231"/>
+        <w:ind w:left="773" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="D8C456C8">
+    <w:lvl w:ilvl="4" w:tplc="33DAB3E4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2800" w:hanging="231"/>
+        <w:ind w:left="1004" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="A748FC9E">
+    <w:lvl w:ilvl="5" w:tplc="DCA05FE4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3475" w:hanging="231"/>
+        <w:ind w:left="1235" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="EA5EAAF8">
+    <w:lvl w:ilvl="6" w:tplc="15B08584">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4150" w:hanging="231"/>
+        <w:ind w:left="1466" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="5F7ECA92">
+    <w:lvl w:ilvl="7" w:tplc="C0D67F28">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4825" w:hanging="231"/>
+        <w:ind w:left="1697" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="E30CF856">
+    <w:lvl w:ilvl="8" w:tplc="93B4CEF4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5500" w:hanging="231"/>
+        <w:ind w:left="1928" w:hanging="140"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="48E07FA0"/>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7B0B280B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="CE4A8060"/>
-[...501 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="FE64C6B8">
+    <w:tmpl w:val="ADCAB238"/>
+    <w:lvl w:ilvl="0" w:tplc="AC12AAD4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="108" w:hanging="260"/>
-        <w:jc w:val="left"/>
+        <w:ind w:left="390" w:hanging="277"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
-        <w:w w:val="99"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="F3E06822">
+    <w:lvl w:ilvl="1" w:tplc="F170D61E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="775" w:hanging="260"/>
+        <w:ind w:left="1103" w:hanging="277"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="414C706E">
+    <w:lvl w:ilvl="2" w:tplc="BBE274B2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1450" w:hanging="260"/>
+        <w:ind w:left="1807" w:hanging="277"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="850CB6FC">
+    <w:lvl w:ilvl="3" w:tplc="40487C7A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2125" w:hanging="260"/>
+        <w:ind w:left="2510" w:hanging="277"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="93B05C68">
+    <w:lvl w:ilvl="4" w:tplc="DF3CA8AA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2800" w:hanging="260"/>
+        <w:ind w:left="3214" w:hanging="277"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="7850F666">
+    <w:lvl w:ilvl="5" w:tplc="0660E5E4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3475" w:hanging="260"/>
+        <w:ind w:left="3918" w:hanging="277"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="321232D4">
+    <w:lvl w:ilvl="6" w:tplc="119E3EAE">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4150" w:hanging="260"/>
+        <w:ind w:left="4621" w:hanging="277"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="4F0014D4">
+    <w:lvl w:ilvl="7" w:tplc="08924948">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4825" w:hanging="260"/>
+        <w:ind w:left="5325" w:hanging="277"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="4DF2A39C">
+    <w:lvl w:ilvl="8" w:tplc="BED0D0F4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5500" w:hanging="260"/>
+        <w:ind w:left="6028" w:hanging="277"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
-[...614 lines deleted...]
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="2">
-[...7 lines deleted...]
-  </w:num>
   <w:num w:numId="5">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="8">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="9">
-    <w:abstractNumId w:val="0"/>
-[...40 lines deleted...]
-  <w:num w:numId="23">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:ulTrailSpace/>
-    <w:shapeLayoutLikeWW8/>
-[...1 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00ED4EC0"/>
-[...33 lines deleted...]
-    <w:rsid w:val="00FA7EF9"/>
+    <w:rsidRoot w:val="001F3502"/>
+    <w:rsid w:val="001F3502"/>
+    <w:rsid w:val="00200876"/>
+    <w:rsid w:val="003560E0"/>
+    <w:rsid w:val="00576C06"/>
+    <w:rsid w:val="007B3B1A"/>
+    <w:rsid w:val="00AB3574"/>
+    <w:rsid w:val="00DF0041"/>
+    <w:rsid w:val="00FE3E46"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1069"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="40200DE2"/>
+  <w14:docId w14:val="65D6AB75"/>
   <w15:docId w15:val="{14A0EF7C-DC8F-44BC-9D6A-CCACC2188875}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
@@ -12710,350 +13013,171 @@
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="007C205F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:lang w:val="kk-KZ"/>
-[...40 lines deleted...]
-      <w:szCs w:val="26"/>
+      <w:lang w:val="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
     <w:name w:val="Table Normal"/>
     <w:uiPriority w:val="2"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="007C205F"/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007C205F"/>
     <w:rPr>
-      <w:sz w:val="24"/>
-      <w:szCs w:val="24"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007C205F"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007C205F"/>
-[...106 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:divs>
-    <w:div w:id="601379899">
+    <w:div w:id="279343262">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="833764215">
+    <w:div w:id="535048366">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="973830464">
-[...25 lines deleted...]
-    <w:div w:id="2103644447">
+    <w:div w:id="1675496300">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sosh4@goo.edu.kz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sosh4@goo.edu.kz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -13300,64 +13424,79 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>1836</Words>
-  <Characters>10466</Characters>
+  <Words>1816</Words>
+  <Characters>10355</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>87</Lines>
+  <Lines>86</Lines>
   <Paragraphs>24</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12278</CharactersWithSpaces>
+  <CharactersWithSpaces>12147</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Пользователь</dc:creator>
+  <dc:creator>user</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
-    <vt:filetime>2022-10-05T00:00:00Z</vt:filetime>
+    <vt:filetime>2025-02-11T00:00:00Z</vt:filetime>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
-    <vt:lpwstr>Microsoft® Word 2010</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Producer">
+    <vt:lpwstr>Skia/PDF m134 Google Apps Renderer</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">
-    <vt:filetime>2022-11-03T00:00:00Z</vt:filetime>
+    <vt:filetime>2025-02-11T00:00:00Z</vt:filetime>
   </property>
 </Properties>
 </file>