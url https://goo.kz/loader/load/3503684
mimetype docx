--- v0 (2025-12-08)
+++ v1 (2025-12-19)
@@ -2,9929 +2,12363 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+    <w:p w:rsidR="003E3EEA" w:rsidRPr="001F4BA9" w:rsidRDefault="00DF4A7D" w:rsidP="00B00AEE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар қаласының </w:t>
+      </w:r>
+      <w:r w:rsidR="00E41FA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кенжекөл</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жалпы орта білім беру мектебі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> КММ</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+    <w:p w:rsidR="00B00E9A" w:rsidRDefault="00B00E9A" w:rsidP="00B00E9A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">орыс </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B00AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тілде оқытатын </w:t>
+      </w:r>
+      <w:r w:rsidR="00F74B46">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>биология</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B00AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мұғалімі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лауазымына</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00A40329" w:rsidRPr="001F4BA9" w:rsidRDefault="00A40329" w:rsidP="00A40329">
+    <w:p w:rsidR="00B00AEE" w:rsidRPr="00E41FA4" w:rsidRDefault="00B00AEE" w:rsidP="00E41FA4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурс жариялайды</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B00AEE" w:rsidRPr="001F4BA9" w:rsidRDefault="00B00AEE" w:rsidP="00B00AEE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F4BA9">
-[...102 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
-        <w:tblLayout w:type="fixed"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="392"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7371"/>
+        <w:gridCol w:w="514"/>
+        <w:gridCol w:w="2996"/>
+        <w:gridCol w:w="6627"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008D234C" w:rsidRPr="001F4BA9" w:rsidTr="008D234C">
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00425BE6" w:rsidTr="009540D9">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00A40329" w:rsidRPr="001F4BA9" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Наименование организации образования</w:t>
-[...7 lines deleted...]
-          <w:p w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00E23E0F">
+              <w:t>Білім беру ұйымының атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00EC773A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Коммунальное государственное учреждение «</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00BC18D5">
+              <w:t xml:space="preserve">Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Кенжекольская с</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>редняя общеобразовательная школа города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+              <w:t xml:space="preserve">Павлодар қаласының </w:t>
+            </w:r>
+            <w:r w:rsidR="00E41FA4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кенжекөл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жалпы орта білім беру мектебі</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> коммуналдық мемлекеттік мекемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D234C" w:rsidRPr="001F4BA9" w:rsidTr="008D234C">
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00425BE6" w:rsidTr="009540D9">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00A40329" w:rsidRPr="001F4BA9" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>местонахождения, почтового адреса</w:t>
-[...7 lines deleted...]
-          <w:p w:rsidR="00A40329" w:rsidRPr="00BC18D5" w:rsidRDefault="00A40329" w:rsidP="00873C6B">
+              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00E41FA4" w:rsidRDefault="00CB6B4F" w:rsidP="00873C6B">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">140008, Республика Казахстан, Павлодарская область,                                город Павлодар, </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00BC18D5">
+              <w:t xml:space="preserve">140008, Қазақстан Республикасы, Павлодар облысы, Павлодар қаласы, </w:t>
+            </w:r>
+            <w:r w:rsidR="00E41FA4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">село Кенжеколь, </w:t>
-[...25 lines deleted...]
-              <w:t>,  строение 1/7</w:t>
+              <w:t>Кенжекөл ауылы, Ата Заң алаңы көшесі, 1/7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D234C" w:rsidRPr="001F4BA9" w:rsidTr="008D234C">
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidTr="009540D9">
         <w:trPr>
-          <w:trHeight w:val="264"/>
+          <w:trHeight w:val="328"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00A40329" w:rsidRPr="001F4BA9" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00E41FA4" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...7 lines deleted...]
-          <w:p w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>номеров телефонов</w:t>
-[...7 lines deleted...]
-          <w:p w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+              <w:t xml:space="preserve">телефон нөмірлері, </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">8 (7182) </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00BC18D5">
+              <w:t>8(7182)</w:t>
+            </w:r>
+            <w:r w:rsidR="00E41FA4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>35-34-61</w:t>
+              <w:t>353461</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D234C" w:rsidRPr="001F4BA9" w:rsidTr="008D234C">
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidTr="009540D9">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00A40329" w:rsidRPr="001F4BA9" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>адреса электронной почты</w:t>
-[...7 lines deleted...]
-          <w:p w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00EC4AAA" w:rsidP="00245AC0">
+              <w:t>электрондық пошта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00425BE6" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId6" w:history="1">
-              <w:r w:rsidRPr="001C7E7A">
+              <w:r w:rsidRPr="00D579B7">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="21"/>
                   <w:szCs w:val="21"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:t>k</w:t>
               </w:r>
-              <w:r w:rsidRPr="001C7E7A">
+              <w:r w:rsidRPr="00D579B7">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="21"/>
                   <w:szCs w:val="21"/>
                   <w:lang w:val="kk-KZ"/>
                 </w:rPr>
                 <w:t>sosh@goo.edu.kz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D234C" w:rsidRPr="001F4BA9" w:rsidTr="008D234C">
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00425BE6" w:rsidTr="009540D9">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00A40329" w:rsidRPr="001F4BA9" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
-[...7 lines deleted...]
-          <w:p w:rsidR="00A40329" w:rsidRPr="00BC18D5" w:rsidRDefault="00A74D26" w:rsidP="00856B4E">
+              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="00B00E9A" w:rsidP="00F74B46">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...4 lines deleted...]
-            <w:r w:rsidR="00856B4E">
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Орыс </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA4B1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>биологии</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve"> тілде оқытатын </w:t>
+            </w:r>
+            <w:r w:rsidR="00F74B46">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...4 lines deleted...]
-            <w:r w:rsidR="00856B4E">
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>биология</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA4B1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...4 lines deleted...]
-            <w:r>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мұғалімі, </w:t>
+            </w:r>
+            <w:r w:rsidR="00F74B46">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...2 lines deleted...]
-              <w:t>часов</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B00E9A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сағат</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D234C" w:rsidRPr="001F4BA9" w:rsidTr="008D234C">
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00425BE6" w:rsidTr="009540D9">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00A40329" w:rsidRPr="001F4BA9" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>основные функциональные обязанности</w:t>
-[...7 lines deleted...]
-          <w:p w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+              <w:t>негізгі функционалдық міндеттері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">- обучение и воспитание обучающихся с учетом специфики преподаваемого предмета и возраста обучающихся; </w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+              <w:t xml:space="preserve">- білім алушылардың жасын ескере отырып, білім алушыларды оқыту және тәрбиелеу; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">- содействие социализации обучающихся, формированию у них общей культуры, осознанному выбору ими и последующему освоению профессиональных образовательных программ;  </w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+              <w:t xml:space="preserve">- білім алушылардың әлеуметтенуіне, олардың жалпы мәдениетін қалыптастыруға, олардың саналы түрде таңдауына және кейіннен кәсіптік білім беру бағдарламаларын меңгеруіне жәрдемдесу; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- обеспечение режима соблюдения норм и правил техники безопасности в учебном процессе.</w:t>
+              <w:t>- оқу процесінде қауіпсіздік техникасы нормалары мен қағидаларын сақтау режимін қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D234C" w:rsidRPr="00821DF7" w:rsidTr="008D234C">
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00E85754" w:rsidTr="009540D9">
         <w:trPr>
-          <w:trHeight w:val="639"/>
+          <w:trHeight w:val="638"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00A40329" w:rsidRPr="001F4BA9" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>размер и условия оплаты труда</w:t>
-[...7 lines deleted...]
-          <w:p w:rsidR="00A40329" w:rsidRPr="00260194" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00AC5698">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00260194">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
-[...21 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidR="00A40329" w:rsidRPr="00872C2F">
-[...94 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-            </w:pPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбек өтілі мен біліктілік санатына сәйкес төленеді</w:t>
+            </w:r>
             <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00AC5698">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- арнайы орта білім (min): </w:t>
+            </w:r>
+            <w:r w:rsidR="00286A2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>85653</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>теңге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E7665" w:rsidRDefault="008E7665" w:rsidP="00235479">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- жоғары білім (min):</w:t>
+            </w:r>
+            <w:r w:rsidR="00286A2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 99766,8  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>теңге</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00286A2F" w:rsidRPr="001F4BA9" w:rsidRDefault="00286A2F" w:rsidP="00BC15F2">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00425BE6" w:rsidTr="009540D9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00E85754" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E85754">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00BF0E89" w:rsidRPr="005763A2" w:rsidRDefault="00BF0E89" w:rsidP="00245AC0">
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BF0E89" w:rsidRPr="005763A2" w:rsidRDefault="00BF0E89" w:rsidP="00245AC0">
+              <w:t>Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген кандидатқа</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00E85754" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
-[...7 lines deleted...]
-          <w:p w:rsidR="00BF0E89" w:rsidRPr="005763A2" w:rsidRDefault="00BF0E89" w:rsidP="000B74EC">
+              <w:t>қойылатын біліктілік талаптары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C75E82" w:rsidRPr="001F4BA9" w:rsidRDefault="00C75E82" w:rsidP="00F52F7C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- высшее и (или) послевузовское педагогическое или техническое и профессиональное, послесреднее педагогическое образование по соответствующему профилю или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку, без предъявления требований к стажу работы, или документ об окончании средней школы с XI педагогическим классом до 1995 года, относящиеся к среднему уровню квалификации;</w:t>
-[...6 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00F52F7C" w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+              <w:t>тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе техникалық және кәсіптік, орта білімнен кейінгі педагогикалық білім немесе тиісті бейін бойынша өзге де кәсіптік білім немесе жұмыс стажына талап қоймастан, педагогикалық қайта даярлығын растайтын құжат немесе біліктіліктің орташа деңгейіне жататын XI педагогикалық сыныбы бар 1995 жылға дейін орта мектепті бітіргені туралы құжат;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007078F2" w:rsidRPr="001F4BA9" w:rsidRDefault="00C75E82" w:rsidP="007078F2">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет; для педагога-эксперта – не менее 3 лет; педагога-исследователя не менее 4 лет;</w:t>
-[...6 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="007078F2" w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет;</w:t>
+              <w:t>және (немесе) біліктілігінің жоғары және орта деңгейі болған кезде педагогикалық жұмыс өтілі: педагог-модератор үшін-кемінде 2 жыл; педагог-сарапшы үшін-кемінде 3 жыл; педагог-зерттеуші үшін-кемінде 4 жыл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00C75E82" w:rsidP="007078F2">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="007078F2" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>және (немесе) біліктілігінің жоғары деңгейі болған жағдайда педагог-шебер үшін педагогикалық жұмыс өтілі – 5 жыл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BF0E89" w:rsidRPr="001F4BA9" w:rsidTr="008D234C">
-[...4 lines deleted...]
-          <w:p w:rsidR="00BF0E89" w:rsidRPr="001F4BA9" w:rsidRDefault="00BF0E89" w:rsidP="00266BEF">
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidTr="009540D9">
+        <w:trPr>
+          <w:trHeight w:val="423"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00BF0E89" w:rsidRPr="005763A2" w:rsidRDefault="00BF0E89" w:rsidP="00266BEF">
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="00932150">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Срок приема документов</w:t>
-[...9 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00235479" w:rsidRDefault="004B754D" w:rsidP="00425BE6">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00425BE6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00FD61C1">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>.0</w:t>
             </w:r>
-            <w:r w:rsidR="003143FA">
+            <w:r w:rsidR="00235479">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>2-2</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00425BE6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
-            <w:r w:rsidR="00FD61C1">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>.</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00FD61C1">
+              <w:t>.02.202</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>02</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00FD61C1">
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00235479">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>.202</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00FD61C1">
+              <w:t xml:space="preserve"> ж</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00425BE6" w:rsidTr="009540D9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="00B1578A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="003143FA">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> г</w:t>
-[...11 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қажетті құжаттар тізбесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00932150" w:rsidRPr="001F4BA9" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:r w:rsidR="00D922C4" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қағидалардың </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>-қосымша</w:t>
+            </w:r>
+            <w:r w:rsidR="00D922C4" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">а сәйкес нысан бойынша Конкурсқа қатысу туралы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>өтініш</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00932150" w:rsidRPr="001F4BA9" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
             <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>5</w:t>
-[...10 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+              <w:t>жеке басын куәландыратын құжат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-            </w:pPr>
-[...17 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t xml:space="preserve"> не цифрлық құжаттар сервисінен алынғанэлектронды құжат (идентификация үшін);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00932150" w:rsidRPr="001F4BA9" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve">1) </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              <w:t xml:space="preserve">3) кадрларды есепке алу бойынша толтырылған </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>заявление</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              <w:t>жеке іс парағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> об участии в конкурсе</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00C91DC4">
+              <w:t xml:space="preserve"> (нақты тұрғылықтымекенжайы мен байланыс телефондары көрсетілген – бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00932150" w:rsidRPr="001F4BA9" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> по форме согласно приложению 3</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
-[...23 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              <w:t xml:space="preserve">4) Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген лауазымғақойылатын біліктілік талаптарына сәйкес </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              <w:t>білімі туралы құжаттардың көшірмелері</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
-[...4 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00932150" w:rsidRPr="001F4BA9" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>3) заполненный</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              <w:t xml:space="preserve">5) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              <w:t>еңбек қызметін растайтын құжаттың</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
-[...4 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t xml:space="preserve"> көшірмесі (бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00932150" w:rsidRPr="001F4BA9" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve">4) </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              <w:t xml:space="preserve">6) </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекітутуралы</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Денсаулық сақтау министрінің міндетінатқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 бұйрығымен бекітілгеннысан бойынша </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>копии документов об образовании</w:t>
-[...32 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              <w:t>денсаулық жағдайы туралы анықтама</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (при наличии);</w:t>
-[...4 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00932150" w:rsidRPr="001F4BA9" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve">6) </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              <w:t xml:space="preserve">7) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              <w:t>психоневрологиялық ұйымнан анықтама</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve">по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00932150" w:rsidRPr="001F4BA9" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> от 30 октября 2020 года № ҚР ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения»;</w:t>
-[...23 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>) справкус психоневрологической организации</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              <w:t>наркологиялық ұйымнан анықтама</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00BF0E89" w:rsidRPr="005763A2" w:rsidRDefault="00BF0E89" w:rsidP="00A40329">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00932150" w:rsidRPr="001F4BA9" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve">8) </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>справку с наркологической организации</w:t>
-[...32 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>сертификат</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              <w:t>сертификаттаудан өту</w:t>
+            </w:r>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> о результатах </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              <w:t xml:space="preserve"> нәтижелері туралы</w:t>
+            </w:r>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>прохождения сертификации</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              <w:t xml:space="preserve"> сертификат </w:t>
+            </w:r>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> или </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              <w:t xml:space="preserve">немесе </w:t>
+            </w:r>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              <w:t xml:space="preserve">педагог-модератордан </w:t>
+            </w:r>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> о наличии </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              <w:t>төмен емес</w:t>
+            </w:r>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve">действующей </w:t>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve">категории </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              <w:lastRenderedPageBreak/>
+              <w:t>қолданыстағы</w:t>
+            </w:r>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>(при наличии);</w:t>
-[...24 lines deleted...]
-            <w:r w:rsidR="00856B4E">
+              <w:t>біліктілік санатының болуы туралы</w:t>
+            </w:r>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> куәлік </w:t>
+            </w:r>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>(бар болса)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>биологии</w:t>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00520C9B" w:rsidRPr="001F4BA9" w:rsidRDefault="00520C9B" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10)</w:t>
+            </w:r>
+            <w:r w:rsidR="00F74B46">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>биология</w:t>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:bookmarkEnd w:id="0"/>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">педагогтері лауазымына орналасуға кандидаттар үшін </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...167 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>пән бойынша шекті деңгейі кемінде 90% сертификаттау нәтижелері туралы сертификаты немесе педагог-модератордың немесе педагог-сарапшының, немесе педагог-зерттеушінің немесе педагог-шебердің біліктілік санатының болуы туралы куәлік (бар болса) немесе Celta сертификаты (Certificate in English Language Teaching to Adults. Cambridge) pass a; Delta (Diploma in English Language Teaching to Adults) Pass and above немесе IELTS (IELTS) – 6,5 балл; немесе TOEFL (TOEFL) (интернетке негізделген тест (IWT)) - 60-65 балл; болу керек.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00932150" w:rsidP="00520C9B">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
-              <w:rPr>
-[...85 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidR="00C91DC4">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00520C9B" w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidR="00C91DC4" w:rsidRPr="00B97888">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidR="00C91DC4" w:rsidRPr="00B97888">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidR="00630AA8" w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> к настоящим Правилам</w:t>
-[...4 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t>техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарында арнайы пәндер бойынша педагогтер және өндірістік оқыту шеберлері лауазымдарына педагогикалық қызметке кіріскен, тиісті мамандық немесе бейін бойынша өндірісте кемінде 2 жыл жұмыс өтілі бар педагогтер сертификаттаудан өтуден босатылады</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00520C9B" w:rsidRPr="001F4BA9" w:rsidRDefault="00816949" w:rsidP="00520C9B">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00B97888">
+              <w:t>12) 17,18</w:t>
+            </w:r>
+            <w:r w:rsidR="00520C9B" w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00B97888">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-қосымшаға сәйкес нысан бойынша педагогтің бос немесе уақытша бос лауазымына кандидаттың толтырылған </w:t>
+            </w:r>
+            <w:r w:rsidR="00520C9B" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бағалау парағы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00520C9B" w:rsidRPr="001F4BA9" w:rsidRDefault="00520C9B" w:rsidP="00816949">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>3</w:t>
-[...17 lines deleted...]
-              <w:t>рекомендательное письмо с места работы (по должности педагога), учебы</w:t>
+              <w:t xml:space="preserve">13) </w:t>
+            </w:r>
+            <w:r w:rsidR="00816949" w:rsidRPr="003A21E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жұмыс орнынан (педагог лауазымы бойынша), оқу орнынан ұсыным хат.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00452A41" w:rsidRPr="001F4BA9" w:rsidRDefault="00452A41" w:rsidP="00F7191E">
-[...2050 lines deleted...]
-    <w:p w:rsidR="00B97888" w:rsidRPr="001F4BA9" w:rsidRDefault="00B97888" w:rsidP="00B97888">
+    <w:p w:rsidR="003153C2" w:rsidRPr="001F4BA9" w:rsidRDefault="003153C2" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...50 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00B97888" w:rsidRPr="001F4BA9" w:rsidRDefault="00B97888" w:rsidP="00B97888">
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B97888" w:rsidRPr="001F4BA9" w:rsidRDefault="00B97888" w:rsidP="00B97888">
+    <w:p w:rsidR="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B97888" w:rsidRDefault="00B97888" w:rsidP="00B97888">
-[...4 lines deleted...]
-          <w:sz w:val="28"/>
+    <w:p w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B97888" w:rsidRDefault="00B97888" w:rsidP="00B97888">
-[...4 lines deleted...]
-          <w:sz w:val="28"/>
+    <w:p w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a8"/>
-[...8 lines deleted...]
-        </w:tblBorders>
+        <w:tblW w:w="13380" w:type="dxa"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5920"/>
-        <w:gridCol w:w="4394"/>
+        <w:gridCol w:w="8337"/>
+        <w:gridCol w:w="5043"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B97888" w:rsidRPr="00B25802" w:rsidTr="00350F2D">
+      <w:tr w:rsidR="00816949" w:rsidRPr="00425BE6" w:rsidTr="00AD4371">
         <w:trPr>
-          <w:trHeight w:val="781"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="3420" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5920" w:type="dxa"/>
-[...3 lines deleted...]
-              <w:spacing w:line="345" w:lineRule="atLeast"/>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
-              <w:textAlignment w:val="baseline"/>
-[...13 lines deleted...]
-              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>ұйымдарының бірінші</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>басшылары мен педагогтерін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>лауазымға тағайындау,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>лауазымнан босату</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>қағидаларына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>3-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidTr="00AD4371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5805" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidTr="00AD4371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5805" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
-              <w:textAlignment w:val="baseline"/>
-[...159 lines deleted...]
-              <w:t>Форма</w:t>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>конкурс жариялаған</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> орган</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>/ Кандидаттың Т. А. Ә,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">(бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>лауазымы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, жұмысорны)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Нақтытұ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ғылықтыжері,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тіркелгенмекенжайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>байланыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> телефоны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B97888" w:rsidRPr="002E00FE" w:rsidRDefault="00B97888" w:rsidP="00B97888">
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Өтініш</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00B97888" w:rsidRPr="00B25802" w:rsidRDefault="00B97888" w:rsidP="00B97888">
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Мені</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B97888" w:rsidRPr="00B25802" w:rsidRDefault="00B97888" w:rsidP="00B97888">
-[...16 lines deleted...]
-        <w:t>(фамилия, имя, отчество(при его наличии))</w:t>
+    <w:p w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру ұйымдарыныңатауы, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>мекенжайы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>облыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>аудан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, қала\ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ауыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B97888" w:rsidRPr="002E00FE" w:rsidRDefault="00B97888" w:rsidP="00B97888">
-[...9 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      бос/уақытша бос лауазымынаорналасуғаарналғанконкурсқажіберуіңіздісұраймын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Қазіргікезде _________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>                  (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>лауазымы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ұйымныңатауы, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>мекенжайы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>облыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>аудан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, қала \ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ауыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      жұмысістеймін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Өзімтуралыкелесімәліметтердіхабарлаймын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Білімі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>: жоғарынемесежоғарыоқуорнынанкейінгі, техникалықжәнекәсіптік</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10423" w:type="dxa"/>
+        <w:tblW w:w="13380" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4284"/>
+        <w:gridCol w:w="2701"/>
+        <w:gridCol w:w="6395"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidTr="00AD4371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Оқуорныныңатауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Оқукезеңі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Диплом бойыншамамандығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidTr="00AD4371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Жүктеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Біліктіліксанатыныңболуы (болғанжағдайдаберілген (расталған) күні):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Жұмысөтілі:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="13380" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="761"/>
+        <w:gridCol w:w="1737"/>
+        <w:gridCol w:w="2835"/>
+        <w:gridCol w:w="5153"/>
+        <w:gridCol w:w="3811"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidTr="00AD4371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Жалпы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагогикалық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттікқызметөтілі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Мамандығыбойынша (кәсіпкерліксубъектілерініңмамандарыүшін)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6359" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Осы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру ұйымында, оныңішіндеатқаратынлауазымында</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidTr="00AD4371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6359" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Жүктеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Мынадайжұмыснәтижелерім бар: ___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Марапаттары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, атақтары, дәрежесі, ғылымидәрежесі, ғылымиатағы, сондай-аққосымшамәліметтер (бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>) __________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      "Дербесдеректержәнеолардықорғаутуралы" ҚазақстанРеспубликасыЗаңының 8-бабының </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:anchor="z19" w:history="1">
+        <w:r w:rsidRPr="0094340E">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>1-тармағына</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> сәйкесменіңдербесдеректерімдідербесдеректердіөңдеумақсаттарынасәйкескелетінкезкелгензаңдытәсілдермен (фото, видео, оныңішіндеавтоматтандыруқұралдарынпайдаланаотырыпнемесемұндайқұралдардыпайдаланбайдербесдеректердіңақпараттықжүйелеріндепайдалануүшін) өңдеугекелісімберемін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>келісемін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      (ТАӘ (бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)) (қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      "____"______________20___жыл __________ /қолы/</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9147" w:type="dxa"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8420"/>
+        <w:gridCol w:w="727"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00816949" w:rsidRPr="00425BE6" w:rsidTr="00AD4371">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="727" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8420" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>ұйымдарының бірінші</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>басшылары мен педагогтерін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>лауазымға тағайындау,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>лауазымнан босату</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>қағидаларына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>17-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00816949" w:rsidRPr="00425BE6" w:rsidTr="00AD4371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8420" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094340E">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="727" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00816949" w:rsidRPr="0094340E" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Педагог бос немесе уақытша бос лауазымына өтілі бар кандидатты бағалау парағы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00816949" w:rsidRPr="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0094340E">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00816949">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00816949" w:rsidRPr="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00816949">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      (Тегі, аты, әкесінің аты (бар болса))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10423" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="501"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="850"/>
+        <w:gridCol w:w="395"/>
+        <w:gridCol w:w="1661"/>
+        <w:gridCol w:w="2533"/>
+        <w:gridCol w:w="12"/>
+        <w:gridCol w:w="4546"/>
+        <w:gridCol w:w="1276"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B97888" w:rsidRPr="00B25802" w:rsidTr="00350F2D">
-[...5 lines deleted...]
-            <w:tcW w:w="501" w:type="dxa"/>
+      <w:tr w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidTr="00AD4371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B97888" w:rsidRPr="00B25802" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
-[...2 lines deleted...]
-              <w:ind w:left="-142" w:right="-75"/>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="1661" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B97888" w:rsidRPr="00B25802" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...9 lines deleted...]
-            <w:tcW w:w="2268" w:type="dxa"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2545" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B97888" w:rsidRPr="00B25802" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Растайтынқұжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4546" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Балл </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-                <w:szCs w:val="19"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сандары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">(1-ден 30-ға </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="00D81A59" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B25802">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...9 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>ценка</w:t>
+              <w:t>Баға</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B97888" w:rsidRPr="00B25802" w:rsidTr="00350F2D">
-[...5 lines deleted...]
-            <w:tcW w:w="501" w:type="dxa"/>
+      <w:tr w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidTr="00AD4371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B97888" w:rsidRPr="00B25802" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
-[...2 lines deleted...]
-              <w:ind w:left="-142" w:right="-75"/>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...260 lines deleted...]
-            <w:tcW w:w="501" w:type="dxa"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1661" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B97888" w:rsidRPr="00B25802" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
-[...2 lines deleted...]
-              <w:ind w:left="-142" w:right="-75"/>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...54 lines deleted...]
-            <w:tcW w:w="2268" w:type="dxa"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білімдеңгейі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2545" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B97888" w:rsidRPr="00B25802" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
-[...142 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білімітуралыдипломныңжәнедипломғақосымшаныңкөшірмелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4546" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Техникалықжәнекәсіптік = 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Жоғары = 2 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Жоғарыүздік = 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Магистр = 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B97888" w:rsidRPr="00B25802" w:rsidTr="00350F2D">
-[...452 lines deleted...]
-            <w:tcW w:w="501" w:type="dxa"/>
+      <w:tr w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidTr="00AD4371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B97888" w:rsidRPr="00B25802" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
-[...2 lines deleted...]
-              <w:ind w:left="-142" w:right="-75"/>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...1604 lines deleted...]
-            <w:gridSpan w:val="2"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1661" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B97888" w:rsidRPr="001235A7" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
-[...25 lines deleted...]
-            <w:tcW w:w="6521" w:type="dxa"/>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ғылыми/академиялықдәрежесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2545" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B97888" w:rsidRPr="001235A7" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білімітуралыдипломныңжәнедипломғақосымшаныңкөшірмелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4546" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Ғылымдокторы = 10 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Ғылым кандидаты = 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidTr="00AD4371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1661" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Біліктіліксанаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2545" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Куәлік, басқақұжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4546" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог=</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Педагог-модератор = 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-сарапшы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-зерттеуші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 7 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-шебер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Басшыныңүшіншібіліктіліксанатындағыорынбасары = 5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Басшыныңекіншібіліктіліксанатындағыорынбасары = 6 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Басшыныңбіріншібіліктіліксанатындағы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidTr="00AD4371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1661" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Әкімшілікжәнеәдістемелікқызметтегіжұмыстәжірибесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2545" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Еңбеккітапшасы/еңбекқызметіналмастыратынбасқа да құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4546" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Әдіскер, лауазымдағыжұмысөтілі 2 жылғадейін = 2 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Әдіскер, лауазымдағыжұмысөтіліекіжылданкөп = 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Директордыңорынбасары, лауазымдағыжұмысөтілі 2 жылғадейін = 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Директордыңорынбасары, лауазымдағыжұмысөтіліекіжылданкөп = 4 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Директор, лауазымдағыжұмысөтілі 2 жылғадейін = 4 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Директор, лауазымдағыжұмысөтілі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidTr="00AD4371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1661" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Бұрынғыжұмысорнынан (педагог </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>лауазымыбойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>) ұсыным хат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2545" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ұсыным хат (педагог лауазымыбойыншасоңғыжұмысорнынан)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4546" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Оңұсынымхаттыңболуы = 3 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidTr="00AD4371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1661" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Соңғы 5 жылдағыкәсібижетістіктерініңкөрсеткіштері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2545" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен конкурстаржеңімпаздарыныңдипломдары, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>грамоталары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, білімалушылардыңғылымижобалары;</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен байқауларжеңімпаздарыныңдипломдары, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>грамоталары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> награда;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4546" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1) қалалық/аудандықолимпиадалар мен конкурстардыңжеңімпаздары = 0,5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>облыстық = 1 балл, республикалық = 2 балл, халықаралық = 3 балл;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>2) ғылымижобалар: қалалық/аудандық = 0,5 балл,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>облыстық = 1 балл, республикалық = 2 балл, халықаралық = 3 балл;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>3) "Үздік педагог" конкурсынақатысушы = 1 балл;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>4) "Үздік педагог" конкурсыныңжеңімпазы = 5 балл;</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>5) "Қазақстанныңеңбексіңірген</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidTr="00AD4371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1661" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Әдістемелікқызметі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2545" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-авторлықжұмыстары мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жарияланымдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4546" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ОАМ тізбесінеенгеноқулықтар мен (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) ОӘК авторы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>немесебірлескен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> авторы = 5 балл;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>РОӘКтізбесінеенгеноқулықтар мен (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) ОӘК авторы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>немесебірлескен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> авторы = 2 балл;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>БССҚК, Scopusтізбесінеенгізілгенғылыми-зерттеуқызметібойыншажарияланымныңболуы - 3 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidTr="00AD4371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1661" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалыққызметі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2545" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалыққызметінрастайтынқұжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4546" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тәлімгер = 0,5 балл;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>ӘБбасшылығы = 2 балл;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>екітілдесабақ беру, орыс/қазақ = 2 балл;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>шетел/орыснемесешетел/қазақ = 3 балл;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>ү</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>шт</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ілдесабақ беру (қазақ, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00816949" w:rsidRPr="00F74B46" w:rsidTr="00AD4371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1661" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Курсқадайындық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2545" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>пәндікдаярлықсертификаттары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>цифрлықсауаттылықсертификаты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ҚАЗТЕСТ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>IELTS;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>TOEFL;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">DELF </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сертификаттары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Goethe </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, "Python </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тіліндебағдарламалаунегіздері</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламаларыбойыншаоқыту</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>, "Microsoft"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Курсеражұмыстарынаоқыту</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Халықаралықкурстар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>TEFL Cambridge</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"CELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>(Certificate in Teaching English to Speakers of Other Languages)"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"TKT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Teaching Knowledge Test"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"TESOL"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Certificate in teaching English for young learners</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>IHCYLT - International House Certificate In Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Assessment for Learning: Formative Assessment in Science and </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Maths</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Educational Management</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Курсынаплатформе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Coursera</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Futute</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> learn</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Teaching Mathematics with Technology</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Special Educational Needs</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"Developing expertise in teaching chemistry"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4546" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>біліктіліктіарттыруұйымдарыіскеасыратынбілімберусаласындағыуәкілеттіорганменкелісілгенбағдарламаларбойыншабіліктіліктіарттырукурстары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ә</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="00816949" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidTr="00AD4371">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="1276" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2056" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Барлығы:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2533" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:firstLine="851"/>
-[...13 lines deleted...]
-          <w:p w:rsidR="00B97888" w:rsidRPr="00B25802" w:rsidRDefault="00B97888" w:rsidP="00350F2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4558" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:firstLine="851"/>
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B97888" w:rsidRPr="0020641A" w:rsidRDefault="00B97888" w:rsidP="00B97888">
-[...16 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-        <w:t>      Примечание:</w:t>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B1130">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      * жеңімпаздарсанынақарамастан, 6-тармақта соңғы бес жылдағыолимпиадалар мен конкурстардыңәрбірдеңгейі (қалалық/аудандық) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B1130">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B1130">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 0,5 балл </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B1130">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ескеріледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B1130">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, облыстықолимпиадалар мен конкурстардыңжүлдегерлері = 1 балл, республикалық = 2 балл, халықаралық = 3 балл;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-        <w:t>* В 6 пункте учитывается призеры за последние пять лет по каждому уровню (городской/районный) олимпиад и конкурсов 0,5 баллов независимо о количества победителей, призеры областных олимпиад и конкурсов - 1 балла, республиканских =2 балла, международных = 3 балла</w:t>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B1130">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      ғылымижобалар: қалалық/аудандық = 1 балл, облыстық - 1 балл, республикалық -2 балл, халықаралық – </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B1130">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>тиісінше</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B1130">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3 балл </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B1130">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>тиісінше</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00B97888" w:rsidRPr="000A7922" w:rsidRDefault="00B97888" w:rsidP="00B97888">
-[...5 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-        <w:t>научных проектов: городской/районный = 1 балл, областной - 1 балл, республиканский -2 балла, международный – 3 балла соответственно</w:t>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B1130">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      республикалықолимпиадалар мен конкурстардыңжүлдегерлері = 3 балл</w:t>
       </w:r>
-    </w:p>
-[...29 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
-        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblW w:w="13380" w:type="dxa"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6051"/>
-        <w:gridCol w:w="3900"/>
+        <w:gridCol w:w="8420"/>
+        <w:gridCol w:w="4960"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B97888" w:rsidRPr="000A7922" w:rsidTr="00350F2D">
-[...6 lines deleted...]
-            <w:tcW w:w="7780" w:type="dxa"/>
+      <w:tr w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidTr="00AD4371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5805" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-              <w:spacing w:after="0"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...147 lines deleted...]
-            </w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="1" w:name="z235"/>
+            <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B97888" w:rsidRDefault="00B97888" w:rsidP="00B97888">
-[...33 lines deleted...]
-    <w:p w:rsidR="00B97888" w:rsidRPr="00B25802" w:rsidRDefault="00B97888" w:rsidP="00B97888">
+    <w:p w:rsidR="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B25802">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00B97888" w:rsidRPr="002E00FE" w:rsidRDefault="00B97888" w:rsidP="00B97888">
+    <w:p w:rsidR="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="10"/>
-          <w:szCs w:val="10"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="13380" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="533"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="954"/>
+        <w:gridCol w:w="8420"/>
+        <w:gridCol w:w="4960"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B97888" w:rsidTr="00350F2D">
-[...8 lines deleted...]
-                <w:sz w:val="28"/>
+      <w:tr w:rsidR="00816949" w:rsidRPr="00425BE6" w:rsidTr="00AD4371">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="3420" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:sz w:val="28"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>№</w:t>
-[...11 lines deleted...]
-                <w:sz w:val="28"/>
+              <w:t>Мемлекеттік білім беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...20 lines deleted...]
-                <w:sz w:val="28"/>
+              <w:br/>
+              <w:t>ұйымдарының бірінші</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...20 lines deleted...]
-                <w:sz w:val="28"/>
+              <w:br/>
+              <w:t>басшылары мен педагогтерін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...21 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:br/>
+              <w:t>лауазымдарға тағайындау,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...14 lines deleted...]
-                <w:szCs w:val="19"/>
+              <w:br/>
+              <w:t>лауазымдардан босату</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>ценка</w:t>
+              <w:br/>
+              <w:t>қағидаларына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>18-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B97888" w:rsidTr="00350F2D">
-[...9 lines deleted...]
-                <w:szCs w:val="24"/>
+      <w:tr w:rsidR="00816949" w:rsidRPr="00425BE6" w:rsidTr="00AD4371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5805" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F6793B">
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>1</w:t>
-[...1582 lines deleted...]
-                <w:sz w:val="28"/>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="00816949" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B97888" w:rsidRPr="009C146B" w:rsidRDefault="00B97888" w:rsidP="00B97888">
-[...4 lines deleted...]
-          <w:sz w:val="28"/>
+    <w:p w:rsidR="00816949" w:rsidRPr="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00816949">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Педагогтің бос немесе уақытша бос лауазымына өтілі жоқ кандидатты бағалау парағы</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="001F4BA9">
-[...7 lines deleted...]
-      </w:pPr>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10565" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="517"/>
+        <w:gridCol w:w="2110"/>
+        <w:gridCol w:w="2693"/>
+        <w:gridCol w:w="4394"/>
+        <w:gridCol w:w="851"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidTr="00AD4371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Растайтынқұжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="00D81A59" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D81A59">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Балл </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D81A59">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сандары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D81A59">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">(1-ден 30-ға </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D81A59">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D81A59">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="00D81A59" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ба</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidTr="00AD4371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білімдеңгейі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білімітуралыдипломныңжәнедипломғақосымшаныңкөшірмелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Техникалықжәнекәсіптік = 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Техникалықжәнекәсіптікүздік = 2 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Жоғары = 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Магистр (педагогикалықбағытбойынша) = 4 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidTr="00AD4371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ғылыми/академиялықдәрежесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білімітуралыдипломныңжәнедипломғақосымшаныңкөшірмелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Ғылымдокторы = 5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Ғылым кандидаты = 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidTr="00AD4371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Сертификаттауданөтунәтижелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>50 % - 2 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>60-80 % - 4 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>80-100% – 6 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidTr="00AD4371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагогикалық/ кәсіби практика нәтижелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білімітуралыдипломғақосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>"3" – 2 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"4" – 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"5" – 4 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidTr="00AD4371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Оқуорнынанұсыным хат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ұсыным хат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Оңұсынымхаттыңболуы = 3 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidTr="00AD4371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Волонтерлікжұмысқақатысу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қатысуқұжаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidTr="00AD4371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Педагогикалыққызметтуралыжарияланымы бар интернет </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бетін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, әлеуметтікжелідепарақшаларынжүргізу (авторлықғылымижобалар, сабақтар, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>семинарлар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Сілтемелер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1 жылғадейін -1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3 жылғадейін -2 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>3 жылданжоғары -3 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidTr="00AD4371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Жазғылагерьлердіңжұмысынақатысу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қатысуқұжаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidTr="00AD4371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Оқуорындарыбойыншаконкурстарғақатысу (ғылымижобалар, шығармашылыкжәнет.б.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қатысуқұжаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Әрбірқатысқаныүшін 1 балл, бірақ 4 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>балданаспайды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidTr="00AD4371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="517" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ҚАЗТЕСТ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, IELTS; TOEFL; DELF; Goethe </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сертификаттары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, "Python </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламаныңнегіздері</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>", "Microsoft</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тажұмысістеугеүйрету</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламаларыбойыншаоқыту</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Халықаралықкурстар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>TEFL Cambridge "CELTA (Certificate in Teaching English to Speakers of Other Languages)"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>TKT"Teaching</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Knowledge Test</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)" Teacher of English to Speakers of Other Languages (TESOL)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"TESOL"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1 балл (әрқайсынабөлек)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidTr="00AD4371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2627" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B1130">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Барлығы:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7087" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00AD4371">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00816949" w:rsidRPr="002B1130" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B1130">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="001F4BA9">
-[...5 lines deleted...]
-          <w:sz w:val="28"/>
+    <w:p w:rsidR="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="001F4BA9">
-[...5 lines deleted...]
-          <w:sz w:val="28"/>
+    <w:p w:rsidR="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="001F4BA9">
-[...5 lines deleted...]
-          <w:sz w:val="28"/>
+    <w:p w:rsidR="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="001F4BA9">
-[...5 lines deleted...]
-          <w:sz w:val="28"/>
+    <w:p w:rsidR="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="001F4BA9">
-[...5 lines deleted...]
-          <w:sz w:val="28"/>
+    <w:p w:rsidR="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="001F4BA9">
-[...5 lines deleted...]
-          <w:sz w:val="28"/>
+    <w:p w:rsidR="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="001F4BA9">
-[...5 lines deleted...]
-          <w:sz w:val="28"/>
+    <w:p w:rsidR="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="001F4BA9">
-[...5 lines deleted...]
-          <w:sz w:val="28"/>
+    <w:p w:rsidR="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="001F4BA9">
-[...5 lines deleted...]
-          <w:sz w:val="28"/>
+    <w:p w:rsidR="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="001F4BA9">
-[...5 lines deleted...]
-          <w:sz w:val="28"/>
+    <w:p w:rsidR="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="001F4BA9">
-[...5 lines deleted...]
-          <w:sz w:val="28"/>
+    <w:p w:rsidR="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="001F4BA9">
-[...5 lines deleted...]
-          <w:sz w:val="28"/>
+    <w:p w:rsidR="00816949" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="001F4BA9">
-[...5 lines deleted...]
-          <w:sz w:val="28"/>
+    <w:p w:rsidR="00816949" w:rsidRPr="001F4BA9" w:rsidRDefault="00816949" w:rsidP="00816949">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="0038586E" w:rsidSect="00DB5787">
+    <w:p w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0038586E" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0038586E" w:rsidRPr="001F4BA9" w:rsidRDefault="0038586E" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="0038586E" w:rsidRPr="001F4BA9" w:rsidSect="00DB5787">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="794" w:right="851" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -10597,766 +13031,858 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5531" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6251" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6971" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6">
+    <w:nsid w:val="6E3E7F85"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0DE2EA3C"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="110"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
   <w:compat>
     <w:useFELayout/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F410E4"/>
     <w:rsid w:val="000050AF"/>
     <w:rsid w:val="0001180A"/>
     <w:rsid w:val="0001635C"/>
     <w:rsid w:val="00024BDF"/>
     <w:rsid w:val="000319E6"/>
+    <w:rsid w:val="00034D7D"/>
     <w:rsid w:val="00044308"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
     <w:rsid w:val="0005281D"/>
     <w:rsid w:val="00055391"/>
     <w:rsid w:val="00055EA0"/>
     <w:rsid w:val="00057149"/>
     <w:rsid w:val="00065B9B"/>
     <w:rsid w:val="0007234E"/>
     <w:rsid w:val="0007336C"/>
     <w:rsid w:val="000842BF"/>
     <w:rsid w:val="00085550"/>
     <w:rsid w:val="00085F43"/>
     <w:rsid w:val="00090BEE"/>
     <w:rsid w:val="00097C91"/>
     <w:rsid w:val="000A2010"/>
     <w:rsid w:val="000A7D5F"/>
     <w:rsid w:val="000B0E84"/>
     <w:rsid w:val="000B74EC"/>
     <w:rsid w:val="000C18A7"/>
     <w:rsid w:val="000C51F6"/>
     <w:rsid w:val="000D42B8"/>
     <w:rsid w:val="000D75B6"/>
     <w:rsid w:val="000D7E12"/>
     <w:rsid w:val="000E42D5"/>
     <w:rsid w:val="000E588C"/>
     <w:rsid w:val="000E7BC7"/>
     <w:rsid w:val="000F5AB2"/>
     <w:rsid w:val="000F7F2D"/>
     <w:rsid w:val="00107931"/>
     <w:rsid w:val="0011447E"/>
     <w:rsid w:val="00114B74"/>
     <w:rsid w:val="00117287"/>
     <w:rsid w:val="001216CA"/>
     <w:rsid w:val="00122C56"/>
     <w:rsid w:val="00123C01"/>
     <w:rsid w:val="001360EE"/>
     <w:rsid w:val="00142D11"/>
     <w:rsid w:val="001436E9"/>
-    <w:rsid w:val="00154B3B"/>
     <w:rsid w:val="00155EE7"/>
     <w:rsid w:val="001615CA"/>
     <w:rsid w:val="001650C0"/>
     <w:rsid w:val="00170E9A"/>
     <w:rsid w:val="00176CE7"/>
     <w:rsid w:val="0017753F"/>
-    <w:rsid w:val="001828DC"/>
     <w:rsid w:val="00183FF8"/>
     <w:rsid w:val="001917EE"/>
     <w:rsid w:val="00193898"/>
     <w:rsid w:val="00194690"/>
     <w:rsid w:val="00194744"/>
     <w:rsid w:val="001A24F6"/>
     <w:rsid w:val="001A30E3"/>
     <w:rsid w:val="001B2280"/>
     <w:rsid w:val="001B6127"/>
     <w:rsid w:val="001B695E"/>
     <w:rsid w:val="001B7F01"/>
     <w:rsid w:val="001C6E63"/>
     <w:rsid w:val="001D32DA"/>
+    <w:rsid w:val="001D387C"/>
     <w:rsid w:val="001D47B9"/>
     <w:rsid w:val="001E17F9"/>
     <w:rsid w:val="001F22F5"/>
     <w:rsid w:val="001F2460"/>
     <w:rsid w:val="001F3C49"/>
     <w:rsid w:val="001F4BA9"/>
     <w:rsid w:val="00200BD1"/>
     <w:rsid w:val="00201B90"/>
     <w:rsid w:val="002034CA"/>
     <w:rsid w:val="00204794"/>
     <w:rsid w:val="002075F7"/>
-    <w:rsid w:val="002107BC"/>
     <w:rsid w:val="00210F6E"/>
     <w:rsid w:val="002135D2"/>
+    <w:rsid w:val="00217179"/>
     <w:rsid w:val="00217711"/>
     <w:rsid w:val="002200D5"/>
     <w:rsid w:val="00222BA2"/>
     <w:rsid w:val="0022382E"/>
     <w:rsid w:val="00231724"/>
     <w:rsid w:val="00231ED7"/>
+    <w:rsid w:val="00235479"/>
     <w:rsid w:val="002408F8"/>
     <w:rsid w:val="00243836"/>
     <w:rsid w:val="0024625B"/>
     <w:rsid w:val="00250563"/>
     <w:rsid w:val="00250C53"/>
     <w:rsid w:val="00253201"/>
     <w:rsid w:val="00254628"/>
     <w:rsid w:val="00260194"/>
     <w:rsid w:val="00261786"/>
     <w:rsid w:val="00263268"/>
     <w:rsid w:val="002647B4"/>
     <w:rsid w:val="00272A89"/>
     <w:rsid w:val="00273774"/>
     <w:rsid w:val="00275389"/>
     <w:rsid w:val="002760FC"/>
     <w:rsid w:val="00276140"/>
     <w:rsid w:val="00280FE3"/>
     <w:rsid w:val="0028281D"/>
     <w:rsid w:val="0028430C"/>
     <w:rsid w:val="002848B9"/>
     <w:rsid w:val="002848BD"/>
+    <w:rsid w:val="00286A2F"/>
+    <w:rsid w:val="002918EB"/>
     <w:rsid w:val="00294615"/>
     <w:rsid w:val="002A4A6C"/>
     <w:rsid w:val="002A50CA"/>
     <w:rsid w:val="002A6FF7"/>
     <w:rsid w:val="002B2DDC"/>
     <w:rsid w:val="002B5FB8"/>
     <w:rsid w:val="002B65FC"/>
     <w:rsid w:val="002B68B2"/>
     <w:rsid w:val="002C2698"/>
     <w:rsid w:val="002C3DE4"/>
     <w:rsid w:val="002C5543"/>
     <w:rsid w:val="002D081D"/>
+    <w:rsid w:val="002D0A49"/>
     <w:rsid w:val="002D5996"/>
-    <w:rsid w:val="002D7B29"/>
     <w:rsid w:val="002D7E2F"/>
     <w:rsid w:val="002E65E4"/>
+    <w:rsid w:val="002E729A"/>
     <w:rsid w:val="002E7C30"/>
     <w:rsid w:val="002F37F7"/>
     <w:rsid w:val="002F3E78"/>
     <w:rsid w:val="002F4145"/>
     <w:rsid w:val="002F677E"/>
     <w:rsid w:val="00301843"/>
     <w:rsid w:val="00305D41"/>
     <w:rsid w:val="00306541"/>
-    <w:rsid w:val="003143FA"/>
     <w:rsid w:val="003153C2"/>
-    <w:rsid w:val="0031728D"/>
     <w:rsid w:val="003221E8"/>
     <w:rsid w:val="00323CC6"/>
     <w:rsid w:val="0032543F"/>
     <w:rsid w:val="0033199C"/>
     <w:rsid w:val="00334CC0"/>
     <w:rsid w:val="00344934"/>
     <w:rsid w:val="00344A1A"/>
     <w:rsid w:val="0035742D"/>
     <w:rsid w:val="003579A8"/>
     <w:rsid w:val="0037198C"/>
     <w:rsid w:val="00373625"/>
     <w:rsid w:val="00373F82"/>
     <w:rsid w:val="00375274"/>
     <w:rsid w:val="00375557"/>
     <w:rsid w:val="003811EF"/>
     <w:rsid w:val="0038586E"/>
     <w:rsid w:val="00390F02"/>
     <w:rsid w:val="003920E0"/>
     <w:rsid w:val="00393EEA"/>
     <w:rsid w:val="003A2172"/>
     <w:rsid w:val="003A5835"/>
     <w:rsid w:val="003A6132"/>
     <w:rsid w:val="003B10DA"/>
     <w:rsid w:val="003B611D"/>
     <w:rsid w:val="003B6A0B"/>
     <w:rsid w:val="003B722D"/>
     <w:rsid w:val="003B7991"/>
     <w:rsid w:val="003C073C"/>
     <w:rsid w:val="003C16F9"/>
     <w:rsid w:val="003C21A6"/>
     <w:rsid w:val="003C6B17"/>
     <w:rsid w:val="003C6CE8"/>
     <w:rsid w:val="003C740D"/>
     <w:rsid w:val="003D3661"/>
     <w:rsid w:val="003D4D1F"/>
     <w:rsid w:val="003D6E6F"/>
     <w:rsid w:val="003E0D68"/>
     <w:rsid w:val="003E0EB1"/>
     <w:rsid w:val="003E3EEA"/>
+    <w:rsid w:val="003E662D"/>
     <w:rsid w:val="003F0467"/>
     <w:rsid w:val="003F0710"/>
     <w:rsid w:val="003F6A1A"/>
     <w:rsid w:val="003F793F"/>
     <w:rsid w:val="00402778"/>
     <w:rsid w:val="00406E1A"/>
     <w:rsid w:val="0040774B"/>
     <w:rsid w:val="004107DB"/>
     <w:rsid w:val="00412E97"/>
     <w:rsid w:val="00412EE6"/>
     <w:rsid w:val="00414D8A"/>
     <w:rsid w:val="004158B1"/>
     <w:rsid w:val="00415A88"/>
     <w:rsid w:val="00420B8F"/>
     <w:rsid w:val="00424A81"/>
+    <w:rsid w:val="00425BE6"/>
     <w:rsid w:val="00430029"/>
     <w:rsid w:val="0043056F"/>
     <w:rsid w:val="00431819"/>
     <w:rsid w:val="00437A2D"/>
     <w:rsid w:val="00440BF7"/>
     <w:rsid w:val="00442569"/>
     <w:rsid w:val="00444289"/>
     <w:rsid w:val="00444E34"/>
     <w:rsid w:val="00445B92"/>
     <w:rsid w:val="00452A41"/>
     <w:rsid w:val="00456CEA"/>
+    <w:rsid w:val="004640DF"/>
     <w:rsid w:val="0046481C"/>
     <w:rsid w:val="00470A6E"/>
     <w:rsid w:val="00471144"/>
     <w:rsid w:val="00472EBA"/>
     <w:rsid w:val="0047363C"/>
     <w:rsid w:val="00474517"/>
     <w:rsid w:val="0048067D"/>
     <w:rsid w:val="00481A44"/>
     <w:rsid w:val="00491B89"/>
     <w:rsid w:val="00494FDD"/>
     <w:rsid w:val="004A5758"/>
     <w:rsid w:val="004B1185"/>
     <w:rsid w:val="004B289B"/>
+    <w:rsid w:val="004B754D"/>
     <w:rsid w:val="004C0AB4"/>
     <w:rsid w:val="004D120D"/>
     <w:rsid w:val="004D7E10"/>
     <w:rsid w:val="004E116A"/>
     <w:rsid w:val="004E1DA3"/>
     <w:rsid w:val="004E6483"/>
     <w:rsid w:val="004F115C"/>
     <w:rsid w:val="004F3AA7"/>
     <w:rsid w:val="004F5BBF"/>
+    <w:rsid w:val="00502CDA"/>
     <w:rsid w:val="005116C4"/>
     <w:rsid w:val="005135A5"/>
-    <w:rsid w:val="005166D3"/>
     <w:rsid w:val="00517B75"/>
     <w:rsid w:val="00520636"/>
     <w:rsid w:val="00520C9B"/>
     <w:rsid w:val="0052206B"/>
     <w:rsid w:val="00523AD9"/>
     <w:rsid w:val="0052544D"/>
+    <w:rsid w:val="005272CC"/>
     <w:rsid w:val="00527372"/>
     <w:rsid w:val="00527961"/>
     <w:rsid w:val="00530F67"/>
     <w:rsid w:val="005345C3"/>
     <w:rsid w:val="0053507A"/>
-    <w:rsid w:val="005354D3"/>
     <w:rsid w:val="005357A3"/>
     <w:rsid w:val="00552FDD"/>
     <w:rsid w:val="00560EEB"/>
     <w:rsid w:val="005621FC"/>
     <w:rsid w:val="00566BA8"/>
     <w:rsid w:val="00570619"/>
     <w:rsid w:val="0057164C"/>
     <w:rsid w:val="0057567C"/>
     <w:rsid w:val="005763A2"/>
     <w:rsid w:val="00577E4B"/>
     <w:rsid w:val="00582E6E"/>
     <w:rsid w:val="00584212"/>
     <w:rsid w:val="0058750D"/>
     <w:rsid w:val="00591889"/>
     <w:rsid w:val="005934B1"/>
     <w:rsid w:val="0059502E"/>
     <w:rsid w:val="005A1889"/>
     <w:rsid w:val="005A46ED"/>
     <w:rsid w:val="005B317E"/>
     <w:rsid w:val="005C050E"/>
     <w:rsid w:val="005C264A"/>
     <w:rsid w:val="005C2C35"/>
     <w:rsid w:val="005C3950"/>
     <w:rsid w:val="005C51B0"/>
     <w:rsid w:val="005C798F"/>
     <w:rsid w:val="005D01BB"/>
     <w:rsid w:val="005D3884"/>
+    <w:rsid w:val="005D3B95"/>
     <w:rsid w:val="005D7C3A"/>
     <w:rsid w:val="005E1449"/>
     <w:rsid w:val="005E3F53"/>
     <w:rsid w:val="005E42E7"/>
     <w:rsid w:val="005E7D3C"/>
     <w:rsid w:val="005F1273"/>
     <w:rsid w:val="005F2715"/>
     <w:rsid w:val="005F3B49"/>
     <w:rsid w:val="005F64A7"/>
     <w:rsid w:val="005F6C95"/>
     <w:rsid w:val="00602344"/>
     <w:rsid w:val="00602932"/>
     <w:rsid w:val="00604AF0"/>
     <w:rsid w:val="00610B31"/>
     <w:rsid w:val="006176A1"/>
     <w:rsid w:val="0062378C"/>
     <w:rsid w:val="006260BF"/>
     <w:rsid w:val="00630365"/>
     <w:rsid w:val="00630AA8"/>
     <w:rsid w:val="006326A3"/>
     <w:rsid w:val="00633DE2"/>
     <w:rsid w:val="00640A06"/>
+    <w:rsid w:val="0064243B"/>
     <w:rsid w:val="00646868"/>
     <w:rsid w:val="0065083C"/>
     <w:rsid w:val="006556C1"/>
     <w:rsid w:val="006561FF"/>
     <w:rsid w:val="00661FAB"/>
     <w:rsid w:val="00664EEC"/>
     <w:rsid w:val="00665F60"/>
     <w:rsid w:val="006718DC"/>
     <w:rsid w:val="00675A19"/>
     <w:rsid w:val="006768E8"/>
     <w:rsid w:val="00676D6D"/>
     <w:rsid w:val="006905EA"/>
     <w:rsid w:val="0069544F"/>
     <w:rsid w:val="00695869"/>
     <w:rsid w:val="00696B50"/>
     <w:rsid w:val="006A0389"/>
     <w:rsid w:val="006A0FBD"/>
     <w:rsid w:val="006A7742"/>
     <w:rsid w:val="006C1E26"/>
     <w:rsid w:val="006C3571"/>
     <w:rsid w:val="006D352A"/>
     <w:rsid w:val="006E15FD"/>
     <w:rsid w:val="006E2D5A"/>
     <w:rsid w:val="006E4740"/>
     <w:rsid w:val="006E6C6C"/>
     <w:rsid w:val="006F378C"/>
     <w:rsid w:val="006F37CD"/>
     <w:rsid w:val="006F7468"/>
     <w:rsid w:val="007078F2"/>
     <w:rsid w:val="007129B6"/>
     <w:rsid w:val="00713E68"/>
     <w:rsid w:val="00731F02"/>
     <w:rsid w:val="00732666"/>
     <w:rsid w:val="00736DAD"/>
     <w:rsid w:val="0073765A"/>
     <w:rsid w:val="00741FDC"/>
     <w:rsid w:val="007432E2"/>
     <w:rsid w:val="007444BC"/>
     <w:rsid w:val="00744D59"/>
     <w:rsid w:val="007467B4"/>
     <w:rsid w:val="007522F8"/>
     <w:rsid w:val="00752D7E"/>
     <w:rsid w:val="007540C6"/>
     <w:rsid w:val="00756522"/>
     <w:rsid w:val="00771CBE"/>
     <w:rsid w:val="0077286E"/>
     <w:rsid w:val="00775FEF"/>
-    <w:rsid w:val="00781391"/>
     <w:rsid w:val="007827E9"/>
     <w:rsid w:val="007844FC"/>
     <w:rsid w:val="007A2085"/>
     <w:rsid w:val="007A339B"/>
     <w:rsid w:val="007A3FA2"/>
     <w:rsid w:val="007A5711"/>
     <w:rsid w:val="007B3459"/>
     <w:rsid w:val="007D5A26"/>
     <w:rsid w:val="007E07E6"/>
     <w:rsid w:val="007E3D0C"/>
     <w:rsid w:val="007F3DBC"/>
     <w:rsid w:val="00800002"/>
     <w:rsid w:val="00801FDE"/>
     <w:rsid w:val="0081008A"/>
+    <w:rsid w:val="00816949"/>
     <w:rsid w:val="00821210"/>
-    <w:rsid w:val="00821DF7"/>
     <w:rsid w:val="00822C55"/>
     <w:rsid w:val="00834BCF"/>
     <w:rsid w:val="00837CF1"/>
     <w:rsid w:val="00844A40"/>
     <w:rsid w:val="00854F32"/>
     <w:rsid w:val="00855143"/>
     <w:rsid w:val="00855F75"/>
-    <w:rsid w:val="00856B4E"/>
     <w:rsid w:val="00861BC7"/>
     <w:rsid w:val="00863F2F"/>
     <w:rsid w:val="00866E0F"/>
-    <w:rsid w:val="00872C2F"/>
     <w:rsid w:val="00873C6B"/>
     <w:rsid w:val="00876656"/>
     <w:rsid w:val="00884531"/>
     <w:rsid w:val="00884A28"/>
     <w:rsid w:val="00886E3A"/>
     <w:rsid w:val="0089147B"/>
     <w:rsid w:val="00891D42"/>
     <w:rsid w:val="008968DC"/>
     <w:rsid w:val="008A16AC"/>
     <w:rsid w:val="008A2C7C"/>
     <w:rsid w:val="008A33E1"/>
     <w:rsid w:val="008A35DF"/>
     <w:rsid w:val="008A3E8F"/>
+    <w:rsid w:val="008A64B8"/>
     <w:rsid w:val="008B3115"/>
     <w:rsid w:val="008B6380"/>
     <w:rsid w:val="008B6CF2"/>
     <w:rsid w:val="008C0E1A"/>
     <w:rsid w:val="008C14C4"/>
     <w:rsid w:val="008C155B"/>
     <w:rsid w:val="008C2523"/>
     <w:rsid w:val="008D234C"/>
     <w:rsid w:val="008D6A9A"/>
     <w:rsid w:val="008E2502"/>
     <w:rsid w:val="008E2539"/>
     <w:rsid w:val="008E7003"/>
     <w:rsid w:val="008E7665"/>
     <w:rsid w:val="008F0FD6"/>
     <w:rsid w:val="008F1837"/>
     <w:rsid w:val="008F25A6"/>
     <w:rsid w:val="008F2B8E"/>
     <w:rsid w:val="008F5280"/>
     <w:rsid w:val="00902819"/>
     <w:rsid w:val="0090293E"/>
-    <w:rsid w:val="00907F7B"/>
     <w:rsid w:val="00912432"/>
     <w:rsid w:val="009217D4"/>
     <w:rsid w:val="00922249"/>
     <w:rsid w:val="00923618"/>
     <w:rsid w:val="00927984"/>
     <w:rsid w:val="00932150"/>
     <w:rsid w:val="00933282"/>
     <w:rsid w:val="00936046"/>
     <w:rsid w:val="009540D9"/>
     <w:rsid w:val="00954670"/>
     <w:rsid w:val="00957FE3"/>
     <w:rsid w:val="00961F9A"/>
     <w:rsid w:val="009665C6"/>
     <w:rsid w:val="00967BC8"/>
     <w:rsid w:val="00977DC7"/>
     <w:rsid w:val="009808C8"/>
     <w:rsid w:val="0098399D"/>
     <w:rsid w:val="00983D2D"/>
     <w:rsid w:val="0098517B"/>
     <w:rsid w:val="00996AA2"/>
     <w:rsid w:val="009974AD"/>
     <w:rsid w:val="009A254D"/>
     <w:rsid w:val="009A7000"/>
     <w:rsid w:val="009B02DF"/>
     <w:rsid w:val="009B4730"/>
     <w:rsid w:val="009B58A3"/>
+    <w:rsid w:val="009B7E74"/>
     <w:rsid w:val="009C2DEB"/>
     <w:rsid w:val="009C5EFE"/>
     <w:rsid w:val="009D0772"/>
     <w:rsid w:val="009D184B"/>
     <w:rsid w:val="009D7C3F"/>
+    <w:rsid w:val="009D7D51"/>
     <w:rsid w:val="009E1D6B"/>
     <w:rsid w:val="009E3B07"/>
     <w:rsid w:val="009E46F6"/>
     <w:rsid w:val="009F11CC"/>
     <w:rsid w:val="009F3B01"/>
     <w:rsid w:val="009F528F"/>
-    <w:rsid w:val="009F55EE"/>
     <w:rsid w:val="00A00C92"/>
+    <w:rsid w:val="00A02C16"/>
     <w:rsid w:val="00A03802"/>
     <w:rsid w:val="00A053FC"/>
     <w:rsid w:val="00A0584B"/>
     <w:rsid w:val="00A1198D"/>
     <w:rsid w:val="00A132B7"/>
     <w:rsid w:val="00A24390"/>
+    <w:rsid w:val="00A25A42"/>
+    <w:rsid w:val="00A27C55"/>
     <w:rsid w:val="00A3160D"/>
     <w:rsid w:val="00A32D0C"/>
     <w:rsid w:val="00A338BC"/>
     <w:rsid w:val="00A34082"/>
     <w:rsid w:val="00A345CF"/>
     <w:rsid w:val="00A40329"/>
     <w:rsid w:val="00A40E8A"/>
     <w:rsid w:val="00A4619D"/>
     <w:rsid w:val="00A46ACF"/>
     <w:rsid w:val="00A4714E"/>
     <w:rsid w:val="00A477C4"/>
     <w:rsid w:val="00A50463"/>
     <w:rsid w:val="00A51052"/>
     <w:rsid w:val="00A555E8"/>
     <w:rsid w:val="00A5737A"/>
     <w:rsid w:val="00A70E7A"/>
     <w:rsid w:val="00A71A5A"/>
     <w:rsid w:val="00A71D18"/>
-    <w:rsid w:val="00A74D26"/>
     <w:rsid w:val="00A76515"/>
     <w:rsid w:val="00A7718F"/>
     <w:rsid w:val="00A86EE1"/>
     <w:rsid w:val="00A90563"/>
     <w:rsid w:val="00A949A2"/>
     <w:rsid w:val="00AA107F"/>
     <w:rsid w:val="00AA5364"/>
     <w:rsid w:val="00AC386E"/>
     <w:rsid w:val="00AC5698"/>
     <w:rsid w:val="00AD2280"/>
     <w:rsid w:val="00AD52EF"/>
     <w:rsid w:val="00AD6598"/>
     <w:rsid w:val="00AE4097"/>
     <w:rsid w:val="00AE7F11"/>
     <w:rsid w:val="00AF1068"/>
+    <w:rsid w:val="00AF1F42"/>
     <w:rsid w:val="00B00AEE"/>
+    <w:rsid w:val="00B00E9A"/>
     <w:rsid w:val="00B01C75"/>
     <w:rsid w:val="00B02706"/>
     <w:rsid w:val="00B1578A"/>
     <w:rsid w:val="00B163FC"/>
     <w:rsid w:val="00B22BF1"/>
     <w:rsid w:val="00B23414"/>
     <w:rsid w:val="00B2533F"/>
     <w:rsid w:val="00B2612E"/>
     <w:rsid w:val="00B261A2"/>
     <w:rsid w:val="00B304F9"/>
     <w:rsid w:val="00B343E1"/>
     <w:rsid w:val="00B365AE"/>
     <w:rsid w:val="00B4007E"/>
     <w:rsid w:val="00B41896"/>
     <w:rsid w:val="00B46010"/>
     <w:rsid w:val="00B47336"/>
     <w:rsid w:val="00B475E6"/>
     <w:rsid w:val="00B4786A"/>
     <w:rsid w:val="00B552A1"/>
     <w:rsid w:val="00B57A82"/>
-    <w:rsid w:val="00B57AE1"/>
     <w:rsid w:val="00B6112C"/>
     <w:rsid w:val="00B73D07"/>
     <w:rsid w:val="00B820C6"/>
+    <w:rsid w:val="00B83E4F"/>
     <w:rsid w:val="00B86124"/>
     <w:rsid w:val="00B940DA"/>
     <w:rsid w:val="00B9715B"/>
-    <w:rsid w:val="00B97888"/>
     <w:rsid w:val="00BA4B1E"/>
     <w:rsid w:val="00BA612E"/>
+    <w:rsid w:val="00BB0061"/>
     <w:rsid w:val="00BC0FA0"/>
+    <w:rsid w:val="00BC15F2"/>
     <w:rsid w:val="00BC18D5"/>
     <w:rsid w:val="00BD00E0"/>
     <w:rsid w:val="00BD1E4A"/>
     <w:rsid w:val="00BD2BA7"/>
-    <w:rsid w:val="00BD2C62"/>
     <w:rsid w:val="00BD3A11"/>
+    <w:rsid w:val="00BD4029"/>
     <w:rsid w:val="00BD4143"/>
     <w:rsid w:val="00BD6754"/>
     <w:rsid w:val="00BE0EE5"/>
     <w:rsid w:val="00BE40D3"/>
     <w:rsid w:val="00BE4202"/>
     <w:rsid w:val="00BE6061"/>
     <w:rsid w:val="00BE6D49"/>
-    <w:rsid w:val="00BF0E89"/>
     <w:rsid w:val="00BF329F"/>
     <w:rsid w:val="00BF4C3B"/>
     <w:rsid w:val="00BF77B4"/>
     <w:rsid w:val="00C02A78"/>
     <w:rsid w:val="00C04805"/>
     <w:rsid w:val="00C204AD"/>
     <w:rsid w:val="00C27AB3"/>
     <w:rsid w:val="00C3590E"/>
     <w:rsid w:val="00C35D2C"/>
     <w:rsid w:val="00C424F6"/>
     <w:rsid w:val="00C44EA1"/>
     <w:rsid w:val="00C47811"/>
     <w:rsid w:val="00C478E1"/>
     <w:rsid w:val="00C56FDD"/>
     <w:rsid w:val="00C64183"/>
     <w:rsid w:val="00C64617"/>
     <w:rsid w:val="00C6711D"/>
     <w:rsid w:val="00C73CB1"/>
     <w:rsid w:val="00C73CC1"/>
+    <w:rsid w:val="00C75125"/>
     <w:rsid w:val="00C75E82"/>
     <w:rsid w:val="00C773C9"/>
     <w:rsid w:val="00C800AA"/>
     <w:rsid w:val="00C90F57"/>
-    <w:rsid w:val="00C91DC4"/>
     <w:rsid w:val="00C956AD"/>
     <w:rsid w:val="00CA1596"/>
     <w:rsid w:val="00CB452E"/>
     <w:rsid w:val="00CB6B4F"/>
     <w:rsid w:val="00CB7B0D"/>
     <w:rsid w:val="00CD2B90"/>
+    <w:rsid w:val="00CD39EE"/>
     <w:rsid w:val="00CF598D"/>
     <w:rsid w:val="00CF6669"/>
     <w:rsid w:val="00CF6937"/>
     <w:rsid w:val="00D06E89"/>
     <w:rsid w:val="00D14EC4"/>
-    <w:rsid w:val="00D15D60"/>
     <w:rsid w:val="00D16A59"/>
     <w:rsid w:val="00D21928"/>
     <w:rsid w:val="00D22F23"/>
     <w:rsid w:val="00D31BFC"/>
     <w:rsid w:val="00D32E8B"/>
     <w:rsid w:val="00D34FF7"/>
     <w:rsid w:val="00D3648B"/>
     <w:rsid w:val="00D410EB"/>
     <w:rsid w:val="00D4365F"/>
     <w:rsid w:val="00D478D0"/>
     <w:rsid w:val="00D51286"/>
     <w:rsid w:val="00D54740"/>
     <w:rsid w:val="00D60CA1"/>
     <w:rsid w:val="00D627E1"/>
     <w:rsid w:val="00D70D9E"/>
     <w:rsid w:val="00D8716B"/>
     <w:rsid w:val="00D91558"/>
     <w:rsid w:val="00D922C4"/>
-    <w:rsid w:val="00D9619F"/>
+    <w:rsid w:val="00D9255C"/>
     <w:rsid w:val="00D974D0"/>
     <w:rsid w:val="00DA1DDF"/>
     <w:rsid w:val="00DA2C9B"/>
     <w:rsid w:val="00DA2D05"/>
     <w:rsid w:val="00DA4F44"/>
     <w:rsid w:val="00DB2E41"/>
     <w:rsid w:val="00DB5787"/>
     <w:rsid w:val="00DB5C62"/>
     <w:rsid w:val="00DB69D5"/>
     <w:rsid w:val="00DB73BF"/>
     <w:rsid w:val="00DC10A3"/>
     <w:rsid w:val="00DC1E1E"/>
     <w:rsid w:val="00DC545C"/>
     <w:rsid w:val="00DC78A3"/>
     <w:rsid w:val="00DD0B6A"/>
-    <w:rsid w:val="00DD217A"/>
     <w:rsid w:val="00DD7F5E"/>
-    <w:rsid w:val="00DE19EA"/>
     <w:rsid w:val="00DE4B0E"/>
     <w:rsid w:val="00DF2BA9"/>
     <w:rsid w:val="00DF4A7D"/>
-    <w:rsid w:val="00DF55DB"/>
     <w:rsid w:val="00DF7C53"/>
     <w:rsid w:val="00E00904"/>
     <w:rsid w:val="00E02EAC"/>
     <w:rsid w:val="00E06644"/>
     <w:rsid w:val="00E112B0"/>
     <w:rsid w:val="00E128AD"/>
     <w:rsid w:val="00E16050"/>
     <w:rsid w:val="00E20179"/>
     <w:rsid w:val="00E221C6"/>
     <w:rsid w:val="00E23E0F"/>
     <w:rsid w:val="00E333F9"/>
     <w:rsid w:val="00E40125"/>
     <w:rsid w:val="00E41FA4"/>
     <w:rsid w:val="00E43AF2"/>
     <w:rsid w:val="00E50152"/>
     <w:rsid w:val="00E50C66"/>
     <w:rsid w:val="00E51F29"/>
     <w:rsid w:val="00E537BC"/>
     <w:rsid w:val="00E54AD2"/>
     <w:rsid w:val="00E55C49"/>
     <w:rsid w:val="00E5742B"/>
     <w:rsid w:val="00E57671"/>
     <w:rsid w:val="00E64EE3"/>
     <w:rsid w:val="00E702C2"/>
     <w:rsid w:val="00E71B62"/>
     <w:rsid w:val="00E73552"/>
     <w:rsid w:val="00E74948"/>
     <w:rsid w:val="00E74C95"/>
     <w:rsid w:val="00E77FFD"/>
-    <w:rsid w:val="00E8343F"/>
+    <w:rsid w:val="00E85754"/>
     <w:rsid w:val="00E92116"/>
     <w:rsid w:val="00E95246"/>
     <w:rsid w:val="00E97C39"/>
     <w:rsid w:val="00EB1451"/>
     <w:rsid w:val="00EB2F11"/>
     <w:rsid w:val="00EB3A68"/>
     <w:rsid w:val="00EB3D30"/>
     <w:rsid w:val="00EB44A6"/>
     <w:rsid w:val="00EB6C2D"/>
-    <w:rsid w:val="00EC2D0B"/>
     <w:rsid w:val="00EC48A6"/>
-    <w:rsid w:val="00EC4AAA"/>
     <w:rsid w:val="00EC57EE"/>
     <w:rsid w:val="00EC773A"/>
     <w:rsid w:val="00ED17B4"/>
     <w:rsid w:val="00ED3B15"/>
     <w:rsid w:val="00ED521E"/>
     <w:rsid w:val="00EE68A3"/>
     <w:rsid w:val="00EF02EF"/>
     <w:rsid w:val="00EF1FD6"/>
     <w:rsid w:val="00EF2BA0"/>
     <w:rsid w:val="00EF5AEE"/>
     <w:rsid w:val="00F02467"/>
     <w:rsid w:val="00F02FA4"/>
     <w:rsid w:val="00F03DC3"/>
     <w:rsid w:val="00F16017"/>
-    <w:rsid w:val="00F17DA2"/>
     <w:rsid w:val="00F17FB1"/>
     <w:rsid w:val="00F23564"/>
     <w:rsid w:val="00F23E99"/>
     <w:rsid w:val="00F24D9F"/>
     <w:rsid w:val="00F275A4"/>
     <w:rsid w:val="00F313C7"/>
     <w:rsid w:val="00F36FB3"/>
     <w:rsid w:val="00F410E4"/>
     <w:rsid w:val="00F41301"/>
     <w:rsid w:val="00F42855"/>
     <w:rsid w:val="00F47591"/>
     <w:rsid w:val="00F4763A"/>
     <w:rsid w:val="00F52F7C"/>
     <w:rsid w:val="00F56B91"/>
     <w:rsid w:val="00F60C7B"/>
     <w:rsid w:val="00F63B83"/>
     <w:rsid w:val="00F64577"/>
-    <w:rsid w:val="00F655AB"/>
     <w:rsid w:val="00F655DE"/>
     <w:rsid w:val="00F7191E"/>
     <w:rsid w:val="00F72CF7"/>
+    <w:rsid w:val="00F74B46"/>
     <w:rsid w:val="00F7514F"/>
     <w:rsid w:val="00F8329A"/>
     <w:rsid w:val="00FA3BCC"/>
+    <w:rsid w:val="00FA3FB3"/>
     <w:rsid w:val="00FA78E4"/>
-    <w:rsid w:val="00FB1C66"/>
     <w:rsid w:val="00FC2ABC"/>
     <w:rsid w:val="00FC6E8F"/>
     <w:rsid w:val="00FD0105"/>
-    <w:rsid w:val="00FD61C1"/>
     <w:rsid w:val="00FE1190"/>
     <w:rsid w:val="00FF12C4"/>
     <w:rsid w:val="00FF231B"/>
     <w:rsid w:val="00FF3B2F"/>
     <w:rsid w:val="00FF4B7F"/>
     <w:rsid w:val="00FF50F4"/>
     <w:rsid w:val="00FF7747"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
@@ -11506,51 +14032,51 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00F655AB"/>
+    <w:rsid w:val="00034D7D"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
@@ -11712,59 +14238,72 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1199471041">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1420372113">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ksosh@goo.edu.kz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1300000094" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ksosh@goo.edu.kz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -12015,78 +14554,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F9749B8A-A0ED-4E99-9B53-350635294E60}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E8744E80-9E84-4075-9323-0949C6515001}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>2419</Words>
-  <Characters>13793</Characters>
+  <Words>2000</Words>
+  <Characters>11404</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>114</Lines>
-  <Paragraphs>32</Paragraphs>
+  <Lines>95</Lines>
+  <Paragraphs>26</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>16180</CharactersWithSpaces>
+  <CharactersWithSpaces>13378</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>