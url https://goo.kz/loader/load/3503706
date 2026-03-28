--- v0 (2026-01-15)
+++ v1 (2026-03-28)
@@ -1,383 +1,1033 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w14:paraId="46CAF2A4" w14:textId="4D65DC0C" w:rsidR="00741F37" w:rsidRPr="00FF0223" w:rsidRDefault="00741F37" w:rsidP="00DE0395">
+    <w:p w:rsidR="0012673A" w:rsidRDefault="0012673A" w:rsidP="00E9208B">
       <w:pPr>
-        <w:jc w:val="center"/>
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FF0223">
-[...5 lines deleted...]
-        <w:t>Отчет</w:t>
+      <w:r w:rsidRPr="0022183D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00462615">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қосымша білім беру педагогтерінің кәсіби құзыреттілігін үздіксіз арттыру жүйесін тиімді ұйымдастыру, үйлестіру, басқару үшін жағдай жасау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0022183D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00462615">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C3D980F" w14:textId="7A581D28" w:rsidR="00DE0395" w:rsidRPr="00FF0223" w:rsidRDefault="00DE0395" w:rsidP="00411CC0">
+    <w:p w:rsidR="0012673A" w:rsidRDefault="0012673A" w:rsidP="00E9208B">
       <w:pPr>
-        <w:pStyle w:val="ac"/>
-[...1 lines deleted...]
-        <w:ind w:firstLine="708"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
-        <w:divId w:val="1223566982"/>
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FF0223">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="71FF4CCA" w14:textId="77777777" w:rsidR="00DE0395" w:rsidRPr="00FF0223" w:rsidRDefault="00DE0395" w:rsidP="00411CC0">
+    <w:p w:rsidR="00121ED3" w:rsidRPr="0022183D" w:rsidRDefault="00FC513F" w:rsidP="00E9208B">
       <w:pPr>
-        <w:pStyle w:val="ac"/>
-[...1 lines deleted...]
-        <w:ind w:firstLine="708"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
-        <w:divId w:val="1223566982"/>
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FF0223">
-[...5 lines deleted...]
-        <w:t>В семинаре приняли участие 18 педагогов. В начале мероприятия заведующая ДПК «Жалын» Баужанова И.М. приветствовала участников и отметила важность внедрения новых подходов в образовательную деятельность. Участникам были розданы программы семинара в виде QR-кодов, что обеспечило удобный доступ к материалам.</w:t>
+      <w:r w:rsidRPr="00462615">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2025 жылғы 7 ақпанда </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0022183D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00462615">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жалын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0022183D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>» БЖК</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00462615">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-да </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0022183D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00462615">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қосымша білім беру педагогтерінің кәсіби құзыреттілігін үздіксіз арттыру жүйесін тиімді ұйымдастыру, үйлестіру, басқару үшін жағдай жасау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0022183D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00462615">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тақырыб</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0022183D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ы бойынша с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00462615">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">еминар </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0022183D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өтті.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00462615">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Іс-шараның мақсаты білім беру процесін тиімді ұйымдастыру арқы</w:t>
+      </w:r>
+      <w:r w:rsidR="00E9208B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лы көркемдік бағыттағы педагогтерді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00462615">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ң кәсіби құзыреттілігін арттыру жүйесін жетілдіру болды.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6221A39F" w14:textId="77777777" w:rsidR="00411CC0" w:rsidRDefault="00DE0395" w:rsidP="00411CC0">
+    <w:p w:rsidR="00FC513F" w:rsidRPr="0022183D" w:rsidRDefault="00FC513F" w:rsidP="004C7365">
       <w:pPr>
-        <w:pStyle w:val="ac"/>
-[...1 lines deleted...]
-        <w:ind w:firstLine="708"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
-        <w:divId w:val="1223566982"/>
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FF0223">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">В рамках семинара были представлены доклады и мастер-классы. </w:t>
+      <w:r w:rsidRPr="00462615">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Семинарға 18 педагог қатысты. Іс-шара басында </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0022183D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00462615">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жалын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0022183D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>» БЖК</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00462615">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> меңгерушісі И.М.Баужанова қатысушыларды құттықтап, білім беру қызметіне жаңа тәсілдерді енгізудің маңыздылығын атап өтті. Қатысушыларға QR-кодтар түрінде семинар бағдарламалары таратылды, бұл материалдарға ыңғайлы қол жеткізуді қамтамасыз етті.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC513F" w:rsidRPr="0022183D" w:rsidRDefault="00FC513F" w:rsidP="0022183D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0022183D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Семинар </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FF0223">
-[...5 lines deleted...]
-        <w:t>Темиржанов</w:t>
+      <w:r w:rsidRPr="0022183D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аясында</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FF0223">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> А.Ж. поделился опытом работы с вокальной техникой, Карпова В.В. рассказала о развитии творческих способностей детей с использованием здоровьесберегающих технологий, а Касым Д.А. раскрыл методы преодоления психологических зажимов у вокалистов. </w:t>
+      <w:r w:rsidRPr="0022183D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0022183D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>баяндамалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0022183D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0022183D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шеберлік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0022183D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0022183D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сыныптары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0022183D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0022183D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұсынылды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0022183D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A31DD50" w14:textId="3F8EF71C" w:rsidR="00DE0395" w:rsidRPr="00FF0223" w:rsidRDefault="00DE0395" w:rsidP="00411CC0">
+    <w:p w:rsidR="00FC513F" w:rsidRPr="0022183D" w:rsidRDefault="00FC513F" w:rsidP="004C7365">
       <w:pPr>
-        <w:pStyle w:val="ac"/>
-[...1 lines deleted...]
-        <w:ind w:firstLine="708"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:divId w:val="1223566982"/>
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00462615">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>А.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0022183D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ж.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00462615">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Теміржанов вокалдық техника</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0022183D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> арқылы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00462615">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жұмыс </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0022183D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жасау </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00462615">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тәжірибесімен бөлісті, В.В.Карпова Денсаулық сақтау технологияларын қолдана отырып балалардың шығармашылық қабілеттерін дамыту</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0022183D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ға болатынд</w:t>
+      </w:r>
+      <w:r w:rsidR="00462615">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0022183D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ғы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00462615">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> туралы а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0022183D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тап өтті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00462615">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ал Д.А.Қасым вокалистердің психологиялық </w:t>
+      </w:r>
+      <w:r w:rsidR="004C7365" w:rsidRPr="0022183D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қобалжуды </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00462615">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жеңу</w:t>
+      </w:r>
+      <w:r w:rsidR="004C7365" w:rsidRPr="0022183D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ге болатын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00462615">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> әдістері</w:t>
+      </w:r>
+      <w:r w:rsidR="004C7365" w:rsidRPr="0022183D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мен бөлісті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00462615">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C7365" w:rsidRPr="0022183D" w:rsidRDefault="004C7365" w:rsidP="004C7365">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00462615">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Тәжірибелік бөлімге Қазақ биі мен ұлттық ойын бойынша шеберлік сыныптары кірді, бұл қатысушылардың қызығушылығын тудырды. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C7365" w:rsidRDefault="004C7365" w:rsidP="0022183D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0022183D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Іс-шара</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00462615">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> семинарда сөйлеген педагогтарды марапаттаумен, сондай-ақ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0022183D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00462615">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жалын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0022183D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00462615">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0022183D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>БЖК</w:t>
+      </w:r>
+      <w:r w:rsidR="00462615">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> педагогтері</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00462615">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен оқушыларының қатысуымен шағын концерт</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0022183D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ті тамашалаумен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00462615">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> аяқталды, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0022183D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бұл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00462615">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қатысушылардың қол жеткізген нәтижелері мен шығармашылық табыстары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0022183D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> екендігі</w:t>
+      </w:r>
+      <w:r w:rsidR="0022183D" w:rsidRPr="0022183D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00462615">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетті. Іс-шараның </w:t>
+      </w:r>
+      <w:r w:rsidR="0022183D" w:rsidRPr="0022183D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нәтижесі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00462615">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> семинар</w:t>
+      </w:r>
+      <w:r w:rsidR="0022183D" w:rsidRPr="0022183D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ды </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00462615">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қанағаттанарлық деп тану, </w:t>
+      </w:r>
+      <w:r w:rsidR="0022183D" w:rsidRPr="0022183D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сонымен қатар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00462615">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0022183D" w:rsidRPr="0022183D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қатысушылардың шеберлік сабақтары мен баяндамаларының пайдалылығы мен тиімділігі туралы жоғары пікірі болды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E9208B" w:rsidRDefault="00E9208B" w:rsidP="0022183D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C44517" w:rsidRDefault="00C44517" w:rsidP="0022183D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007374D1" w:rsidRDefault="007374D1" w:rsidP="007374D1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007374D1" w:rsidRDefault="007374D1" w:rsidP="007374D1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007374D1" w:rsidRDefault="007374D1" w:rsidP="007374D1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007374D1" w:rsidRDefault="007374D1" w:rsidP="007374D1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007374D1" w:rsidRPr="007374D1" w:rsidRDefault="007374D1" w:rsidP="007374D1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="00FF0223">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="1604308A" w14:textId="02892CB6" w:rsidR="00DE0395" w:rsidRPr="00FF0223" w:rsidRDefault="00DE0395" w:rsidP="00411CC0">
-[...108 lines deleted...]
-    <w:sectPr w:rsidR="00DE0395" w:rsidRPr="00FF0223">
+    <w:sectPr w:rsidR="007374D1" w:rsidRPr="007374D1" w:rsidSect="000B2168">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-  <w:font w:name="Calibri">
-[...1 lines deleted...]
-    <w:charset w:val="CC"/>
+  <w:font w:name="Aptos">
+    <w:altName w:val="Arial"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000001" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-[...1 lines deleted...]
-    <w:charset w:val="CC"/>
+  <w:font w:name="Aptos Display">
+    <w:altName w:val="Arial"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000001" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="80"/>
+  <w:zoom w:percent="100"/>
+  <w:hideSpellingErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:defaultTabStop w:val="708"/>
+  <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:useFELayout/>
-[...3 lines deleted...]
-    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00741F37"/>
-[...7 lines deleted...]
-    <w:rsid w:val="00FF0223"/>
+    <w:rsidRoot w:val="00C46783"/>
+    <w:rsid w:val="000B2168"/>
+    <w:rsid w:val="00121ED3"/>
+    <w:rsid w:val="0012673A"/>
+    <w:rsid w:val="0022183D"/>
+    <w:rsid w:val="00462615"/>
+    <w:rsid w:val="004C7365"/>
+    <w:rsid w:val="0060005F"/>
+    <w:rsid w:val="007374D1"/>
+    <w:rsid w:val="00C44517"/>
+    <w:rsid w:val="00C46783"/>
+    <w:rsid w:val="00E9208B"/>
+    <w:rsid w:val="00EB63A1"/>
+    <w:rsid w:val="00ED4043"/>
+    <w:rsid w:val="00F8619D"/>
+    <w:rsid w:val="00FC513F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
+    <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="29B584FC"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
-        <w14:ligatures w14:val="standardContextual"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
@@ -484,643 +1134,615 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="000B2168"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00741F37"/>
+    <w:rsid w:val="00C46783"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="360" w:after="80"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="20"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00741F37"/>
+    <w:rsid w:val="00C46783"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00741F37"/>
+    <w:rsid w:val="00C46783"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
-      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="40"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00741F37"/>
+    <w:rsid w:val="00C46783"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="80" w:after="40"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="50"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00741F37"/>
+    <w:rsid w:val="00C46783"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="80" w:after="40"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
-      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="60"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00741F37"/>
+    <w:rsid w:val="00C46783"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="70"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00741F37"/>
+    <w:rsid w:val="00C46783"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="8">
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="80"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00741F37"/>
+    <w:rsid w:val="00C46783"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="90"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00741F37"/>
+    <w:rsid w:val="00C46783"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00741F37"/>
+    <w:rsid w:val="00C46783"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="20">
     <w:name w:val="Заголовок 2 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="2"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00741F37"/>
+    <w:rsid w:val="00C46783"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00741F37"/>
+    <w:rsid w:val="00C46783"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
-      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="40">
     <w:name w:val="Заголовок 4 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="4"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00741F37"/>
+    <w:rsid w:val="00C46783"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="50">
     <w:name w:val="Заголовок 5 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00741F37"/>
+    <w:rsid w:val="00C46783"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
-      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="60">
     <w:name w:val="Заголовок 6 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="6"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00741F37"/>
+    <w:rsid w:val="00C46783"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="70">
     <w:name w:val="Заголовок 7 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="7"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00741F37"/>
+    <w:rsid w:val="00C46783"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="80">
     <w:name w:val="Заголовок 8 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="8"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00741F37"/>
+    <w:rsid w:val="00C46783"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="90">
     <w:name w:val="Заголовок 9 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00741F37"/>
+    <w:rsid w:val="00C46783"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Title"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
-    <w:rsid w:val="00741F37"/>
+    <w:rsid w:val="00C46783"/>
     <w:pPr>
       <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a4">
     <w:name w:val="Название Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a3"/>
     <w:uiPriority w:val="10"/>
-    <w:rsid w:val="00741F37"/>
+    <w:rsid w:val="00C46783"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
-    <w:rsid w:val="00741F37"/>
+    <w:rsid w:val="00C46783"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="Подзаголовок Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="11"/>
-    <w:rsid w:val="00741F37"/>
+    <w:rsid w:val="00C46783"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="21">
     <w:name w:val="Quote"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="22"/>
     <w:uiPriority w:val="29"/>
     <w:qFormat/>
-    <w:rsid w:val="00741F37"/>
+    <w:rsid w:val="00C46783"/>
     <w:pPr>
       <w:spacing w:before="160"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="22">
     <w:name w:val="Цитата 2 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="21"/>
     <w:uiPriority w:val="29"/>
-    <w:rsid w:val="00741F37"/>
+    <w:rsid w:val="00C46783"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a7">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00741F37"/>
+    <w:rsid w:val="00C46783"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="a8">
     <w:name w:val="Intense Emphasis"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="21"/>
     <w:qFormat/>
-    <w:rsid w:val="00741F37"/>
+    <w:rsid w:val="00C46783"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a9">
     <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="aa"/>
     <w:uiPriority w:val="30"/>
     <w:qFormat/>
-    <w:rsid w:val="00741F37"/>
+    <w:rsid w:val="00C46783"/>
     <w:pPr>
       <w:pBdr>
-        <w:top w:val="single" w:sz="4" w:space="10" w:color="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
-        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       </w:pBdr>
       <w:spacing w:before="360" w:after="360"/>
       <w:ind w:left="864" w:right="864"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="aa">
     <w:name w:val="Выделенная цитата Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a9"/>
     <w:uiPriority w:val="30"/>
-    <w:rsid w:val="00741F37"/>
+    <w:rsid w:val="00C46783"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="ab">
     <w:name w:val="Intense Reference"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="32"/>
     <w:qFormat/>
-    <w:rsid w:val="00741F37"/>
+    <w:rsid w:val="00C46783"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
-      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:spacing w:val="5"/>
-    </w:rPr>
-[...25 lines deleted...]
-      <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-        <w:kern w:val="2"/>
-[...1 lines deleted...]
-        <w:szCs w:val="24"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
-        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -1193,666 +1815,136 @@
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1">
-[...197 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="10">
-[...315 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-  <w:divs>
-[...13 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Calibri Light"/>
+        <a:latin typeface="Aptos Display"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -1860,51 +1952,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Aptos"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -2054,65 +2146,81 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>241</Words>
-  <Characters>1379</Characters>
+  <Words>256</Words>
+  <Characters>1465</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>11</Lines>
+  <Lines>12</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1617</CharactersWithSpaces>
+  <CharactersWithSpaces>1718</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>zaikaa07@outlook.com</dc:creator>
+  <dc:creator>Лаззат Актанова</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>