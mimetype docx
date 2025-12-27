--- v0 (2025-12-06)
+++ v1 (2025-12-27)
@@ -1,12561 +1,12632 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="787F3CCF" w14:textId="77777777" w:rsidR="00306BCF" w:rsidRPr="00991C89" w:rsidRDefault="00306BCF" w:rsidP="00306BCF">
-[...26 lines deleted...]
-    <w:p w14:paraId="444CD021" w14:textId="77777777" w:rsidR="00306BCF" w:rsidRPr="00991C89" w:rsidRDefault="00306BCF" w:rsidP="00306BCF">
+    <w:p w14:paraId="0EF10ACE" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="001F4BA9" w:rsidRDefault="00364A69" w:rsidP="00364A69">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00991C89">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГУ «Средняя общеобразовательная школа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>№6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара» объявляет конкурс на должность </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">орыс  тілінде оқытатын әлеуметтік педагог лауазымына </w:t>
+        <w:t>социального педагога</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>русским языком обучения (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>ставк</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51D95070" w14:textId="77777777" w:rsidR="00306BCF" w:rsidRPr="00991C89" w:rsidRDefault="00306BCF" w:rsidP="00306BCF">
+    <w:p w14:paraId="503842FF" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="001F4BA9" w:rsidRDefault="00364A69" w:rsidP="00364A69">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="kk-KZ"/>
-[...21 lines deleted...]
-          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="496"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6187"/>
+        <w:gridCol w:w="392"/>
+        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="7371"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00306BCF" w:rsidRPr="000A212F" w14:paraId="0465EE7F" w14:textId="77777777" w:rsidTr="000D5CA8">
+      <w:tr w:rsidR="00364A69" w:rsidRPr="0005306B" w14:paraId="00681856" w14:textId="77777777" w:rsidTr="006B27A9">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="3FA64AF2" w14:textId="77777777" w:rsidR="00306BCF" w:rsidRPr="002B2348" w:rsidRDefault="00306BCF" w:rsidP="000D5CA8">
+          <w:p w14:paraId="196F1964" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002B2348">
+            <w:r w:rsidRPr="0005306B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="699607EB" w14:textId="77777777" w:rsidR="00306BCF" w:rsidRPr="002B2348" w:rsidRDefault="00306BCF" w:rsidP="000D5CA8">
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="562DC241" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002B2348">
+            <w:r w:rsidRPr="0005306B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Білім беру ұйымының атауы</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="3BBAB2B0" w14:textId="77777777" w:rsidR="00306BCF" w:rsidRPr="002B2348" w:rsidRDefault="00306BCF" w:rsidP="000D5CA8">
+              <w:t>Наименование организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="348228E8" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002B2348">
+            <w:r w:rsidRPr="0005306B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің «Павлодар қаласының №6  жалпы орта білім беру мектебі» коммуналдық мемлекеттік мекемесі</w:t>
+              <w:t>Коммунальное государственное учреждение «Средняя общеобразовательная школа №6 города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00306BCF" w:rsidRPr="002B2348" w14:paraId="6E60A300" w14:textId="77777777" w:rsidTr="000D5CA8">
+      <w:tr w:rsidR="00364A69" w:rsidRPr="0005306B" w14:paraId="569F0248" w14:textId="77777777" w:rsidTr="006B27A9">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="557B2878" w14:textId="77777777" w:rsidR="00306BCF" w:rsidRPr="002B2348" w:rsidRDefault="00306BCF" w:rsidP="000D5CA8">
+          <w:p w14:paraId="347A5CBB" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="70CC757B" w14:textId="77777777" w:rsidR="00306BCF" w:rsidRPr="002B2348" w:rsidRDefault="00306BCF" w:rsidP="000D5CA8">
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="55444255" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002B2348">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="6EC3F37B" w14:textId="77777777" w:rsidR="00306BCF" w:rsidRPr="002B2348" w:rsidRDefault="00306BCF" w:rsidP="000D5CA8">
+              <w:t>местонахождения, почтового адреса</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="36B19B49" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002B2348">
+            <w:r w:rsidRPr="0005306B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">140008, Қазақстан Республикасы, Павлодар облысы,                 Павлодар қаласы, Генерал Смағұлов  көшесі, 78 </w:t>
+              <w:t>140008, Республика Казахстан, Павлодарская область,                                город Павлодар, улица Генерала Смагулова, 78</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00306BCF" w:rsidRPr="002B2348" w14:paraId="0795DB48" w14:textId="77777777" w:rsidTr="000D5CA8">
+      <w:tr w:rsidR="00364A69" w:rsidRPr="0005306B" w14:paraId="5B68E928" w14:textId="77777777" w:rsidTr="006B27A9">
         <w:trPr>
-          <w:trHeight w:val="328"/>
+          <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="0C5A37CE" w14:textId="77777777" w:rsidR="00306BCF" w:rsidRPr="002B2348" w:rsidRDefault="00306BCF" w:rsidP="000D5CA8">
+          <w:p w14:paraId="2D2757ED" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="7C1B9699" w14:textId="77777777" w:rsidR="00306BCF" w:rsidRPr="002B2348" w:rsidRDefault="00306BCF" w:rsidP="000D5CA8">
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5964FBC8" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002B2348">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">телефон нөмірлері, </w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="496D77B3" w14:textId="77777777" w:rsidR="00306BCF" w:rsidRPr="002B2348" w:rsidRDefault="00306BCF" w:rsidP="000D5CA8">
+              <w:t>номеров телефонов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="121C1BF3" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002B2348">
+            <w:r w:rsidRPr="0005306B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...1 lines deleted...]
-                <w:spacing w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>87182 620158</w:t>
+              <w:t>8 (7182) 620158</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00306BCF" w:rsidRPr="002B2348" w14:paraId="033396F4" w14:textId="77777777" w:rsidTr="000D5CA8">
+      <w:tr w:rsidR="00364A69" w:rsidRPr="0005306B" w14:paraId="4AB6DD8D" w14:textId="77777777" w:rsidTr="006B27A9">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="1B0A170D" w14:textId="77777777" w:rsidR="00306BCF" w:rsidRPr="002B2348" w:rsidRDefault="00306BCF" w:rsidP="000D5CA8">
+          <w:p w14:paraId="62C57FFE" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6D23028B" w14:textId="77777777" w:rsidR="00306BCF" w:rsidRPr="002B2348" w:rsidRDefault="00306BCF" w:rsidP="000D5CA8">
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DCC12A8" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002B2348">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>электрондық пошта</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="732590DE" w14:textId="77777777" w:rsidR="00306BCF" w:rsidRPr="002B2348" w:rsidRDefault="00306BCF" w:rsidP="000D5CA8">
+              <w:t>адреса электронной почты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="28F499A3" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:u w:val="single"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="002B2348">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>sosh6@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00306BCF" w:rsidRPr="002B2348" w14:paraId="5A2069E6" w14:textId="77777777" w:rsidTr="000D5CA8">
+      <w:tr w:rsidR="00364A69" w:rsidRPr="0005306B" w14:paraId="19C1302C" w14:textId="77777777" w:rsidTr="006B27A9">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="6D32BD52" w14:textId="77777777" w:rsidR="00306BCF" w:rsidRPr="002B2348" w:rsidRDefault="00306BCF" w:rsidP="000D5CA8">
+          <w:p w14:paraId="645E542B" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002B2348">
+            <w:r w:rsidRPr="0005306B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4E95D2D9" w14:textId="77777777" w:rsidR="00306BCF" w:rsidRPr="002B2348" w:rsidRDefault="00306BCF" w:rsidP="000D5CA8">
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="11CFEFAF" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002B2348">
+            <w:r w:rsidRPr="0005306B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="64C6BA81" w14:textId="77777777" w:rsidR="00306BCF" w:rsidRPr="002B2348" w:rsidRDefault="00306BCF" w:rsidP="000D5CA8">
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="712ABBED" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002B2348">
+            <w:r w:rsidRPr="0005306B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Әлеуметтік педагог 1 мөлшерлеме</w:t>
-[...5 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>социальный педагог</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005306B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:t xml:space="preserve">  с русским языком обучения,  1 ставка </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F786B83" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00306BCF" w:rsidRPr="000A212F" w14:paraId="0B759C7C" w14:textId="77777777" w:rsidTr="000D5CA8">
+      <w:tr w:rsidR="00364A69" w:rsidRPr="0005306B" w14:paraId="066F3D74" w14:textId="77777777" w:rsidTr="006B27A9">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="288B7738" w14:textId="77777777" w:rsidR="00306BCF" w:rsidRPr="002B2348" w:rsidRDefault="00306BCF" w:rsidP="000D5CA8">
+          <w:p w14:paraId="2361C893" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="096970F2" w14:textId="77777777" w:rsidR="00306BCF" w:rsidRPr="002B2348" w:rsidRDefault="00306BCF" w:rsidP="000D5CA8">
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="795878E7" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002B2348">
+            <w:r w:rsidRPr="0005306B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>негізгі функционалдық міндеттері</w:t>
-[...11 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+              <w:t>основные функциональные обязанности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52233D63" w14:textId="77777777" w:rsidR="00BF552B" w:rsidRPr="0005306B" w:rsidRDefault="00BF552B" w:rsidP="00BF552B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>изучает психолого-медико-педагогические особенности личности и ее микросреды, условия жизни, выявляет интересы и потребности, проблемы, конфликтные ситуации, отклонения в поведении обучающихся, воспитанников и своевременно оказывает им социальную помощь и поддержку;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2CF6E864" w14:textId="77777777" w:rsidR="00BF552B" w:rsidRPr="0005306B" w:rsidRDefault="00BF552B" w:rsidP="00BF552B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="z2195"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>      определяет задачи, формы, методы социально-педагогической работы, способы решения личных и социальных проблем ребенка, принимает меры по социальной защите и социальной помощи в реализации прав и свобод личности обучающихся, воспитанников;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="173E0D9C" w14:textId="77777777" w:rsidR="00BF552B" w:rsidRPr="0005306B" w:rsidRDefault="00BF552B" w:rsidP="00BF552B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="1" w:name="z2196"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>      выступает посредником между обучающимися, воспитанниками и организацией, семьей, средой, специалистами различных социальных служб, ведомств и административных органов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="429CE5E0" w14:textId="77777777" w:rsidR="00BF552B" w:rsidRPr="0005306B" w:rsidRDefault="00BF552B" w:rsidP="00BF552B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="2" w:name="z2197"/>
+            <w:bookmarkEnd w:id="1"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       осуществляет комплекс мер по воспитанию, образованию, развитию и социальной защите обучающихся, воспитанников в организациях образования и по месту жительства, обеспечивающих адаптацию личности к жизни в обществе; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="182B91CD" w14:textId="77777777" w:rsidR="00BF552B" w:rsidRPr="0005306B" w:rsidRDefault="00BF552B" w:rsidP="00BF552B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="3" w:name="z2198"/>
+            <w:bookmarkEnd w:id="2"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>      координирует работу по патронату, обеспечению жильем, пособиями, пенсиями, имущественными и неимущественными правами детей-сирот и детей, оставшихся без попечения родителей, детей с ограниченными возможностями, детей-инвалидов, инвалидов с детства;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A852DA1" w14:textId="77777777" w:rsidR="00BF552B" w:rsidRPr="0005306B" w:rsidRDefault="00BF552B" w:rsidP="00BF552B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="4" w:name="z2199"/>
+            <w:bookmarkEnd w:id="3"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>      создает условия для развития талантов, умственных и физических способностей обучающихся, воспитанников во внеурочное время;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42345041" w14:textId="77777777" w:rsidR="00BF552B" w:rsidRPr="0005306B" w:rsidRDefault="00BF552B" w:rsidP="00BF552B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="5" w:name="z2200"/>
+            <w:bookmarkEnd w:id="4"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>      способствует установлению гуманных, нравственно здоровых отношений в социальной среде;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6BF7B47D" w14:textId="77777777" w:rsidR="00BF552B" w:rsidRPr="0005306B" w:rsidRDefault="00BF552B" w:rsidP="00BF552B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="6" w:name="z2201"/>
+            <w:bookmarkEnd w:id="5"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>      обеспечивает связь между обучающимися, воспитанниками и государственными, общественными организациями и социальными службами;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18D40850" w14:textId="77777777" w:rsidR="00BF552B" w:rsidRPr="0005306B" w:rsidRDefault="00BF552B" w:rsidP="00BF552B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="7" w:name="z2202"/>
+            <w:bookmarkEnd w:id="6"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>      взаимодействует с педагогами, родителями и иными законными представителями;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="194FA3EE" w14:textId="77777777" w:rsidR="00BF552B" w:rsidRPr="0005306B" w:rsidRDefault="00BF552B" w:rsidP="00BF552B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="8" w:name="z2203"/>
+            <w:bookmarkEnd w:id="7"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       обеспечивает охрану жизни и здоровья обучающихся, воспитанников в период образовательного процесса; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F50A426" w14:textId="77777777" w:rsidR="00BF552B" w:rsidRPr="0005306B" w:rsidRDefault="00BF552B" w:rsidP="00BF552B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="9" w:name="z2204"/>
+            <w:bookmarkEnd w:id="8"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>      участвует в разработке, утверждении и реализации образовательных учебных программ в организации образования;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73B6129A" w14:textId="77777777" w:rsidR="00BF552B" w:rsidRPr="0005306B" w:rsidRDefault="00BF552B" w:rsidP="00BF552B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="10" w:name="z2205"/>
+            <w:bookmarkEnd w:id="9"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>      прививает антикоррупционную культуру, принципы академической честности среди обучающихся, воспитанников.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="10"/>
+          <w:p w14:paraId="2AF4A51E" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="00BF552B">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...59 lines deleted...]
-            </w:r>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00306BCF" w:rsidRPr="000A212F" w14:paraId="0BC55D71" w14:textId="77777777" w:rsidTr="000D5CA8">
+      <w:tr w:rsidR="00364A69" w:rsidRPr="0005306B" w14:paraId="4DCD0293" w14:textId="77777777" w:rsidTr="006B27A9">
         <w:trPr>
-          <w:trHeight w:val="638"/>
+          <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="3A00E9CF" w14:textId="77777777" w:rsidR="00306BCF" w:rsidRPr="002B2348" w:rsidRDefault="00306BCF" w:rsidP="000D5CA8">
+          <w:p w14:paraId="74953E8A" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="50167CD8" w14:textId="77777777" w:rsidR="00306BCF" w:rsidRPr="002B2348" w:rsidRDefault="00306BCF" w:rsidP="000D5CA8">
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C8D2534" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002B2348">
+            <w:r w:rsidRPr="0005306B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="09C051B9" w14:textId="77777777" w:rsidR="00306BCF" w:rsidRPr="002B2348" w:rsidRDefault="00306BCF" w:rsidP="000D5CA8">
+              <w:t>размер и условия оплаты труда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DD8F31C" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002B2348">
+            <w:r w:rsidRPr="0005306B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">- </w:t>
-[...23 lines deleted...]
-          <w:p w14:paraId="320BE539" w14:textId="77777777" w:rsidR="00306BCF" w:rsidRPr="002B2348" w:rsidRDefault="00306BCF" w:rsidP="000D5CA8">
+              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36F3745B" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002B2348">
+            <w:r w:rsidRPr="0005306B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">- орташа арнайы білім- </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="0015257C" w:rsidRPr="002B2348">
+              <w:t>- среднее специальное образование( min): 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00FA0F7F" w:rsidRPr="0005306B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>129,259</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="002B2348">
+              <w:t>29</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005306B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> теңге</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="0D658C55" w14:textId="77777777" w:rsidR="00306BCF" w:rsidRPr="002B2348" w:rsidRDefault="0015257C" w:rsidP="000D5CA8">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00FA0F7F" w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>259</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тенге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34C39236" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002B2348">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- жоғары білім (min): 137 046</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>- высшее образование (min): 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00FA0F7F" w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">  теңге</w:t>
+              <w:t>37 046</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00306BCF" w:rsidRPr="000A212F" w14:paraId="4E258856" w14:textId="77777777" w:rsidTr="000D5CA8">
-[...4 lines deleted...]
-          <w:p w14:paraId="2D9E733F" w14:textId="77777777" w:rsidR="00306BCF" w:rsidRPr="002B2348" w:rsidRDefault="00306BCF" w:rsidP="000D5CA8">
+      <w:tr w:rsidR="00364A69" w:rsidRPr="0005306B" w14:paraId="37F2F697" w14:textId="77777777" w:rsidTr="006B27A9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CE89CE4" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002B2348">
+            <w:r w:rsidRPr="0005306B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="32B7FE65" w14:textId="77777777" w:rsidR="00306BCF" w:rsidRPr="002B2348" w:rsidRDefault="00306BCF" w:rsidP="000D5CA8">
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="12D7A85A" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002B2348">
+            <w:r w:rsidRPr="0005306B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген кандидатқа</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="57A73F9B" w14:textId="77777777" w:rsidR="00306BCF" w:rsidRPr="002B2348" w:rsidRDefault="00306BCF" w:rsidP="000D5CA8">
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="76625025" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002B2348">
+            <w:r w:rsidRPr="0005306B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>қойылатын біліктілік талаптары</w:t>
-[...11 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34A99846" w14:textId="77777777" w:rsidR="00BF552B" w:rsidRPr="0005306B" w:rsidRDefault="00BF552B" w:rsidP="00BF552B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">высшее педагогическое образование или профессиональное образование по направлению "Социальный педагог" или документ, подтверждающий педагогическую переподготовку, без предъявления требований к стажу работы; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3840B467" w14:textId="779D2ABC" w:rsidR="00BF552B" w:rsidRPr="0005306B" w:rsidRDefault="00BF552B" w:rsidP="00C50453">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="11" w:name="z2215"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>      и (или) при наличии высшего уровня квалификации стаж работы в должности социального педагога: для педагога-модератора не менее 2 лет, для педагога-эксперта – не менее 3 лет, педагога-исследователя не менее 4 лет и педагога-мастера – не менее 5 лет.</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="12" w:name="z2216"/>
+            <w:bookmarkEnd w:id="11"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="13" w:name="z2237"/>
+            <w:bookmarkEnd w:id="12"/>
+          </w:p>
+          <w:p w14:paraId="394F72C6" w14:textId="064A9E07" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00BF552B" w:rsidP="00C50453">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002B2348">
-[...56 lines deleted...]
-            </w:r>
+            <w:bookmarkStart w:id="14" w:name="z2238"/>
+            <w:bookmarkEnd w:id="13"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="14"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00306BCF" w:rsidRPr="002B2348" w14:paraId="5DA66A8A" w14:textId="77777777" w:rsidTr="000D5CA8">
-[...7 lines deleted...]
-          <w:p w14:paraId="10EC3B90" w14:textId="77777777" w:rsidR="00306BCF" w:rsidRPr="002B2348" w:rsidRDefault="00306BCF" w:rsidP="000D5CA8">
+      <w:tr w:rsidR="00364A69" w:rsidRPr="0005306B" w14:paraId="4A9862DF" w14:textId="77777777" w:rsidTr="006B27A9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EEABE77" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002B2348">
+            <w:bookmarkStart w:id="15" w:name="_Hlk152337886"/>
+            <w:r w:rsidRPr="0005306B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="51B5C181" w14:textId="77777777" w:rsidR="00306BCF" w:rsidRPr="002B2348" w:rsidRDefault="00306BCF" w:rsidP="000D5CA8">
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E99E39A" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002B2348">
+            <w:r w:rsidRPr="0005306B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="44CD4290" w14:textId="77777777" w:rsidR="0062000D" w:rsidRPr="002B2348" w:rsidRDefault="000A212F" w:rsidP="0062000D">
+              <w:t>Срок приема документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40BD54E6" w14:textId="77777777" w:rsidR="00EB7F78" w:rsidRPr="0005306B" w:rsidRDefault="005E52E6" w:rsidP="00EB7F78">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>26.02.25-06</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="002B1676" w:rsidRPr="002B2348">
+              <w:t>26</w:t>
+            </w:r>
+            <w:r w:rsidR="00B1317F" w:rsidRPr="0005306B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>.03</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="0062000D" w:rsidRPr="002B2348">
+              <w:t>.02.25-0</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="00B1317F" w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>.03</w:t>
+            </w:r>
+            <w:r w:rsidR="00EB7F78" w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
               <w:t>.25</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="117F59D8" w14:textId="77777777" w:rsidR="00306BCF" w:rsidRPr="002B2348" w:rsidRDefault="00306BCF" w:rsidP="000D5CA8">
-[...1 lines deleted...]
-              <w:spacing w:line="345" w:lineRule="atLeast"/>
+          <w:p w14:paraId="3A6EE01C" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00306BCF" w:rsidRPr="004133A4" w14:paraId="02886C15" w14:textId="77777777" w:rsidTr="000D5CA8">
-[...7 lines deleted...]
-          <w:p w14:paraId="54521D61" w14:textId="77777777" w:rsidR="00306BCF" w:rsidRPr="002B2348" w:rsidRDefault="00306BCF" w:rsidP="000D5CA8">
+      <w:bookmarkEnd w:id="15"/>
+      <w:tr w:rsidR="00364A69" w:rsidRPr="0005306B" w14:paraId="74C56E26" w14:textId="77777777" w:rsidTr="006B27A9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5315D08A" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002B2348">
+            <w:r w:rsidRPr="0005306B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="6D3DE5A2" w14:textId="77777777" w:rsidR="00306BCF" w:rsidRPr="002B2348" w:rsidRDefault="00306BCF" w:rsidP="000D5CA8">
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06EE1B92" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002B2348">
+            <w:r w:rsidRPr="0005306B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Қажетті құжаттар тізбесі</w:t>
-[...11 lines deleted...]
-            <w:pPr>
+              <w:t>Перечень необходимых документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B4A0FA6" w14:textId="77777777" w:rsidR="00191955" w:rsidRPr="00191955" w:rsidRDefault="00191955" w:rsidP="00191955">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:bookmarkStart w:id="16" w:name="z234"/>
+            <w:r w:rsidRPr="00191955">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>1) осы Қағидаларға 3-қосымшаға сәйкес нысан бойынша қоса берілетін құжаттардың тізбесін көрсете отырып, конкурсқа қатысу туралы өтініш;</w:t>
-[...3 lines deleted...]
-            <w:pPr>
+              <w:t>      1) заявление об участии в конкурсе с указанием перечня прилагаемых документов по форме согласно приложению 3 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13474D5E" w14:textId="77777777" w:rsidR="00191955" w:rsidRPr="00191955" w:rsidRDefault="00191955" w:rsidP="00191955">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:bookmarkStart w:id="17" w:name="z235"/>
+            <w:bookmarkEnd w:id="16"/>
+            <w:r w:rsidRPr="00191955">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>      2) жеке басын куәландыратын құжат не цифрлық құжаттар сервисінен алынған электрондық құжат (сәйкестендіру үшін);</w:t>
-[...3 lines deleted...]
-            <w:pPr>
+              <w:t>      2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="316FBE94" w14:textId="77777777" w:rsidR="00191955" w:rsidRPr="00191955" w:rsidRDefault="00191955" w:rsidP="00191955">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:bookmarkStart w:id="18" w:name="z236"/>
+            <w:bookmarkEnd w:id="17"/>
+            <w:r w:rsidRPr="00191955">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>      3) кадрларды есепке алу бойынша толтырылған жеке іс парағы (нақты тұрғылықты мекенжайы мен байланыс телефондары көрсетілген – бар болса);</w:t>
-[...3 lines deleted...]
-            <w:pPr>
+              <w:t xml:space="preserve">      3) заполненный личный листок по учету кадров (с указанием адреса </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00191955">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26EF0CC8" w14:textId="77777777" w:rsidR="00191955" w:rsidRPr="00191955" w:rsidRDefault="00191955" w:rsidP="00191955">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-[...7 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="19" w:name="z237"/>
+            <w:bookmarkEnd w:id="18"/>
+            <w:r w:rsidRPr="00191955">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>      4) копии документов об образовании в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3BCA2667" w14:textId="77777777" w:rsidR="00191955" w:rsidRPr="00191955" w:rsidRDefault="00191955" w:rsidP="00191955">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-[...7 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="20" w:name="z238"/>
+            <w:bookmarkEnd w:id="19"/>
+            <w:r w:rsidRPr="00191955">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>      5) копия документа, подтверждающую трудовую деятельность (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55301DC6" w14:textId="77777777" w:rsidR="00191955" w:rsidRPr="00191955" w:rsidRDefault="00191955" w:rsidP="00191955">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-[...7 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="21" w:name="z239"/>
+            <w:bookmarkEnd w:id="20"/>
+            <w:r w:rsidRPr="00191955">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       6) справка о состоянии здоровья по форме 075/у, утвержденная приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31F32566" w14:textId="77777777" w:rsidR="00191955" w:rsidRPr="00191955" w:rsidRDefault="00191955" w:rsidP="00191955">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-[...7 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="22" w:name="z240"/>
+            <w:bookmarkEnd w:id="21"/>
+            <w:r w:rsidRPr="00191955">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>      7) справка об отсутствии динамического наблюдения больных с психическими поведенческими расстройствами;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57EE862E" w14:textId="77777777" w:rsidR="00191955" w:rsidRPr="00191955" w:rsidRDefault="00191955" w:rsidP="00191955">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-[...8 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="23" w:name="z241"/>
+            <w:bookmarkEnd w:id="22"/>
+            <w:r w:rsidRPr="00191955">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>      8) справка об отсутствии динамического наблюдения наркологических больных;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="749E8187" w14:textId="77777777" w:rsidR="00191955" w:rsidRPr="00191955" w:rsidRDefault="00191955" w:rsidP="00191955">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-[...7 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="24" w:name="z242"/>
+            <w:bookmarkEnd w:id="23"/>
+            <w:r w:rsidRPr="00191955">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>      9) сертификат о результатах прохождения сертификации или удостоверение о наличии действующей квалификационной категории (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7FDC0AAE" w14:textId="77777777" w:rsidR="00191955" w:rsidRPr="00191955" w:rsidRDefault="00191955" w:rsidP="00191955">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:bookmarkStart w:id="25" w:name="z243"/>
+            <w:bookmarkEnd w:id="24"/>
+            <w:r w:rsidRPr="00191955">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">      10) ағылшын тілі педагогтері лауазымына орналасуға кандидаттар үшін пән бойынша сертификаттау нәтижелері туралы сертификат немесе педагог-модератор немесе педагог-сарапшы немесе педагог-зерттеуші немесе педагог-шебер біліктілік санатының болуы туралы куәлікті (бар болса) немесе CELTA (Certificate in English Language Teaching to Adults. </w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>      10) для кандидатов на занятие должности педагогов английского языка сертификат о результатах сертификации по предмету или удостоверение о наличии квалификационной категории педагога-модератора или педагога-эксперта, или педагога-исследователя, или педагога-мастера (при наличии) или сертификат CELTA (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00191955">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Certificatein</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00191955">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> English Language </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00191955">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Teachingto</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00191955">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00191955">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Adults</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00191955">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00191955">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above </w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve">Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00191955">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>немесе</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>илиайелтс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00191955">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+              <w:t xml:space="preserve"> (IELTS) – 6,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00191955">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00191955">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00191955">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00191955">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00191955">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>айелтс</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>тойфл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00191955">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> IELTS (IELTS) – 6,5 </w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve"> (TOEFL) (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00191955">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>балл</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00191955">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">; </w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>nternet</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00191955">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Based Test (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00191955">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00191955">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve">BT)) – 60 – 65 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00191955">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>тойфл</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00191955">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> TOEFL (</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3792B21E" w14:textId="77777777" w:rsidR="00191955" w:rsidRPr="00191955" w:rsidRDefault="00191955" w:rsidP="00191955">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="26" w:name="z244"/>
+            <w:bookmarkEnd w:id="25"/>
+            <w:r w:rsidRPr="00191955">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>nternet Based Test (</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00191955">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>і</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>11) педагоги, приступившие к педагогической деятельности в организации технического, профессионального и послесреднего образования на должности педагогов по специальным дисциплинам и мастеров производственного обучения, имеющие стаж работы на производстве по соответствующей специальности или профилю не менее двух лет, освобождаются от прохождения сертификации.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11C7FAF3" w14:textId="77777777" w:rsidR="00191955" w:rsidRPr="00191955" w:rsidRDefault="00191955" w:rsidP="00191955">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-            <w:r>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="27" w:name="z245"/>
+            <w:bookmarkEnd w:id="26"/>
+            <w:r w:rsidRPr="00191955">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>балл</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve">       12) заполненный Оценочный лист кандидата на вакантную или временно вакантную должность педагога по форме согласно приложениям 17, 18 к настоящим Правилам.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3FF2EBC8" w14:textId="77777777" w:rsidR="00191955" w:rsidRPr="00191955" w:rsidRDefault="00191955" w:rsidP="00191955">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-            <w:r>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="28" w:name="z246"/>
+            <w:bookmarkEnd w:id="27"/>
+            <w:r w:rsidRPr="00191955">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>көрсеткіші</w:t>
-[...1289 lines deleted...]
-            <w:pPr>
+              <w:t>      13) рекомендательное письмо с места работы (по должности педагога), учебы.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="28"/>
+          <w:p w14:paraId="5B33FEDE" w14:textId="13457945" w:rsidR="00364A69" w:rsidRPr="00191955" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00306BCF" w:rsidRPr="002B2348" w14:paraId="157567AD" w14:textId="77777777" w:rsidTr="000D5CA8">
-[...7 lines deleted...]
-          <w:p w14:paraId="46A71BD9" w14:textId="77777777" w:rsidR="00306BCF" w:rsidRPr="002B2348" w:rsidRDefault="00306BCF" w:rsidP="000D5CA8">
+      <w:tr w:rsidR="00364A69" w:rsidRPr="0005306B" w14:paraId="2C5C943E" w14:textId="77777777" w:rsidTr="006B27A9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="551FB066" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002B2348">
+            <w:r w:rsidRPr="0005306B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="13E432D9" w14:textId="77777777" w:rsidR="00306BCF" w:rsidRPr="002B2348" w:rsidRDefault="00306BCF" w:rsidP="000D5CA8">
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BBF17FD" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002B2348">
+            <w:r w:rsidRPr="0005306B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Уақытша бос лауазымының мерзімі</w:t>
-[...10 lines deleted...]
-          <w:p w14:paraId="347F5F3D" w14:textId="77777777" w:rsidR="00306BCF" w:rsidRPr="002B2348" w:rsidRDefault="00306BCF" w:rsidP="000D5CA8">
+              <w:t>Срок временно вакантной должности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D082412" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="006B27A9">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="002B2348">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>тұрақты</w:t>
+              </w:rPr>
+              <w:t>постоянно</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="54171A62" w14:textId="77777777" w:rsidR="00306BCF" w:rsidRPr="002B2348" w:rsidRDefault="00306BCF" w:rsidP="00306BCF">
+    <w:p w14:paraId="76AFCFDC" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="00364A69">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...1 lines deleted...]
-        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="155C06D5" w14:textId="77777777" w:rsidR="00306BCF" w:rsidRPr="002B2348" w:rsidRDefault="00306BCF" w:rsidP="00306BCF">
+    <w:p w14:paraId="51C613BF" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="00364A69">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-        <w:outlineLvl w:val="2"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="0005306B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="32741AF5" w14:textId="77777777" w:rsidR="00A933D6" w:rsidRPr="00A933D6" w:rsidRDefault="00A933D6" w:rsidP="00A933D6">
+    <w:p w14:paraId="06804357" w14:textId="77777777" w:rsidR="00EC35A9" w:rsidRPr="00EC35A9" w:rsidRDefault="00EC35A9" w:rsidP="00EC35A9">
       <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A933D6">
+      <w:r w:rsidRPr="00EC35A9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Құжаттар платформада қабылданады </w:t>
+        </w:rPr>
+        <w:t>Документы принимаются на платформе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC35A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
       <w:hyperlink r:id="rId4" w:history="1">
-        <w:r w:rsidRPr="00A933D6">
+        <w:r w:rsidRPr="00EC35A9">
           <w:rPr>
             <w:rStyle w:val="a4"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>https://hr-nobd.edu.kz/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="067EDC12" w14:textId="77777777" w:rsidR="00306BCF" w:rsidRPr="002B2348" w:rsidRDefault="00306BCF" w:rsidP="00306BCF">
+    <w:p w14:paraId="36F064B9" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="00364A69">
       <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4BCD44FA" w14:textId="77777777" w:rsidR="00306BCF" w:rsidRPr="002B2348" w:rsidRDefault="00306BCF" w:rsidP="00306BCF">
+    <w:p w14:paraId="3F54DAFC" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="00364A69">
       <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1CDC0BA1" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00306BCF">
+    <w:p w14:paraId="3561BDDB" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="00364A69">
       <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="40B6ED0A" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00306BCF">
+    <w:p w14:paraId="01BD38E7" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="00364A69">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="44B07266" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00306BCF">
+    <w:p w14:paraId="533CAE30" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="00364A69">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="40217DC2" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00306BCF">
+    <w:p w14:paraId="59F35116" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="00364A69">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5FE258FC" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00306BCF">
+    <w:p w14:paraId="667AAE2E" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="00364A69">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="097CAFC4" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00306BCF">
+    <w:p w14:paraId="0B78F7DA" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="00364A69">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0F6F9B1E" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00306BCF">
+    <w:p w14:paraId="3AC91134" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="00364A69">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="479E881E" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00306BCF">
+    <w:p w14:paraId="4EA5DBC5" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="00364A69">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="27D8C5E9" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00306BCF">
+    <w:p w14:paraId="4BECF346" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="00364A69">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="422D3B69" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00306BCF">
+    <w:p w14:paraId="5C3DB50C" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="00364A69">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5C4CF4B9" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00306BCF">
+    <w:p w14:paraId="4657676C" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="00364A69">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0F554549" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00306BCF">
+    <w:p w14:paraId="222780D0" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="00364A69">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="554FC075" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00306BCF">
+    <w:p w14:paraId="60857896" w14:textId="77777777" w:rsidR="00364A69" w:rsidRPr="0005306B" w:rsidRDefault="00364A69" w:rsidP="00364A69">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B700834" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="00364A69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5345"/>
-        <w:gridCol w:w="3317"/>
+        <w:gridCol w:w="5996"/>
+        <w:gridCol w:w="4097"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00982A40" w:rsidRPr="000A212F" w14:paraId="60EBEBC1" w14:textId="77777777" w:rsidTr="006249A7">
+      <w:tr w:rsidR="00D51ACE" w:rsidRPr="0005306B" w14:paraId="40F88C6E" w14:textId="77777777" w:rsidTr="003C1C98">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5345" w:type="dxa"/>
+            <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6F973885" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="004133A4" w:rsidRDefault="00982A40" w:rsidP="00982A40">
+          <w:p w14:paraId="13F79A72" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="center"/>
-[...21 lines deleted...]
-            <w:tcW w:w="3317" w:type="dxa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1760355D" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
+          <w:p w14:paraId="1CECBC17" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...17 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Приложение 3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="002B2348">
-[...14 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>к Правилам назначения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="002B2348">
-[...15 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>на должности, освобождения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="002B2348">
-[...14 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>от должностей первых</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="002B2348">
-[...14 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>руководителей и педагогов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="002B2348">
-[...14 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>государственных организаций</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="002B2348">
-[...7 lines deleted...]
-              <w:t>3-қосымша</w:t>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00982A40" w:rsidRPr="002B2348" w14:paraId="16255D30" w14:textId="77777777" w:rsidTr="006249A7">
+      <w:tr w:rsidR="00D51ACE" w:rsidRPr="0005306B" w14:paraId="155814BF" w14:textId="77777777" w:rsidTr="003C1C98">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5345" w:type="dxa"/>
+            <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="55C02314" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
+          <w:p w14:paraId="1A303C25" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...10 lines deleted...]
-              <w:lastRenderedPageBreak/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3317" w:type="dxa"/>
+            <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="470E998C" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
+          <w:p w14:paraId="4780054C" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002B2348">
-[...8 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00982A40" w:rsidRPr="004133A4" w14:paraId="5B3CD23C" w14:textId="77777777" w:rsidTr="006249A7">
+      <w:tr w:rsidR="00D51ACE" w:rsidRPr="0005306B" w14:paraId="6E02ACF3" w14:textId="77777777" w:rsidTr="003C1C98">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5345" w:type="dxa"/>
+            <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3274BF4C" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
+          <w:p w14:paraId="6F209895" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002B2348">
+            <w:r w:rsidRPr="0005306B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3317" w:type="dxa"/>
+            <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="43DB9DAD" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
+          <w:p w14:paraId="508A8AFB" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
-[...17 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="002B2348">
-[...14 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>государственный орган,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="002B2348">
-[...14 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>объявивший конкурс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="002B2348">
-[...14 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ф.И.О. кандидата</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="002B2348">
-[...14 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>(при его наличии), ИИН</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="002B2348">
-[...14 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>(должность, место работы)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="002B2348">
-[...14 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Фактическое место проживания,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="002B2348">
-[...14 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>адрес прописки,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="002B2348">
-[...64 lines deleted...]
-              <w:t>байланыс телефоны</w:t>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>контактный телефон</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="475A2036" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
+    <w:p w14:paraId="77B1EA73" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="00D51ACE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="z207"/>
-      <w:r w:rsidRPr="002B2348">
+      <w:bookmarkStart w:id="29" w:name="z400"/>
+      <w:r w:rsidRPr="0005306B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US" w:eastAsia="en-US"/>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">                                                                                Өтініш</w:t>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                        Заявление</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="67929E57" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
+    <w:p w14:paraId="7F7C277F" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="00D51ACE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002B2348">
+      <w:bookmarkStart w:id="30" w:name="z401"/>
+      <w:bookmarkEnd w:id="29"/>
+      <w:r w:rsidRPr="0005306B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">       </w:t>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005306B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Прошу допустить меня к конкурсу на занятие вакантной/</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7ED170EE" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
+    <w:bookmarkEnd w:id="30"/>
+    <w:p w14:paraId="59043EBA" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="00D51ACE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002B2348">
+      <w:r w:rsidRPr="0005306B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Мені _______________________________________________________________ </w:t>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>временно вакантной должности</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43E647EE" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
+    <w:p w14:paraId="12E74EB3" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="00D51ACE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002B2348">
+      <w:r w:rsidRPr="0005306B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...1 lines deleted...]
-        <w:t>      (білім беру ұйымдарының атауы, мекенжайы (облыс, аудан, қала\ ауыл)</w:t>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74625DD5" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
+    <w:p w14:paraId="4EC2D66F" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="00D51ACE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002B2348">
+      <w:r w:rsidRPr="0005306B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">       ____________________________________________________________________ </w:t>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>наименование организаций образования, адрес (область, район, город\село)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CB6B58D" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
+    <w:p w14:paraId="23A93D03" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="00D51ACE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002B2348">
+      <w:r w:rsidRPr="0005306B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...1 lines deleted...]
-        <w:t>      бос/уақытша бос лауазымына орналасуға арналған конкурсқа жіберуіңізді сұраймын.</w:t>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>В настоящее время работаю ________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="085FE820" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
+    <w:p w14:paraId="2E966A04" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="00D51ACE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002B2348">
+      <w:r w:rsidRPr="0005306B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">       Қазіргі кезде _________________________________________________________ </w:t>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>должность, наименование организации, адрес (область, район, город\село)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6258B784" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
+    <w:p w14:paraId="5B6DF1B2" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="00D51ACE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002B2348">
+      <w:r w:rsidRPr="0005306B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...1 lines deleted...]
-        <w:t>                  (лауазымы, ұйымның атауы, мекенжайы (облыс, аудан, қала \ ауыл)</w:t>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00851D05" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
+    <w:p w14:paraId="23DE1621" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="00D51ACE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002B2348">
+      <w:r w:rsidRPr="0005306B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...45 lines deleted...]
-        <w:t>      Білімі: жоғары немесе жоғары оқу орнынан кейінгі, техникалық және кәсіптік</w:t>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Образование: высшее или послевузовское, техническое и профессиональное</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="12826" w:type="dxa"/>
-[...1 lines deleted...]
-        <w:tblInd w:w="-411" w:type="dxa"/>
+        <w:tblW w:w="9236" w:type="dxa"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2269"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="8572"/>
+        <w:gridCol w:w="2998"/>
+        <w:gridCol w:w="2552"/>
+        <w:gridCol w:w="3686"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00982A40" w:rsidRPr="002B2348" w14:paraId="7C52549A" w14:textId="77777777" w:rsidTr="006249A7">
+      <w:tr w:rsidR="00D51ACE" w:rsidRPr="0005306B" w14:paraId="731893ED" w14:textId="77777777" w:rsidTr="003C1C98">
         <w:trPr>
           <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2269" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2998" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="207B5FAD" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
-[...31 lines deleted...]
-            </w:tcBorders>
+          <w:p w14:paraId="1A03A903" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="31" w:name="z402"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>учебного</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>заведения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="31"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="38123FB9" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
-[...31 lines deleted...]
-            </w:tcBorders>
+          <w:p w14:paraId="19779456" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Период</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>обучения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3686" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F2367D0" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
-[...20 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="1B825C38" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Специальность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>диплому</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00982A40" w:rsidRPr="002B2348" w14:paraId="3732AEA9" w14:textId="77777777" w:rsidTr="006249A7">
+      <w:tr w:rsidR="00D51ACE" w:rsidRPr="0005306B" w14:paraId="2777B2E6" w14:textId="77777777" w:rsidTr="003C1C98">
         <w:trPr>
           <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2269" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2998" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7D848111" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
-[...34 lines deleted...]
-            </w:tcBorders>
+          <w:p w14:paraId="10EFE529" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5E370553" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5CE98A54" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
-[...34 lines deleted...]
-            </w:tcBorders>
+          <w:p w14:paraId="7FD41A2A" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="06FCB55F" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3686" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="129B6C2B" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
-[...12 lines deleted...]
-          <w:p w14:paraId="6F916092" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
+          <w:p w14:paraId="27C6B795" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0D7DA034" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2E635958" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
+    <w:p w14:paraId="3616EA63" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="00D51ACE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002B2348">
+      <w:bookmarkStart w:id="32" w:name="z410"/>
+      <w:r w:rsidRPr="0005306B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:eastAsia="en-US"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="002B2348">
+      <w:r w:rsidRPr="0005306B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US" w:eastAsia="en-US"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Біліктілік санатының болуы (болған жағдайда берілген (расталған) күні): </w:t>
+        <w:t xml:space="preserve"> Наличие квалификационной категории (дата присвоения (подтверждения) при его наличии):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3467578A" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
+    <w:bookmarkEnd w:id="32"/>
+    <w:p w14:paraId="282AA0B9" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="00D51ACE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002B2348">
-[...19 lines deleted...]
-      <w:r w:rsidRPr="002B2348">
+      <w:r w:rsidRPr="0005306B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>_____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B96296A" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
+    <w:p w14:paraId="06649AFF" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="00D51ACE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002B2348">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0005306B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">       Жұмыс өтілі: </w:t>
+        <w:t>Стаж</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0005306B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0005306B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>работы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0005306B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="13534" w:type="dxa"/>
-[...1 lines deleted...]
-        <w:tblInd w:w="-1119" w:type="dxa"/>
+        <w:tblW w:w="9710" w:type="dxa"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="850"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="4887"/>
+        <w:gridCol w:w="1580"/>
+        <w:gridCol w:w="1843"/>
+        <w:gridCol w:w="1843"/>
+        <w:gridCol w:w="1984"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00982A40" w:rsidRPr="000A212F" w14:paraId="2A3C4FD9" w14:textId="77777777" w:rsidTr="006249A7">
+      <w:tr w:rsidR="00D51ACE" w:rsidRPr="0005306B" w14:paraId="5D5952D6" w14:textId="77777777" w:rsidTr="003C1C98">
         <w:trPr>
           <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1580" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4ABFB102" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
-[...31 lines deleted...]
-            </w:tcBorders>
+          <w:p w14:paraId="5C9AEE8B" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="33" w:name="z411"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Общий</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="33"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="36F669FA" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
-[...31 lines deleted...]
-            </w:tcBorders>
+          <w:p w14:paraId="3EBE3665" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Педагогический</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="264C63E7" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
-[...31 lines deleted...]
-            </w:tcBorders>
+          <w:p w14:paraId="223989C0" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Стаж</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>государственной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>службы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5BA164B7" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
-[...31 lines deleted...]
-            </w:tcBorders>
+          <w:p w14:paraId="1466420D" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>По специальности (для специалистов субъектов предпринимательства)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="59A1AB7A" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
-[...19 lines deleted...]
-              <w:t>Осы білім беру ұйымында, оның ішінде атқаратын лауазымында</w:t>
+          <w:p w14:paraId="3200A226" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>В данной организации образования, в том числе на занимаемой должности</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00982A40" w:rsidRPr="000A212F" w14:paraId="4E8F7C64" w14:textId="77777777" w:rsidTr="006249A7">
+      <w:tr w:rsidR="00D51ACE" w:rsidRPr="0005306B" w14:paraId="7458872B" w14:textId="77777777" w:rsidTr="003C1C98">
         <w:trPr>
           <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1580" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="66CFFA37" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
-[...34 lines deleted...]
-            </w:tcBorders>
+          <w:p w14:paraId="46CBBD13" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="112159DF" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="637AF124" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
-[...34 lines deleted...]
-            </w:tcBorders>
+          <w:p w14:paraId="47817CEE" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4DA283C9" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="58279D9F" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
-[...34 lines deleted...]
-            </w:tcBorders>
+          <w:p w14:paraId="6EA6A13D" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="09849E98" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="06835171" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
-[...34 lines deleted...]
-            </w:tcBorders>
+          <w:p w14:paraId="3FC4E364" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7F5459AD" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5B9EC246" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
-[...21 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          <w:p w14:paraId="620146B2" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6601F673" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="71A3DFC4" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
+    <w:p w14:paraId="03468452" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="00D51ACE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002B2348">
+      <w:bookmarkStart w:id="34" w:name="z423"/>
+      <w:r w:rsidRPr="0005306B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>      Мынадай жұмыс нәтижелерім бар: ___________</w:t>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005306B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Имею следующие результаты работы: _______________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36CC616F" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
+    <w:bookmarkEnd w:id="34"/>
+    <w:p w14:paraId="434EEF77" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="00D51ACE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002B2348">
+      <w:r w:rsidRPr="0005306B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US" w:eastAsia="en-US"/>
-[...1 lines deleted...]
-        <w:t>      Марапаттары, атақтары, дәрежесі, ғылыми дәрежесі, ғылыми атағы, сондай-ақ қосымша мәліметтер (бар болса) __________________________________________________</w:t>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание, а также дополнительные</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59C2A348" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
+    <w:p w14:paraId="4645927B" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="00D51ACE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002B2348">
+      <w:r w:rsidRPr="0005306B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US" w:eastAsia="en-US"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">       "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының 8-бабының 1-тармағына сәйкес менің дербес деректерімді дербес деректерді өңдеу мақсаттарына сәйкес келетін кез келген заңды тәсілдермен (фото, видео, оның ішінде автоматтандыру құралдарын пайдалана отырып немесе мұндай құралдарды пайдаланбай дербес деректердің ақпараттық жүйелерінде пайдалану үшін) өңдеуге келісім беремін.</w:t>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>сведения (при наличии)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AFEF7B2" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
+    <w:p w14:paraId="761158E3" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="00D51ACE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002B2348">
+      <w:r w:rsidRPr="0005306B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US" w:eastAsia="en-US"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">       Мен келісемін ____________________________________________________ </w:t>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>______________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="427128C7" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
+    <w:p w14:paraId="128C055D" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="00D51ACE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002B2348">
+      <w:r w:rsidRPr="0005306B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US" w:eastAsia="en-US"/>
-[...1 lines deleted...]
-        <w:t>      (ТАӘ (бар болса)) (қолы)</w:t>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>В соответствии с пунктом 1 статьи 8 Закона Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A362E37" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
+    <w:p w14:paraId="20B66EDE" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="00D51ACE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002B2348">
+      <w:r w:rsidRPr="0005306B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US" w:eastAsia="en-US"/>
-[...1 lines deleted...]
-        <w:t>      "____"______________20___жыл __________ /қолы/</w:t>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>"О персональных данных и их защите" даю согласие на обработку моих</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B97B83D" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
-[...534 lines deleted...]
-    <w:p w14:paraId="4DAA4D7C" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
+    <w:p w14:paraId="11C80954" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="00D51ACE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002B2348">
+      <w:r w:rsidRPr="0005306B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...1 lines deleted...]
-        <w:t>      _________________________________________________________</w:t>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>персональных данных, без ограничения срока, любыми законными способами,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="196B5E5F" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
+    <w:p w14:paraId="421A845A" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="00D51ACE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002B2348">
+      <w:r w:rsidRPr="0005306B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...1 lines deleted...]
-        <w:t>      (Тегі, аты, әкесінің аты (бар болса))</w:t>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">соответствующими целям обработки персональных данных (для использования </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0005306B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>фото,видео</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0005306B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>, в том числе в информационных системах персональных данных</w:t>
       </w:r>
     </w:p>
-    <w:tbl>
-[...3316 lines deleted...]
-    <w:p w14:paraId="4D0FBEB7" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
+    <w:p w14:paraId="0E544A50" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="00D51ACE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002B2348">
+      <w:r w:rsidRPr="0005306B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US" w:eastAsia="en-US"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> * жеңімпаздар санына қарамастан, 6-тармақта соңғы бес жылдағы олимпиадалар мен конкурстардың әрбір деңгейі (қалалық/аудандық) бойынша 0,5 балл ескеріледі, облыстық олимпиадалар мен конкурстардың жүлдегерлері = 1 балл, республикалық = 2 балл, халықаралық = 3 балл;</w:t>
+        <w:t>с использованием средств автоматизации.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70144CD7" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
+    <w:p w14:paraId="52B39BD4" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="00D51ACE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002B2348">
+      <w:r w:rsidRPr="0005306B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US" w:eastAsia="en-US"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ғылыми жобалар: қалалық/аудандық = 1 балл, облыстық - 1 балл, республикалық -2 балл, халықаралық – тиісінше 3 балл тиісінше</w:t>
+        <w:t>или без использования таких средств).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55D4D68E" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
+    <w:p w14:paraId="4F6DF9C5" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="00D51ACE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002B2348">
+      <w:r w:rsidRPr="0005306B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US" w:eastAsia="en-US"/>
-[...1 lines deleted...]
-        <w:t>     </w:t>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Я согласен (-а) _________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="002B2348">
+    </w:p>
+    <w:p w14:paraId="4913C7AB" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="00D51ACE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0005306B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> республикалық олимпиадалар мен конкурстардың жүлдегерлері = 3 балл</w:t>
+        <w:t>(Ф.И.О. (при его наличии)) (подпись)</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="16DFC171" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="00D51ACE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0005306B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>"____" ______________20___года ____________________ /</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0005306B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>подпись</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="210CC91F" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="00D51ACE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="028C5F2A" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="00D51ACE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0005306B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E2B8AE0" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="00D51ACE">
+      <w:pPr>
+        <w:ind w:hanging="142"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="477B8B31" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="00D51ACE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6997C325" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="00D51ACE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E26554E" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="00D51ACE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1FA37CA3" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="00D51ACE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5DF130E3" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="00D51ACE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08ED4CBC" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="00D51ACE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12A57ABA" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="00D51ACE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7161EE69" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="00D51ACE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55041EDD" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="00D51ACE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A20F3B5" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="00D51ACE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D321E0C" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="00D51ACE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06B7B483" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="00D51ACE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5094CCB2" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="00D51ACE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="777DB0F6" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="00D51ACE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2BFAC794" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="00D51ACE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4EC73622" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="00D51ACE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B748720" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="00D51ACE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5070A91F" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="00D51ACE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D14E394" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="00D51ACE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="756B6C05" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="00D51ACE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="351BF20E" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="00D51ACE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C21CED8" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="00D51ACE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0808DA16" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="00D51ACE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="56A33883" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="00D51ACE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5677"/>
-        <w:gridCol w:w="3708"/>
+        <w:gridCol w:w="6149"/>
+        <w:gridCol w:w="3944"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00982A40" w:rsidRPr="002B2348" w14:paraId="378AAAFC" w14:textId="77777777" w:rsidTr="006249A7">
+      <w:tr w:rsidR="00D51ACE" w:rsidRPr="0005306B" w14:paraId="21F06602" w14:textId="77777777" w:rsidTr="003C1C98">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6137E891" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
+          <w:p w14:paraId="4EBBCE1C" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002B2348">
+            <w:r w:rsidRPr="0005306B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="38E1DA7E" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
+          <w:p w14:paraId="15DEDDD1" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="center"/>
-[...654 lines deleted...]
-            <w:r w:rsidRPr="002B2348">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Приложение 17</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005306B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="002B2348">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="002B2348">
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>к Правилам назначения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005306B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="002B2348">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="002B2348">
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>на должности, освобождения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005306B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="002B2348">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="002B2348">
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>от должностей первых</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005306B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="002B2348">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="002B2348">
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>руководителей и педагогов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005306B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="002B2348">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="002B2348">
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>государственных организаций</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005306B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="002B2348">
-[...7 lines deleted...]
-              <w:t>18-қосымша</w:t>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00982A40" w:rsidRPr="002B2348" w14:paraId="2241476C" w14:textId="77777777" w:rsidTr="006249A7">
+      <w:tr w:rsidR="00D51ACE" w:rsidRPr="0005306B" w14:paraId="3EEAEB7C" w14:textId="77777777" w:rsidTr="003C1C98">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5DCE65AE" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
+          <w:p w14:paraId="1E860E5B" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002B2348">
+            <w:r w:rsidRPr="0005306B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="521F9FC6" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
+          <w:p w14:paraId="17E1724E" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002B2348">
-[...8 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3D5DC191" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
+    <w:p w14:paraId="5558C305" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="00D51ACE">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:rPr>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="002B2348">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Педагогтің бос немесе уақытша бос лауазымына өтілі жоқ кандидатты бағалау парағы</w:t>
+      </w:pPr>
+      <w:bookmarkStart w:id="35" w:name="z587"/>
+    </w:p>
+    <w:p w14:paraId="493E81E4" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="00D51ACE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0005306B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Оценочный лист кандидата со стажем на вакантную или временно вакантную должность   педагога</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E09D0F4" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="00D51ACE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="36" w:name="z588"/>
+      <w:bookmarkEnd w:id="35"/>
+      <w:r w:rsidRPr="0005306B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005306B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:p w14:paraId="59A22BA2" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="00D51ACE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0005306B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="13534" w:type="dxa"/>
-[...1 lines deleted...]
-        <w:tblInd w:w="-1119" w:type="dxa"/>
+        <w:tblW w:w="9731" w:type="dxa"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="567"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="5879"/>
+        <w:gridCol w:w="588"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2469"/>
+        <w:gridCol w:w="1733"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="21"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00982A40" w:rsidRPr="002B2348" w14:paraId="656C31D7" w14:textId="77777777" w:rsidTr="006249A7">
+      <w:tr w:rsidR="00D51ACE" w:rsidRPr="0005306B" w14:paraId="5BA2167C" w14:textId="77777777" w:rsidTr="003C1C98">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="21" w:type="dxa"/>
           <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="588" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="50D7AE84" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="002B2348">
+          <w:p w14:paraId="3D70BD98" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="37" w:name="z589"/>
+            <w:r w:rsidRPr="0005306B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...7 lines deleted...]
-            </w:tcBorders>
+        <w:bookmarkEnd w:id="37"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7D4EEBCB" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
-[...31 lines deleted...]
-            </w:tcBorders>
+          <w:p w14:paraId="29263E98" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4202" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="57B8D5E3" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
-[...31 lines deleted...]
-            </w:tcBorders>
+          <w:p w14:paraId="3B3C26E9" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Подтверждающий</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>документ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="68F24B24" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
-[...42 lines deleted...]
-              <w:t>(1-ден 30-ға дейін)</w:t>
+          <w:p w14:paraId="0DAD7C62" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="38" w:name="z592"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Кол-во баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="38"/>
+          <w:p w14:paraId="538976DE" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>(от 1 до 30)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00982A40" w:rsidRPr="000A212F" w14:paraId="5D92217C" w14:textId="77777777" w:rsidTr="006249A7">
+      <w:tr w:rsidR="00D51ACE" w:rsidRPr="0005306B" w14:paraId="2C5482E3" w14:textId="77777777" w:rsidTr="003C1C98">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="21" w:type="dxa"/>
           <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="588" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="02C0E82A" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="002B2348">
+          <w:p w14:paraId="74458C34" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="39" w:name="z595"/>
+            <w:r w:rsidRPr="0005306B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...7 lines deleted...]
-            </w:tcBorders>
+        <w:bookmarkEnd w:id="39"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D974BAE" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
-[...31 lines deleted...]
-            </w:tcBorders>
+          <w:p w14:paraId="2B209C14" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Уровень</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>образования</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4202" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="703F236F" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
-[...31 lines deleted...]
-            </w:tcBorders>
+          <w:p w14:paraId="1D108867" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="413F4645" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
-[...88 lines deleted...]
-              <w:t>Магистр (педагогикалық бағыт бойынша) = 4 балл</w:t>
+          <w:p w14:paraId="1E4DA8CB" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="40" w:name="z598"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Техническое и профессиональное = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="40"/>
+          <w:p w14:paraId="24513144" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Высшее = 2 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59DBB60C" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Высшее с отличием = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5CE3DAFA" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Магистр = 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00982A40" w:rsidRPr="002B2348" w14:paraId="49852856" w14:textId="77777777" w:rsidTr="006249A7">
+      <w:tr w:rsidR="00D51ACE" w:rsidRPr="0005306B" w14:paraId="57E0130A" w14:textId="77777777" w:rsidTr="003C1C98">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="21" w:type="dxa"/>
           <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="588" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4A1B7EC4" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="002B2348">
+          <w:p w14:paraId="412DFEAE" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="41" w:name="z603"/>
+            <w:r w:rsidRPr="0005306B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...7 lines deleted...]
-            </w:tcBorders>
+        <w:bookmarkEnd w:id="41"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1BDB148D" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
-[...31 lines deleted...]
-            </w:tcBorders>
+          <w:p w14:paraId="1C90263D" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ученая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>академическая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>степень</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4202" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3EB0158D" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
-[...42 lines deleted...]
-            </w:tcBorders>
+          <w:p w14:paraId="6117C182" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0437A223" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
-[...19 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w14:paraId="67677FC6" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="42" w:name="z606"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
               <w:t>PHD</w:t>
             </w:r>
-            <w:r w:rsidRPr="002B2348">
-[...55 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-доктор = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="42"/>
+          <w:p w14:paraId="089DD02F" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Доктор наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29485B37" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Кандидат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>наук</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00982A40" w:rsidRPr="002B2348" w14:paraId="6154A6E5" w14:textId="77777777" w:rsidTr="006249A7">
+      <w:tr w:rsidR="00D51ACE" w:rsidRPr="0005306B" w14:paraId="6A28C358" w14:textId="77777777" w:rsidTr="003C1C98">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="21" w:type="dxa"/>
           <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="588" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="14694CA7" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
-[...19 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w14:paraId="4A473A1A" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="43" w:name="z610"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...7 lines deleted...]
-            </w:tcBorders>
+        <w:bookmarkEnd w:id="43"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26AE5B3E" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
-[...31 lines deleted...]
-            </w:tcBorders>
+          <w:p w14:paraId="298CDEA0" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Квалификационная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>категория</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4202" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="09EF1253" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
-[...31 lines deleted...]
-            </w:tcBorders>
+          <w:p w14:paraId="1C45582D" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Удостоверение</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>иной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>документ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="339EA17E" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
-[...65 lines deleted...]
-              <w:t>80-100% – 6 балл</w:t>
+          <w:p w14:paraId="2B5464BB" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="44" w:name="z613"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>педагог= 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="44"/>
+          <w:p w14:paraId="5FA91E1E" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>педагог-модератор = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="75F549F9" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>педагог-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E23D6EE" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>педагог-исследователь = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1FF963DF" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>педагог-мастер = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D791BB5" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>"заместитель руководителя третьей квалификационной категории" = 5 баллов, "заместитель руководителя второй квалификационной категории" = 6 баллов, "заместитель руководителя первой квалификационной категории" = 7 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00982A40" w:rsidRPr="002B2348" w14:paraId="7DCB822F" w14:textId="77777777" w:rsidTr="006249A7">
+      <w:tr w:rsidR="00D51ACE" w:rsidRPr="0005306B" w14:paraId="27FB82C1" w14:textId="77777777" w:rsidTr="003C1C98">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="21" w:type="dxa"/>
           <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="588" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="07938C84" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="002B2348">
+          <w:p w14:paraId="38DB09F2" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="45" w:name="z620"/>
+            <w:r w:rsidRPr="0005306B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...7 lines deleted...]
-            </w:tcBorders>
+        <w:bookmarkEnd w:id="45"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="428257F4" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
-[...31 lines deleted...]
-            </w:tcBorders>
+          <w:p w14:paraId="46194FDF" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Опыт административной и методической деятельности </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4202" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1D7507BB" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
-[...31 lines deleted...]
-            </w:tcBorders>
+          <w:p w14:paraId="5419F860" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2DB64D7A" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
-[...65 lines deleted...]
-              <w:t>"5" – 4 балл</w:t>
+          <w:p w14:paraId="035A56F7" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="46" w:name="z623"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Методист, стаж в должности до двух лет = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="46"/>
+          <w:p w14:paraId="3BC6FE46" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Методист, стаж в должности более двух лет= 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C159447" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Заместитель директора стаж в должности не до двух т = 3 балла; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42E64142" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Заместитель директора стаж в должности более двух лет = 4 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1662562C" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Директор стаж в должности до двух лет = 4 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55909D9D" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Директор стаж в должности более двух лет = 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00982A40" w:rsidRPr="000A212F" w14:paraId="7A28B784" w14:textId="77777777" w:rsidTr="006249A7">
+      <w:tr w:rsidR="00D51ACE" w:rsidRPr="0005306B" w14:paraId="2C02A836" w14:textId="77777777" w:rsidTr="003C1C98">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="21" w:type="dxa"/>
           <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="588" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="034E3313" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="002B2348">
+          <w:p w14:paraId="76D3DD1C" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="47" w:name="z630"/>
+            <w:r w:rsidRPr="0005306B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...7 lines deleted...]
-            </w:tcBorders>
+        <w:bookmarkEnd w:id="47"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A0A116D" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
-[...31 lines deleted...]
-            </w:tcBorders>
+          <w:p w14:paraId="38D66173" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Рекомендательное письмо с предыдущего места работы (по должности педагога) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4202" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F4B8547" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
-[...31 lines deleted...]
-            </w:tcBorders>
+          <w:p w14:paraId="1365505F" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  Рекомендательное письмо (по должности педагога </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>c</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> предыдущего места работы) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F44B6E2" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
-[...19 lines deleted...]
-              <w:t>Оң ұсыным хаттың болуы = 3 балл</w:t>
+          <w:p w14:paraId="30C90CF4" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Наличие положительного рекомендательного письма = 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00982A40" w:rsidRPr="002B2348" w14:paraId="3AE6E51B" w14:textId="77777777" w:rsidTr="006249A7">
+      <w:tr w:rsidR="00D51ACE" w:rsidRPr="0005306B" w14:paraId="25DA70C9" w14:textId="77777777" w:rsidTr="003C1C98">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="21" w:type="dxa"/>
           <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="588" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="071544BC" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
-[...31 lines deleted...]
-            </w:tcBorders>
+          <w:p w14:paraId="7CFBE29A" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="48" w:name="z635"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>6.*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="48"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="55FA847C" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
-[...31 lines deleted...]
-            </w:tcBorders>
+          <w:p w14:paraId="6631169E" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Показатели </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>профессиональных достижений (за последние 5 лет)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4202" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="06B97EFD" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
-[...31 lines deleted...]
-            </w:tcBorders>
+          <w:p w14:paraId="043DA22A" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="49" w:name="z637"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">- дипломы, грамоты победителей олимпиад и </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="49"/>
+          <w:p w14:paraId="4B82D4E9" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="752EDC90" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>государственная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>награда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="15495FA4" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
-[...19 lines deleted...]
-              <w:t>1 балл</w:t>
+          <w:p w14:paraId="21D06C10" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="50" w:name="z640"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve"> 1) призеры </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">городских/районных олимпиад и конкурсов = 0,5 балла, </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="50"/>
+          <w:p w14:paraId="53CE5D14" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>областных =1 балл, республиканских =2 балла, международных = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2ED5BC1B" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2) научных проектов: городской/районный =0,5 балла, областной - 1 балл, республиканский -2 балла, международный – 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="589E2A9A" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>3) участник конкурса "Лучший педагог" = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46D54B22" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>4) призер конкурса "Лучший педагог" = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7FB0347C" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>5) обладатель медали "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>сіңірген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ұстазы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>" = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00982A40" w:rsidRPr="002B2348" w14:paraId="08A03C00" w14:textId="77777777" w:rsidTr="006249A7">
+      <w:tr w:rsidR="00D51ACE" w:rsidRPr="0005306B" w14:paraId="14850BA8" w14:textId="77777777" w:rsidTr="003C1C98">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="21" w:type="dxa"/>
           <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="588" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="46EFFE12" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
-[...18 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="48258CAF" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="51" w:name="z647"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...7 lines deleted...]
-            </w:tcBorders>
+        <w:bookmarkEnd w:id="51"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7FF2DA64" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
-[...31 lines deleted...]
-            </w:tcBorders>
+          <w:p w14:paraId="63930238" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Методическая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>деятельность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4202" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="22B13713" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
-[...31 lines deleted...]
-            </w:tcBorders>
+          <w:p w14:paraId="19C906B9" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>авторские</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>работы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>публикации</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="039A9A6A" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
-[...65 lines deleted...]
-              <w:t>3 жылдан жоғары -3 балл</w:t>
+          <w:p w14:paraId="50139BA8" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="52" w:name="z650"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МП РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="52"/>
+          <w:p w14:paraId="1B475B91" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B9093DB" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">наличие публикации по научно-исследовательской деятельности, включенный в перечень КОКСО, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00982A40" w:rsidRPr="002B2348" w14:paraId="1058C114" w14:textId="77777777" w:rsidTr="006249A7">
+      <w:tr w:rsidR="00D51ACE" w:rsidRPr="0005306B" w14:paraId="6E41D50F" w14:textId="77777777" w:rsidTr="003C1C98">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="21" w:type="dxa"/>
           <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="588" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="062A8B9E" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="002B2348">
+          <w:p w14:paraId="4F1CF05E" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="53" w:name="z654"/>
+            <w:r w:rsidRPr="0005306B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...7 lines deleted...]
-            </w:tcBorders>
+        <w:bookmarkEnd w:id="53"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="293AE80B" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
-[...31 lines deleted...]
-            </w:tcBorders>
+          <w:p w14:paraId="243E12CD" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>деятельность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4202" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="53E4B7F3" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
-[...31 lines deleted...]
-            </w:tcBorders>
+          <w:p w14:paraId="7C641557" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Документ, подтверждающий общественно-педагогическую деятельность </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0871C9D6" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
-[...19 lines deleted...]
-              <w:t>2 балл</w:t>
+          <w:p w14:paraId="2693A6C3" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="54" w:name="z657"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="54"/>
+          <w:p w14:paraId="09715FEF" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>руководство МО = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D7A062D" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>преподавание на 2 языках, русский/казахский = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D4BC896" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>иностранный/русский, иностранный/казахский) = 3 балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F5AECF8" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>преподавание на 3 языках (казахский, русский, иностранный) = 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00982A40" w:rsidRPr="000A212F" w14:paraId="5D646843" w14:textId="77777777" w:rsidTr="006249A7">
+      <w:tr w:rsidR="00D51ACE" w:rsidRPr="0005306B" w14:paraId="7F465F7C" w14:textId="77777777" w:rsidTr="003C1C98">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="21" w:type="dxa"/>
           <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="588" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="37F3E7CB" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="002B2348">
+          <w:p w14:paraId="6E97A106" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="55" w:name="z663"/>
+            <w:r w:rsidRPr="0005306B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...7 lines deleted...]
-            </w:tcBorders>
+        <w:bookmarkEnd w:id="55"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2310342F" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
-[...31 lines deleted...]
-            </w:tcBorders>
+          <w:p w14:paraId="4A0957B1" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Курсовая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>подготовка</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4202" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3FAEB5F5" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
-[...31 lines deleted...]
-            </w:tcBorders>
+          <w:p w14:paraId="63760C85" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="56" w:name="z665"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="56"/>
+          <w:p w14:paraId="42CB47BF" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - сертификат на цифровую грамотность, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B8C46C7" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> КАЗТЕСТ, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F83F259" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>IELTS</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23F500B3" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>TOEFL</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="092887A1" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>DELF</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="72E7F298" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>GoetheZertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, обучение по программам "Основы программирования в </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Python</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">", "Обучение работе с </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Microsoft</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="47529985" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="46D85729" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Международныекурсы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7494A38C" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve"> TEFL Cambridge </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05532208" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>"CELTA(Certificate in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="614D3D3C" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B3306B4" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F95146A" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="353CE513" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>TKTTeaching</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Knowledge Test"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C2CD713" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F43F78D" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D7CBB9B" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>TESOL"Certificate</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in teaching English for young learners</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45360BEA" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4573EB58" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>IHCYLT - International House Certificate In Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B1878EC" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44E3A311" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Assessment for Learning: Formative Assessment in Science and </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Maths</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teaching</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6BF398E4" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B3D5B3C" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Educational Management</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7BE20919" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29841179" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Курсынаплатформе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Coursera, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Futute</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A9F1F81" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Mathematics with Technology</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55887BD1" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Special Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7002E69A" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>"Developing expertise in teaching chemistry"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2C874B67" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
-[...19 lines deleted...]
-              <w:t>Әрбір қатысқаны үшін 1 балл, бірақ 4 балдан аспайды</w:t>
+          <w:p w14:paraId="3A558E71" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>курсы повышения квалификации по программам, согласованным с уполномоченным органом в области образования, реализуемым организациями повышения квалификации = 0,5 балла (каждый отдельно)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00982A40" w:rsidRPr="002B2348" w14:paraId="1690C60B" w14:textId="77777777" w:rsidTr="006249A7">
+      <w:tr w:rsidR="00D51ACE" w:rsidRPr="0005306B" w14:paraId="19091193" w14:textId="77777777" w:rsidTr="003C1C98">
         <w:trPr>
           <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="5517" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7000B4DE" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
-[...31 lines deleted...]
-            </w:tcBorders>
+          <w:p w14:paraId="49CA2177" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="57" w:name="z696"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Итого</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="57"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4214" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6627A361" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
-[...238 lines deleted...]
-            </w:tcBorders>
+          <w:p w14:paraId="6A72B12A" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4D03776B" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="0BF3F5BE" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="00D51ACE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="29273C7D" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="00D51ACE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61483F4E" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="00D51ACE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6149"/>
+        <w:gridCol w:w="3944"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D51ACE" w:rsidRPr="0005306B" w14:paraId="6E88F5B6" w14:textId="77777777" w:rsidTr="003C1C98">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="19B1B1C1" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
-[...31 lines deleted...]
-            </w:tcBorders>
+          <w:p w14:paraId="2BB18082" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="50FD0AB6" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
-[...19 lines deleted...]
-              <w:t>1 балл (әрқайсына бөлек)</w:t>
+          <w:p w14:paraId="539BC7A7" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1A473600" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="38EF59CB" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="515498A3" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="35708187" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3825E97E" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="217B4B43" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1202FD91" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="17C66E4F" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="32827CE1" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="52FD95B6" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="65653604" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="76D61B8E" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0EEC0A34" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="10502ADC" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Приложение 18</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>к Правилам назначения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>на должности, освобождения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>от должностей первых</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>руководителей и педагогов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>государственных организаций</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00982A40" w:rsidRPr="002B2348" w14:paraId="2343EC3A" w14:textId="77777777" w:rsidTr="006249A7">
+      <w:tr w:rsidR="00D51ACE" w:rsidRPr="0005306B" w14:paraId="597D34F8" w14:textId="77777777" w:rsidTr="003C1C98">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4111" w:type="dxa"/>
-[...6 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4B0A4E97" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
-[...32 lines deleted...]
-            </w:tcBorders>
+          <w:p w14:paraId="17474560" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6575D257" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
-[...23 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="243D29E6" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7FCA439C" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
+    <w:p w14:paraId="3365F4D2" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="00D51ACE">
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="58" w:name="z702"/>
+      <w:r w:rsidRPr="0005306B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Оценочный лист кандидата без стажа на вакантную или временно вакантную должность педагога</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9671" w:type="dxa"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="446"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D51ACE" w:rsidRPr="0005306B" w14:paraId="2254F927" w14:textId="77777777" w:rsidTr="003C1C98">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="446" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="696DF740" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="59" w:name="z703"/>
+            <w:bookmarkEnd w:id="58"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="59"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AB33FB9" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="09A05E26" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Подтверждающий</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>документ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="68488549" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="60" w:name="z706"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  Кол-во баллов </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="60"/>
+          <w:p w14:paraId="412E252D" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>(от 1 до 30)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D51ACE" w:rsidRPr="0005306B" w14:paraId="27BF0651" w14:textId="77777777" w:rsidTr="003C1C98">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="446" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="30E723C9" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="61" w:name="z709"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="61"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E54AEF6" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Уровень</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>образования</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01C8DE26" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="11FF15EC" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="62" w:name="z712"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Техническое и профессиональное - 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="62"/>
+          <w:p w14:paraId="01F8C878" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Техническое и профессиональное с отличием -2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="402F63E2" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Высшее - 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7517A918" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Магистр (по педагогическим направлениям) - 4 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D51ACE" w:rsidRPr="0005306B" w14:paraId="20E73D4F" w14:textId="77777777" w:rsidTr="003C1C98">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="446" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="666209FF" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="63" w:name="z717"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="63"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A265ACB" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ученая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>академическая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>степень</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C7611D0" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="289619E7" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="64" w:name="z720"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>PHD</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-доктор - 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="64"/>
+          <w:p w14:paraId="216C7562" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Доктор наук - 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58DFE87F" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Кандидат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>наук</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D51ACE" w:rsidRPr="0005306B" w14:paraId="0FA70B14" w14:textId="77777777" w:rsidTr="003C1C98">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="446" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6227CC20" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="65" w:name="z724"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="65"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BCECBF5" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Результаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>прохождения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>сертификации</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="377331CC" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="594A3700" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="66" w:name="z727"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50 % - 2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:bookmarkEnd w:id="66"/>
+          <w:p w14:paraId="0F2CD751" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">60-80 % - 4 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="464CE982" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80-100% – 6 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D51ACE" w:rsidRPr="0005306B" w14:paraId="56C11946" w14:textId="77777777" w:rsidTr="003C1C98">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="446" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1660B27E" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="67" w:name="z731"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="67"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="16AC5668" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Результаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>педагогической</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>профессиональной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>практики</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C7B83F5" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="59824656" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="68" w:name="z734"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"3" - 2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:bookmarkEnd w:id="68"/>
+          <w:p w14:paraId="75D146A7" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"4" - 3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="789066B5" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"5" – 4 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D51ACE" w:rsidRPr="0005306B" w14:paraId="75DA2202" w14:textId="77777777" w:rsidTr="003C1C98">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="446" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="48F38572" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="69" w:name="z738"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="69"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="41533949" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  Рекомендательное письмо с места учебы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="30C97B50" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Рекомендательное</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>письмо</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C8C8514" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Наличие положительного рекомендательного письма = 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D51ACE" w:rsidRPr="0005306B" w14:paraId="240F2A83" w14:textId="77777777" w:rsidTr="003C1C98">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="446" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C57AD72" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="70" w:name="z743"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="70"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AA5DF08" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Участие</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>волонтерской</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>работе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="286A0FF9" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Документ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>участия</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="07F383AD" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D51ACE" w:rsidRPr="0005306B" w14:paraId="5F8B811A" w14:textId="77777777" w:rsidTr="003C1C98">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="446" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="74DEB2F0" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="71" w:name="z748"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="71"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E8388BE" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ведение странички интернета, социальных сетей с публикацией о педагогической деятельности (публикации авторских научных проектов, уроки, семинары )</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="372195B3" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ссылки</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E78C21B" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="72" w:name="z751"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>до 1 года -1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="72"/>
+          <w:p w14:paraId="19BB43A1" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>от 1 до 3 лет -2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="401E2558" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>лет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D51ACE" w:rsidRPr="0005306B" w14:paraId="08EC9EC9" w14:textId="77777777" w:rsidTr="003C1C98">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="446" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05E49E03" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="73" w:name="z755"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="73"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E8E8B38" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Участие в работе летних лагерей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D7FAAAD" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Документ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>участия</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="15C385B1" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D51ACE" w:rsidRPr="0005306B" w14:paraId="332F3B34" w14:textId="77777777" w:rsidTr="003C1C98">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="446" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7894436F" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="74" w:name="z760"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="74"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AEBDEED" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Участие в конкурсах по месту учебы (научных проектов, творческих и др.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="75D40F9F" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Документ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>участия</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="63684BC2" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>За каждое участие 1 балл, но не более 4 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D51ACE" w:rsidRPr="0005306B" w14:paraId="08BD2D33" w14:textId="77777777" w:rsidTr="003C1C98">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="446" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="35FEF8AE" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="75" w:name="z765"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="11970D4C" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="76" w:name="z766"/>
+            <w:bookmarkEnd w:id="75"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Наличие сертификатов КАЗТЕСТ, </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="76"/>
+          <w:p w14:paraId="6AE5C72B" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>IELTS</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>TOEFL</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>DELF</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>GoetheZertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, обучение по программам "Основы программирования в </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Python</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">", "Обучение работе с </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Microsoft</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C169D0F" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="5A93F33B" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Международныекурсы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78E713C5" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TEFL Cambridge </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="53EE57A3" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>"CELTA(Certificate in Teaching English to Speakers of Other Languages)"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79A4F7C8" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CELT-P (Certificate in English </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48C29F41" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D645428" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3CFD70AD" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>TKT</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61D87749" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>"Teaching Knowledge Test</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48650E93" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67ECFC2F" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL)"TESOL"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="09938EAA" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Сертификат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CD4BF55" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>плюс 1 балл (за каждый отдельно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D51ACE" w:rsidRPr="0005306B" w14:paraId="5E4183FD" w14:textId="77777777" w:rsidTr="003C1C98">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="446" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C7BA0D1" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0DD560F9" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DF5EB46" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Итого</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0005306B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E4FCCD2" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="06717FD1" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B411B37" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1BBDDFDB" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="003C1C98">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="127159EE" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="00D51ACE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002B2348">
+      <w:r w:rsidRPr="0005306B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D90B003" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00982A40">
+    <w:p w14:paraId="2193AAD9" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="00D51ACE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002B2348">
+      <w:r w:rsidRPr="0005306B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="002B2348">
+      <w:r w:rsidRPr="0005306B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02BD0BC8" w14:textId="77777777" w:rsidR="00982A40" w:rsidRPr="002B2348" w:rsidRDefault="00982A40" w:rsidP="00306BCF">
+    <w:p w14:paraId="390E00D4" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="00D51ACE">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00982A40" w:rsidRPr="002B2348">
+    <w:p w14:paraId="69428F1E" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="00D51ACE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39796464" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="00D51ACE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="010D18CA" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="00D51ACE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E7CA34B" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="00D51ACE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E917101" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="00D51ACE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6CA90302" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="00D51ACE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2AE56727" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="00D51ACE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3DB30DB9" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="00D51ACE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="192241C9" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="00D51ACE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52426BC0" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="00D51ACE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="592C7346" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="00D51ACE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="194F2C0F" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="00D51ACE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D59F6F2" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="00D51ACE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F635DEE" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="00D51ACE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32176042" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="00D51ACE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="45D493ED" w14:textId="77777777" w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidRDefault="00D51ACE" w:rsidP="00364A69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00D51ACE" w:rsidRPr="0005306B" w:rsidSect="007953A9">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="709" w:right="850" w:bottom="1134" w:left="993" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00F25EDB"/>
-[...15 lines deleted...]
-    <w:rsid w:val="00F25EDB"/>
+    <w:rsidRoot w:val="007974AD"/>
+    <w:rsid w:val="0005306B"/>
+    <w:rsid w:val="00191955"/>
+    <w:rsid w:val="00220E35"/>
+    <w:rsid w:val="00364A69"/>
+    <w:rsid w:val="00375CAB"/>
+    <w:rsid w:val="005E52E6"/>
+    <w:rsid w:val="006D3C87"/>
+    <w:rsid w:val="007974AD"/>
+    <w:rsid w:val="00A616C7"/>
+    <w:rsid w:val="00B1317F"/>
+    <w:rsid w:val="00B84D38"/>
+    <w:rsid w:val="00BF552B"/>
+    <w:rsid w:val="00C3506C"/>
+    <w:rsid w:val="00C50453"/>
+    <w:rsid w:val="00D51ACE"/>
+    <w:rsid w:val="00EB7F78"/>
+    <w:rsid w:val="00EC35A9"/>
+    <w:rsid w:val="00F03E75"/>
+    <w:rsid w:val="00FA0F7F"/>
+    <w:rsid w:val="00FB3848"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="2815EE3D"/>
-  <w15:docId w15:val="{6D4C8B4F-4DDD-4BF1-BDA3-AA4C08690780}"/>
+  <w14:docId w14:val="7A893DEA"/>
+  <w15:docId w15:val="{192C5EE3-419D-4FD9-85AA-C94BD22A6942}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -12913,162 +12984,148 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00306BCF"/>
+    <w:rsid w:val="00364A69"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00306BCF"/>
+    <w:rsid w:val="00364A69"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00A933D6"/>
+    <w:rsid w:val="00EC35A9"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a5">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00A933D6"/>
+    <w:rsid w:val="00EC35A9"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
-    <w:div w:id="471606136">
+    <w:div w:id="119568183">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="638801829">
-[...12 lines deleted...]
-    <w:div w:id="1545487368">
+    <w:div w:id="1417750760">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr-nobd.edu.kz/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
@@ -13337,55 +13394,70 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>8</Pages>
-[...1 lines deleted...]
-  <Characters>12218</Characters>
+  <Pages>9</Pages>
+  <Words>2310</Words>
+  <Characters>13173</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>101</Lines>
-  <Paragraphs>28</Paragraphs>
+  <Lines>109</Lines>
+  <Paragraphs>30</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14333</CharactersWithSpaces>
+  <CharactersWithSpaces>15453</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>админ</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>