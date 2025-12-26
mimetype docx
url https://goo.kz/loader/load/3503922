--- v0 (2025-12-05)
+++ v1 (2025-12-26)
@@ -1,18868 +1,11061 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="003E3EEA" w:rsidRPr="00B50873" w:rsidRDefault="00DF4A7D" w:rsidP="00B00AEE">
+    <w:p w:rsidR="00D30866" w:rsidRPr="008F5D10" w:rsidRDefault="00D30866" w:rsidP="00D30866">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...3 lines deleted...]
-          <w:szCs w:val="21"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B50873">
+      <w:r w:rsidRPr="008F5D10">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...6 lines deleted...]
-        <w:t>«</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГУ «Средняя общеобразовательная школа </w:t>
       </w:r>
-      <w:r w:rsidR="00B00AEE" w:rsidRPr="00B50873">
+      <w:r w:rsidRPr="008F5D10">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...16 lines deleted...]
-          <w:szCs w:val="21"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>№7</w:t>
       </w:r>
-      <w:r w:rsidR="00B00AEE" w:rsidRPr="00B50873">
+      <w:r w:rsidRPr="008F5D10">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...3 lines deleted...]
-          <w:szCs w:val="21"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара» объявляет конкурс на должность учителя </w:t>
+      </w:r>
+      <w:r w:rsidR="00D92D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> жалпы орта білім беру мектебі</w:t>
+        <w:t>истории</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B50873">
+      <w:r w:rsidR="00193F19">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...3 lines deleted...]
-          <w:szCs w:val="21"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>»</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B00AEE" w:rsidRPr="00B50873">
+      <w:r w:rsidRPr="008F5D10">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...3 lines deleted...]
-          <w:szCs w:val="21"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F5D10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> КММ</w:t>
+        <w:t>казахски</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F5D10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">м языком обучения </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D70D9E" w:rsidRPr="00B50873" w:rsidRDefault="003429F8" w:rsidP="00B00AEE">
+    <w:p w:rsidR="00D30866" w:rsidRPr="008F5D10" w:rsidRDefault="00D30866" w:rsidP="00D30866">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="21"/>
-[...106 lines deleted...]
-          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="9747" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="286"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="8498"/>
+        <w:gridCol w:w="393"/>
+        <w:gridCol w:w="2834"/>
+        <w:gridCol w:w="6520"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00D90E05" w:rsidTr="006459F2">
+      <w:tr w:rsidR="00D30866" w:rsidRPr="008F5D10" w:rsidTr="00D30866">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="286" w:type="dxa"/>
+            <w:tcW w:w="393" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-          </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B50873" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00D30866" w:rsidRPr="008F5D10" w:rsidRDefault="00D30866">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00B50873">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2232" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B50873" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:tcW w:w="2834" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00D30866" w:rsidRPr="008F5D10" w:rsidRDefault="00D30866">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B50873">
+            <w:r w:rsidRPr="008F5D10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Білім беру ұйымының атауы</w:t>
-[...9 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t>Наименование организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6520" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00D30866" w:rsidRPr="008F5D10" w:rsidRDefault="00D30866">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B50873">
+            <w:r w:rsidRPr="008F5D10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің </w:t>
-[...71 lines deleted...]
-              <w:t xml:space="preserve"> коммуналдық мемлекеттік мекемесі</w:t>
+              <w:t>Коммунальное государственное учреждение «Средняя общеобразовательная школа № 7 города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B50873" w:rsidRPr="00D90E05" w:rsidTr="006459F2">
+      <w:tr w:rsidR="00D30866" w:rsidRPr="008F5D10" w:rsidTr="00D30866">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="286" w:type="dxa"/>
+            <w:tcW w:w="393" w:type="dxa"/>
             <w:vMerge/>
-          </w:tcPr>
-[...4 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00D30866" w:rsidRPr="008F5D10" w:rsidRDefault="00D30866">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...10 lines deleted...]
-          <w:p w:rsidR="00B50873" w:rsidRPr="00B50873" w:rsidRDefault="00B50873" w:rsidP="00CB6B4F">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2834" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00D30866" w:rsidRPr="008F5D10" w:rsidRDefault="00D30866">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B50873">
-[...3 lines deleted...]
-                <w:szCs w:val="21"/>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
-[...7 lines deleted...]
-          <w:p w:rsidR="00B50873" w:rsidRPr="00B50873" w:rsidRDefault="00B50873" w:rsidP="007157A1">
+              <w:t>местонахождения, почтового адреса</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6520" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00D30866" w:rsidRPr="008F5D10" w:rsidRDefault="00D30866">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="21"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...25 lines deleted...]
-              <w:t>Павлодар қаласы, Жеңіс алаңы көшесі, 13</w:t>
+              <w:t xml:space="preserve">140011, Республика Казахстан, Павлодарская область, город Павлодар,  улица пл.Победы,13 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B50873" w:rsidRPr="00B50873" w:rsidTr="006459F2">
+      <w:tr w:rsidR="00D30866" w:rsidRPr="008F5D10" w:rsidTr="00D30866">
         <w:trPr>
-          <w:trHeight w:val="328"/>
+          <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="286" w:type="dxa"/>
+            <w:tcW w:w="393" w:type="dxa"/>
             <w:vMerge/>
-          </w:tcPr>
-[...4 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00D30866" w:rsidRPr="008F5D10" w:rsidRDefault="00D30866">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...10 lines deleted...]
-          <w:p w:rsidR="00B50873" w:rsidRPr="00B50873" w:rsidRDefault="00B50873" w:rsidP="00CB6B4F">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2834" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00D30866" w:rsidRPr="008F5D10" w:rsidRDefault="00D30866">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B50873">
-[...3 lines deleted...]
-                <w:szCs w:val="21"/>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">телефон нөмірлері, </w:t>
-[...7 lines deleted...]
-          <w:p w:rsidR="00B50873" w:rsidRPr="00B50873" w:rsidRDefault="00B50873" w:rsidP="007157A1">
+              <w:t>номеров телефонов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6520" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00D30866" w:rsidRPr="008F5D10" w:rsidRDefault="00D30866">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B50873">
-[...3 lines deleted...]
-                <w:szCs w:val="21"/>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>8 (7182) 62-45-15 қабылдау бөлімі</w:t>
+              <w:t>8 (7182) 62-45-15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B50873" w:rsidRPr="00B50873" w:rsidTr="006459F2">
+      <w:tr w:rsidR="00D30866" w:rsidRPr="008F5D10" w:rsidTr="00D30866">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="286" w:type="dxa"/>
+            <w:tcW w:w="393" w:type="dxa"/>
             <w:vMerge/>
-          </w:tcPr>
-[...4 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00D30866" w:rsidRPr="008F5D10" w:rsidRDefault="00D30866">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...10 lines deleted...]
-          <w:p w:rsidR="00B50873" w:rsidRPr="00B50873" w:rsidRDefault="00B50873" w:rsidP="00CB6B4F">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2834" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00D30866" w:rsidRPr="008F5D10" w:rsidRDefault="00D30866">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B50873">
-[...3 lines deleted...]
-                <w:szCs w:val="21"/>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>электрондық пошта</w:t>
-[...12 lines deleted...]
-                <w:szCs w:val="21"/>
+              <w:t>адреса электронной почты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6520" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00D30866" w:rsidRPr="008F5D10" w:rsidRDefault="00407E9D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-              <w:r w:rsidR="00B50873" w:rsidRPr="00B50873">
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId4" w:history="1">
+              <w:r w:rsidR="00D92D78" w:rsidRPr="00D57E02">
                 <w:rPr>
-                  <w:rStyle w:val="a3"/>
+                  <w:rStyle w:val="a4"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                  <w:sz w:val="23"/>
-                  <w:szCs w:val="23"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
-                <w:t>sosh7</w:t>
+                <w:t>sosh</w:t>
               </w:r>
-              <w:r w:rsidR="00B50873" w:rsidRPr="00B50873">
+              <w:r w:rsidR="00D92D78" w:rsidRPr="00D57E02">
                 <w:rPr>
-                  <w:rStyle w:val="a3"/>
+                  <w:rStyle w:val="a4"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                  <w:sz w:val="23"/>
-                  <w:szCs w:val="23"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:lang w:val="kk-KZ"/>
                 </w:rPr>
-                <w:t>@goo.edu.kz</w:t>
+                <w:t>7@</w:t>
+              </w:r>
+              <w:r w:rsidR="00D92D78" w:rsidRPr="00D57E02">
+                <w:rPr>
+                  <w:rStyle w:val="a4"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:t>goo</w:t>
+              </w:r>
+              <w:r w:rsidR="00D92D78" w:rsidRPr="00D57E02">
+                <w:rPr>
+                  <w:rStyle w:val="a4"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>.</w:t>
+              </w:r>
+              <w:r w:rsidR="00D92D78" w:rsidRPr="00D57E02">
+                <w:rPr>
+                  <w:rStyle w:val="a4"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:t>edu</w:t>
+              </w:r>
+              <w:r w:rsidR="00D92D78" w:rsidRPr="00D57E02">
+                <w:rPr>
+                  <w:rStyle w:val="a4"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>.</w:t>
+              </w:r>
+              <w:r w:rsidR="00D92D78" w:rsidRPr="00D57E02">
+                <w:rPr>
+                  <w:rStyle w:val="a4"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:t>kz</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r w:rsidR="00D92D78">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00354D7E" w:rsidRPr="00D90E05" w:rsidTr="006459F2">
+      <w:tr w:rsidR="00F04623" w:rsidRPr="008D73C2" w:rsidTr="00D30866">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="286" w:type="dxa"/>
-[...5 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F04623" w:rsidRPr="008F5D10" w:rsidRDefault="00F04623">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...10 lines deleted...]
-          <w:p w:rsidR="00354D7E" w:rsidRPr="0090334F" w:rsidRDefault="00354D7E" w:rsidP="007C159E">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2834" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F04623" w:rsidRPr="008F5D10" w:rsidRDefault="00F04623">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>ҰББД вакансияға сілтеме</w:t>
-[...9 lines deleted...]
-              <w:rPr>
+              <w:t>Ссылка на НОБД прием на работу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6520" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F04623" w:rsidRPr="00D92D78" w:rsidRDefault="00407E9D" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008F5D10">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:hyperlink r:id="rId5" w:anchor="/social/vacancies/expired" w:history="1"/>
+            <w:r w:rsidR="00D92D78">
+              <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId7" w:anchor="/social/vacancies/view/47290" w:history="1">
-              <w:r w:rsidRPr="00D57E02">
+            <w:r w:rsidR="00F04623" w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId6" w:anchor="/social/vacancies/view/47290" w:history="1">
+              <w:r w:rsidR="00D92D78" w:rsidRPr="00D57E02">
                 <w:rPr>
-                  <w:rStyle w:val="a3"/>
+                  <w:rStyle w:val="a4"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="kk-KZ"/>
                 </w:rPr>
                 <w:t>https://hr-nobd.edu.kz/#/social/vacancies/view/47290</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r w:rsidR="00D92D78" w:rsidRPr="00D92D78">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00354D7E" w:rsidRPr="007157A1" w:rsidTr="006459F2">
+      <w:tr w:rsidR="00D30866" w:rsidRPr="008F5D10" w:rsidTr="00D30866">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="286" w:type="dxa"/>
+            <w:tcW w:w="393" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-          </w:tcPr>
-          <w:p w:rsidR="00354D7E" w:rsidRPr="00B50873" w:rsidRDefault="00354D7E" w:rsidP="00CB6B4F">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00D30866" w:rsidRPr="008F5D10" w:rsidRDefault="00D30866">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B50873">
+            <w:r w:rsidRPr="008F5D10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2232" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00354D7E" w:rsidRPr="00B50873" w:rsidRDefault="00354D7E" w:rsidP="00BA4B1E">
+            <w:tcW w:w="2834" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00D30866" w:rsidRPr="008F5D10" w:rsidRDefault="00D30866">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B50873">
+            <w:r w:rsidRPr="008F5D10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
-[...7 lines deleted...]
-          <w:p w:rsidR="00354D7E" w:rsidRPr="00B50873" w:rsidRDefault="00622F70" w:rsidP="00622F70">
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6520" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00D30866" w:rsidRPr="008F5D10" w:rsidRDefault="00D30866" w:rsidP="00D92D78">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="21"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="008F5D10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="21"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Тарих мұғалімі</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00354D7E" w:rsidRPr="00B50873">
+              <w:t xml:space="preserve">Учитель </w:t>
+            </w:r>
+            <w:r w:rsidR="00D92D78">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="21"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">, </w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>истории</w:t>
+            </w:r>
+            <w:r w:rsidR="00F04623" w:rsidRPr="008F5D10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="21"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>9</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00354D7E" w:rsidRPr="00B50873">
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA7A57" w:rsidRPr="008F5D10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="21"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> сағат </w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D92D78">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> часов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00354D7E" w:rsidRPr="007157A1" w:rsidTr="006459F2">
+      <w:tr w:rsidR="00D30866" w:rsidRPr="008F5D10" w:rsidTr="00D30866">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="286" w:type="dxa"/>
+            <w:tcW w:w="393" w:type="dxa"/>
             <w:vMerge/>
-          </w:tcPr>
-          <w:p w:rsidR="00354D7E" w:rsidRPr="00B50873" w:rsidRDefault="00354D7E" w:rsidP="00CB6B4F">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00D30866" w:rsidRPr="008F5D10" w:rsidRDefault="00D30866">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2834" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00D30866" w:rsidRPr="008F5D10" w:rsidRDefault="00D30866">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>основные функциональные обязанности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6520" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00D92D78" w:rsidRPr="00D92D78" w:rsidRDefault="00D92D78" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D92D78">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D92D78">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">осуществляет обучение и воспитание </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D92D78">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>обучающихся</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D92D78">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с учетом специфики</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D92D78" w:rsidRPr="00D92D78" w:rsidRDefault="00D92D78" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D92D78">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>преподаваемого предмета, в соответствии с государственным общеобязательным стандартом образования;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D92D78" w:rsidRPr="00D92D78" w:rsidRDefault="00D92D78" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D92D78">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">способствует формированию общей культуры личности </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D92D78">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>обучающегося</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D92D78">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D92D78" w:rsidRPr="00D92D78" w:rsidRDefault="00D92D78" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D92D78">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>воспитанника и его социализации, выявляет и содействует развитию индивидуальных способностей обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D92D78" w:rsidRPr="00D92D78" w:rsidRDefault="00D92D78" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D92D78">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>воспитывает в обучающемся уважительное отношение к педагогу, учит соблюдать деловой стиль отношения и речевой этикет путем вежливого обращения по имени и отчеству педагога или прямого обращения "учитель/мұғалім";</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w:rsidR="00D92D78" w:rsidRPr="00D92D78" w:rsidRDefault="00D92D78" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D92D78">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>использует новые подходы, эффективные формы, методы и средства обучения с учетом индивидуальных потребностей обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D92D78" w:rsidRPr="00D92D78" w:rsidRDefault="00D92D78" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D92D78">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">составляет краткосрочные и среднесрочные (календарно-тематические) планы по предметам, задания для </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D92D78">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>суммативного</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D92D78">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> оценивания за раздел и </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D92D78">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>суммативного</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D92D78">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> оценивания за четверть;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D92D78" w:rsidRPr="00D92D78" w:rsidRDefault="00D92D78" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D92D78">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">проводит анализ по итогам проведения </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D92D78">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>суммативного</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D92D78">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> оценивания за раздел и </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D92D78">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>суммативного</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D92D78">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> оценивания за четверть с комментариями;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D92D78" w:rsidRPr="00D92D78" w:rsidRDefault="00D92D78" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D92D78">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>заполняет журналы (бумажные или электронные);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D92D78" w:rsidRPr="00D92D78" w:rsidRDefault="00D92D78" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D92D78">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">обеспечивает достижение личностных, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D92D78">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>системно-деятельностных</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D92D78">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>, предметных результатов обучающимися и воспитанниками не ниже уровня, предусмотренного государственным общеобязательным стандартом образования;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D92D78" w:rsidRPr="00D92D78" w:rsidRDefault="00D92D78" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D92D78">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">участвует в разработке и выполнении учебных программ, в том числе программ </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D92D78">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>для</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D92D78">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D92D78">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>обучающихся</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D92D78">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с особыми образовательными потребностями, обеспечивает реализацию их в полном объеме в соответствии с учебным планом и графиком учебного процесса;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D92D78" w:rsidRPr="00D92D78" w:rsidRDefault="00D92D78" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D92D78">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>изучает индивидуальные способности, интересы и склонности обучающихся, воспитанников;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D92D78" w:rsidRPr="00D92D78" w:rsidRDefault="00D92D78" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D92D78">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>создает условия для инклюзивного образования;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D92D78" w:rsidRPr="00D92D78" w:rsidRDefault="00D92D78" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D92D78">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>адаптирует учебные программы с учетом индивидуальной потребности</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D92D78" w:rsidRPr="00D92D78" w:rsidRDefault="00D92D78" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D92D78">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>обучающегося</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D92D78">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с особыми образовательными потребностями;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D92D78" w:rsidRPr="00D92D78" w:rsidRDefault="00D92D78" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D92D78">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>в специальных образовательных организациях осуществляет работу по обучению и воспитанию обучающихся, воспитанников, направленную на максимальное преодоление отклонений в развитии с учетом специфики преподаваемого предмета;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D92D78" w:rsidRPr="00D92D78" w:rsidRDefault="00D92D78" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D92D78">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>организовывает занятия в дистанционном режиме с использованием интерактивных учебных материалов и цифровых образовательных ресурсов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D92D78" w:rsidRPr="00D92D78" w:rsidRDefault="00D92D78" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D92D78">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>участвует в заседаниях методических объединений, ассоциации учителей, методических, педагогических советов, сетевых сообществ;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D92D78" w:rsidRPr="00D92D78" w:rsidRDefault="00D92D78" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D92D78">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>участвует в педагогических консилиумах для родителей;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D92D78" w:rsidRPr="00D92D78" w:rsidRDefault="00D92D78" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D92D78">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>консультирует родителей;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D92D78" w:rsidRPr="00D92D78" w:rsidRDefault="00D92D78" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D92D78">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>повышает профессиональную компетентность;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D92D78" w:rsidRPr="00D92D78" w:rsidRDefault="00D92D78" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D92D78">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>соблюдает правила безопасности и охраны труда, противопожарной защиты;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D92D78" w:rsidRPr="00D92D78" w:rsidRDefault="00D92D78" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D92D78">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">обеспечивает охрану жизни и </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D92D78">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>здоровья</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D92D78">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> обучающихся в период образовательного</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D92D78" w:rsidRPr="00D92D78" w:rsidRDefault="00D92D78" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D92D78">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>процесса;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D92D78" w:rsidRPr="00D92D78" w:rsidRDefault="00D92D78" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D92D78">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>осуществляет сотрудничество с родителями или лицами, их заменяющими;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D92D78" w:rsidRPr="00D92D78" w:rsidRDefault="00D92D78" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D92D78">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>заполняет документы, перечень которых утвержден уполномоченным органом в</w:t>
+            </w:r>
+            <w:r w:rsidR="003B1AE7" w:rsidRPr="003B1AE7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D92D78">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>области образования;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D30866" w:rsidRPr="003B1AE7" w:rsidRDefault="00D92D78" w:rsidP="003B1AE7">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D92D78">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">прививает </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D92D78">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>антикоррупционную</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D92D78">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> культуру, принципы академической честности</w:t>
+            </w:r>
+            <w:r w:rsidR="003B1AE7" w:rsidRPr="003B1AE7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D92D78">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>среди обучающихся и воспитанников.__</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D30866" w:rsidRPr="008F5D10" w:rsidTr="00D30866">
+        <w:trPr>
+          <w:trHeight w:val="639"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00D30866" w:rsidRPr="008F5D10" w:rsidRDefault="00D30866">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2834" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00D30866" w:rsidRPr="008F5D10" w:rsidRDefault="00D30866">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>размер и условия оплаты труда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6520" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00D30866" w:rsidRPr="008F5D10" w:rsidRDefault="00D30866">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D30866" w:rsidRPr="008F5D10" w:rsidRDefault="00F04623" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- высшее образование (min): 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00D92D78">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>14278</w:t>
+            </w:r>
+            <w:r w:rsidR="00D30866" w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D30866" w:rsidRPr="008F5D10" w:rsidTr="00D30866">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00D30866" w:rsidRPr="008F5D10" w:rsidRDefault="00D30866">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...36 lines deleted...]
-          <w:p w:rsidR="00354D7E" w:rsidRPr="00597834" w:rsidRDefault="00354D7E" w:rsidP="00597834">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2834" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00D30866" w:rsidRPr="008F5D10" w:rsidRDefault="00D30866">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00597834">
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D30866" w:rsidRPr="008F5D10" w:rsidRDefault="00D30866">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2413 lines deleted...]
-          <w:p w:rsidR="00354D7E" w:rsidRPr="00597834" w:rsidRDefault="00354D7E" w:rsidP="00597834">
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6520" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00D30866" w:rsidRPr="008F5D10" w:rsidRDefault="00D30866">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00597834">
-[...41 lines deleted...]
-              <w:t xml:space="preserve"> сіңіреді.</w:t>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- высшее и (или) послевузовское педагогическое или техническое и профессиональное, послесреднее педагогическое образование по соответствующему профилю или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку, без предъявления требований к стажу работы, или документ об окончании средней школы с XI педагогическим классом до 1995 года, относящиеся к среднему уровню квалификации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D30866" w:rsidRPr="008F5D10" w:rsidRDefault="00D30866">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет; для педагога-эксперта – не менее 3 лет; педагога-исследователя не менее 4 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D30866" w:rsidRPr="008F5D10" w:rsidRDefault="00D30866">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00354D7E" w:rsidRPr="00622F70" w:rsidTr="006459F2">
-[...8 lines deleted...]
-          <w:p w:rsidR="00354D7E" w:rsidRPr="00B50873" w:rsidRDefault="00354D7E" w:rsidP="00CB6B4F">
+      <w:tr w:rsidR="00D30866" w:rsidRPr="008F5D10" w:rsidTr="00D30866">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00D30866" w:rsidRPr="008F5D10" w:rsidRDefault="00D30866">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...10 lines deleted...]
-          <w:p w:rsidR="00354D7E" w:rsidRPr="00B50873" w:rsidRDefault="00354D7E" w:rsidP="00CB6B4F">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2834" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00D30866" w:rsidRPr="008F5D10" w:rsidRDefault="00D30866">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...23 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:t>Срок приема документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6520" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00D30866" w:rsidRPr="008F5D10" w:rsidRDefault="00D92D78" w:rsidP="008D73C2">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- еңбек өтілі мен біліктілік санатына сәйкес төленеді;</w:t>
-[...4 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t>03-1</w:t>
+            </w:r>
+            <w:r w:rsidR="008D73C2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00F04623" w:rsidRPr="008F5D10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>-</w:t>
-[...28 lines deleted...]
-              <w:t>теңге</w:t>
+              <w:t>.03.2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00354D7E" w:rsidRPr="00D90E05" w:rsidTr="006459F2">
-[...4 lines deleted...]
-          <w:p w:rsidR="00354D7E" w:rsidRPr="00B50873" w:rsidRDefault="00354D7E" w:rsidP="00CB6B4F">
+      <w:tr w:rsidR="00D30866" w:rsidRPr="008F5D10" w:rsidTr="00D30866">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00D30866" w:rsidRPr="008F5D10" w:rsidRDefault="00D30866">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00B50873">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...33 lines deleted...]
-          <w:p w:rsidR="00354D7E" w:rsidRPr="00B50873" w:rsidRDefault="00354D7E" w:rsidP="00CB6B4F">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2834" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00D30866" w:rsidRPr="008F5D10" w:rsidRDefault="00D30866">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00B50873">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>қойылатын біліктілік талаптары</w:t>
-[...7 lines deleted...]
-          <w:p w:rsidR="00354D7E" w:rsidRPr="00B50873" w:rsidRDefault="00354D7E" w:rsidP="00F52F7C">
+              <w:t>Перечень необходимых документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6520" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F04623" w:rsidRPr="008F5D10" w:rsidRDefault="00F04623" w:rsidP="00F04623">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00B50873">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...6 lines deleted...]
-          <w:p w:rsidR="00354D7E" w:rsidRPr="00B50873" w:rsidRDefault="00354D7E" w:rsidP="007078F2">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1) заявление об участии в конкурсе с указанием перечня прилагаемых документов по форме согласно приложению 3 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F04623" w:rsidRPr="008F5D10" w:rsidRDefault="00F04623" w:rsidP="00F04623">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00B50873">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...6 lines deleted...]
-          <w:p w:rsidR="00354D7E" w:rsidRPr="00B50873" w:rsidRDefault="00354D7E" w:rsidP="007078F2">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F04623" w:rsidRPr="008F5D10" w:rsidRDefault="00F04623" w:rsidP="00F04623">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00B50873">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3) заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F04623" w:rsidRPr="008F5D10" w:rsidRDefault="00F04623" w:rsidP="00F04623">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4) копии документов об образовании в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F04623" w:rsidRPr="008F5D10" w:rsidRDefault="00F04623" w:rsidP="00F04623">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5) копия документа, подтверждающую трудовую деятельность (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F04623" w:rsidRPr="008F5D10" w:rsidRDefault="00F04623" w:rsidP="00F04623">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 6) справка о состоянии здоровья по форме 075/у, утвержденная </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>приказомисполняющего</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № Қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F04623" w:rsidRPr="008F5D10" w:rsidRDefault="00F04623" w:rsidP="00F04623">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 7) справка об отсутствии динамического наблюдения больных с психическими поведенческими расстройствами;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F04623" w:rsidRPr="008F5D10" w:rsidRDefault="00F04623" w:rsidP="00F04623">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 8) справка об отсутствии динамического наблюдения наркологических больных;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F04623" w:rsidRPr="008F5D10" w:rsidRDefault="00F04623" w:rsidP="00F04623">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 9) сертификат о результатах прохождения сертификации или удостоверение о наличии действующей квалификационной категории (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F04623" w:rsidRPr="008F5D10" w:rsidRDefault="00F04623" w:rsidP="00F04623">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 10) для кандидатов на занятие должности педагогов английского языка сертификат о результатах сертификации по предмету или удостоверение о наличии квалификационной категории педагога-модератора или педагога-эксперта, или педагога-исследователя, или педагога-мастера (при наличии) или сертификат CELTA (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CertificateinEnglishLanguageTeachingtoAdults</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>илиайелтс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (IELTS) – 6,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>илитойфл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (TOEFL) (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>nternet</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Based Test (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BT)) – 60 – 65 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F04623" w:rsidRPr="008F5D10" w:rsidRDefault="00F04623" w:rsidP="00F04623">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11) педагоги, приступившие к педагогической деятельности в организации технического, профессионального и </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>послесреднего</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> образования на должности педагогов по специальным дисциплинам и мастеров производственного обучения, имеющие стаж работы на производстве по соответствующей специальности или профилю не менее двух лет, освобождаются от прохождения сертификации.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F04623" w:rsidRPr="008F5D10" w:rsidRDefault="00F04623" w:rsidP="00F04623">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve"> 12) заполненный Оценочный лист кандидата на вакантную или временно вакантную должность педагога по форме согласно приложениям 17, 18 к настоящим </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- және (немесе) біліктілігінің жоғары деңгейі болған жағдайда педагог-шебер үшін педагогикалық жұмыс өтілі – 5 жыл.</w:t>
+              <w:t>П</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>равилам</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D30866" w:rsidRPr="008F5D10" w:rsidRDefault="00F04623" w:rsidP="00F04623">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 13) рекомендательное письмо с места работы (по должности педагога), учебы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00354D7E" w:rsidRPr="00B50873" w:rsidTr="006459F2">
-[...7 lines deleted...]
-          <w:p w:rsidR="00354D7E" w:rsidRPr="00B50873" w:rsidRDefault="00354D7E" w:rsidP="00CB6B4F">
+      <w:tr w:rsidR="00D30866" w:rsidRPr="008F5D10" w:rsidTr="00D30866">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="393" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00D30866" w:rsidRPr="008F5D10" w:rsidRDefault="00D30866">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00B50873">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...38 lines deleted...]
-              <w:spacing w:line="345" w:lineRule="atLeast"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2834" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00D30866" w:rsidRPr="008F5D10" w:rsidRDefault="00D30866">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...29 lines deleted...]
-            <w:tcW w:w="286" w:type="dxa"/>
+              <w:t>Срок временно вакантной должности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6520" w:type="dxa"/>
             <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00D30866" w:rsidRPr="008F5D10" w:rsidRDefault="00D30866">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...25 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...7 lines deleted...]
-                <w:szCs w:val="21"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Қажетті құжаттар тізбесі</w:t>
-[...615 lines deleted...]
-              <w:t>тұрақты</w:t>
+              <w:t>На постоянно</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="003153C2" w:rsidRPr="00B50873" w:rsidRDefault="003153C2" w:rsidP="00A40329">
+    <w:p w:rsidR="00D30866" w:rsidRPr="008F5D10" w:rsidRDefault="00D30866" w:rsidP="00D30866">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...6 lines deleted...]
-          <w:szCs w:val="21"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001F4BA9" w:rsidRPr="00B50873" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
-[...792 lines deleted...]
-    <w:p w:rsidR="003022D3" w:rsidRPr="003022D3" w:rsidRDefault="003022D3" w:rsidP="003022D3">
+    <w:p w:rsidR="00D30866" w:rsidRPr="008F5D10" w:rsidRDefault="00D30866" w:rsidP="00D30866">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="z178"/>
+      <w:r w:rsidRPr="008F5D10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="00351F09" w:rsidRPr="008F5D10" w:rsidRDefault="00351F09">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003022D3">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+    </w:p>
+    <w:p w:rsidR="00744B3D" w:rsidRPr="008F5D10" w:rsidRDefault="00744B3D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Өзім туралы келесі мәліметтерді хабарлаймын:</w:t>
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="003022D3" w:rsidRPr="003022D3" w:rsidRDefault="003022D3" w:rsidP="003022D3">
+    <w:p w:rsidR="008F5D10" w:rsidRDefault="008F5D10">
       <w:pPr>
-        <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003B1AE7" w:rsidRDefault="003B1AE7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003B1AE7" w:rsidRDefault="003B1AE7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003B1AE7" w:rsidRDefault="003B1AE7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003B1AE7" w:rsidRDefault="003B1AE7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003B1AE7" w:rsidRDefault="003B1AE7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003B1AE7" w:rsidRDefault="003B1AE7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003B1AE7" w:rsidRDefault="003B1AE7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003B1AE7" w:rsidRDefault="003B1AE7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003B1AE7" w:rsidRDefault="003B1AE7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003B1AE7" w:rsidRDefault="003B1AE7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003B1AE7" w:rsidRDefault="003B1AE7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003B1AE7" w:rsidRDefault="003B1AE7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003B1AE7" w:rsidRDefault="003B1AE7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003B1AE7" w:rsidRDefault="003B1AE7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003B1AE7" w:rsidRDefault="003B1AE7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003B1AE7" w:rsidRDefault="003B1AE7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003B1AE7" w:rsidRDefault="003B1AE7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003B1AE7" w:rsidRDefault="003B1AE7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003B1AE7" w:rsidRDefault="003B1AE7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003B1AE7" w:rsidRPr="003B1AE7" w:rsidRDefault="003B1AE7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008F5D10" w:rsidRDefault="008F5D10">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003022D3">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+    </w:p>
+    <w:p w:rsidR="008F5D10" w:rsidRDefault="008F5D10">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>      Білімі: жоғары немесе жоғары оқу орнынан кейінгі, техникалық және кәсіптік</w:t>
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:tbl>
-[...151 lines deleted...]
-    <w:p w:rsidR="003022D3" w:rsidRPr="003022D3" w:rsidRDefault="003022D3" w:rsidP="003022D3">
+    <w:p w:rsidR="008F5D10" w:rsidRDefault="008F5D10">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...78 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="003022D3" w:rsidRPr="003022D3" w:rsidRDefault="003022D3" w:rsidP="003022D3">
+    <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10">
       <w:pPr>
-        <w:pStyle w:val="aa"/>
-[...1187 lines deleted...]
-          <w:sz w:val="20"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6160"/>
-        <w:gridCol w:w="3905"/>
+        <w:gridCol w:w="5468"/>
+        <w:gridCol w:w="3917"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003022D3" w:rsidRPr="003022D3" w:rsidTr="007C159E">
+      <w:tr w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidTr="008F5D10">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6160" w:type="dxa"/>
+            <w:tcW w:w="5468" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:ind w:left="-567" w:firstLine="567"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...5 lines deleted...]
-              </w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3905" w:type="dxa"/>
+            <w:tcW w:w="3917" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...1 lines deleted...]
-              <w:spacing w:after="0"/>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-                <w:sz w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...49 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="003022D3">
-[...12 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кПравиламназначения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="003022D3">
-[...6 lines deleted...]
-              <w:t>қағидаларына17-қосымша</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>надолжностипедагогов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>государственныхорганизаций</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidTr="007C159E">
+      <w:tr w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidTr="008F5D10">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6160" w:type="dxa"/>
+            <w:tcW w:w="5468" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="003022D3" w:rsidRDefault="003022D3" w:rsidP="007C159E">
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-              <w:lastRenderedPageBreak/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3905" w:type="dxa"/>
+            <w:tcW w:w="3917" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidTr="008F5D10">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5468" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="18"/>
-[...1 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3917" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>_________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AA5FEC">
-[...5 lines deleted...]
-              <w:t>Нысан</w:t>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>государственныйорган</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>объявившийконкурс</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="003022D3">
+    <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="008F5D10">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="z234"/>
-[...3 lines deleted...]
-          <w:b/>
+      <w:bookmarkStart w:id="1" w:name="z342"/>
+      <w:r w:rsidRPr="008F5D10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...72 lines deleted...]
-        <w:t xml:space="preserve"> бағалау парағы</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> ___________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="003022D3">
+    <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="008F5D10">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F5D10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Ф.И.О. кандидата (при его наличии), ИИН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="008F5D10">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA5FEC">
+      <w:r w:rsidRPr="008F5D10">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-        <w:t>      _________________________________________________________</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="003022D3">
+    <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="008F5D10">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F5D10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(должность, место работы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="008F5D10">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA5FEC">
+      <w:r w:rsidRPr="008F5D10">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-        <w:t>      (</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="008F5D10">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F5D10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="008F5D10">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F5D10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Фактическое место проживания, адрес прописки, контактный телефон</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="008F5D10">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="z343"/>
+    </w:p>
+    <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="008F5D10">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="z400"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="008F5D10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="008F5D10">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="z401"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="008F5D10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Прошу допустить меня к конкурсу на занятие вакантной/</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="008F5D10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>временно вакантной должности</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="008F5D10">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F5D10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="008F5D10">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008F5D10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(наименование организаций образования, адрес (область, район, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00AA5FEC">
+      <w:r w:rsidRPr="008F5D10">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-        <w:t>Тегі</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>город\село</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00AA5FEC">
+      <w:r w:rsidRPr="008F5D10">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="008F5D10">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F5D10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F5D10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F5D10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>настоящее</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F5D10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F5D10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>время работаю ___________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="008F5D10">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008F5D10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(должность, наименование организации, адрес (область, район, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00AA5FEC">
+      <w:r w:rsidRPr="008F5D10">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-        <w:t>аты</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>город\село</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00AA5FEC">
+      <w:r w:rsidRPr="008F5D10">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-        <w:t xml:space="preserve">, әкесінің </w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00AA5FEC">
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="008F5D10">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F5D10">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-        <w:t>аты</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00AA5FEC">
+    </w:p>
+    <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="008F5D10">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F5D10">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...16 lines deleted...]
-        <w:t>))</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Образование: высшее или послевузовское, техническое и профессиональное</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10915" w:type="dxa"/>
+        <w:tblW w:w="9681" w:type="dxa"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3728"/>
+        <w:gridCol w:w="2693"/>
+        <w:gridCol w:w="3260"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidTr="008F5D10">
+        <w:trPr>
+          <w:trHeight w:val="323"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3728" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="5" w:name="z402"/>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование учебного заведения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="5"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Период обучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Специальность по диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidTr="008F5D10">
+        <w:trPr>
+          <w:trHeight w:val="333"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3728" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="008F5D10">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="z410"/>
+      <w:r w:rsidRPr="008F5D10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Наличие квалификационной категории (дата присвоения (подтверждения) при его наличии):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="008F5D10">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F5D10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="008F5D10">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F5D10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Стаж работы:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9823" w:type="dxa"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1034"/>
+        <w:gridCol w:w="2127"/>
+        <w:gridCol w:w="3260"/>
+        <w:gridCol w:w="3402"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidTr="008F5D10">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="7" w:name="z411"/>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Общий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="7"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагогический</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>По специальности (для специалистов субъектов предпринимательства)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>В данной организации образования, в том числе на занимаемой должности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidTr="008F5D10">
+        <w:trPr>
+          <w:trHeight w:val="341"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1034" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="008F5D10">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="z423"/>
+      <w:r w:rsidRPr="008F5D10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Имею следующие результаты работы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F5D10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F5D10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="008F5D10">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F5D10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Награды, звания, степень, ученая степень, ученое звание, а также </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F5D10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>дополнительныесведения</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F5D10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (при наличии)______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="008F5D10">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F5D10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>В соответствии с пунктом 1 статьи 8 Закона Республики Казахстан</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008F5D10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>"О</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008F5D10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> персональных данных и их защите" даю согласие на обработку </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F5D10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>моихперсональных</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F5D10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> данных, без ограничения срока, любыми законными </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F5D10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>способами,соответствующими</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F5D10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> целям обработки персональных данных (для использования </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F5D10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>фото,видео</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F5D10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, в том числе в информационных системах персональных </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F5D10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>данныхс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F5D10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> использованием средств автоматизации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="008F5D10">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F5D10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>или без использования таких средств).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="008F5D10">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F5D10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Я согласен</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008F5D10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008F5D10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>а) _________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="008F5D10">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F5D10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(Ф.И.О. (при его наличии)) (подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="008F5D10">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F5D10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>"____" ______________20___года ____________________ /подпись</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblInd w:w="-552" w:type="dxa"/>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5645"/>
+        <w:gridCol w:w="3740"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidTr="00D92D78">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003B1AE7" w:rsidRPr="008D73C2" w:rsidRDefault="003B1AE7" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Приложение 17</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам назначения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>на должности, освобождения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>от должностей первых</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>руководителей и педагогов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>государственных организаций</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidTr="00D92D78">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="008F5D10">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="z587"/>
+      <w:r w:rsidRPr="008F5D10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Оценочный лист кандидата со стажем на вакантную или временно вакантную должность педагога</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="008F5D10">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="z588"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="008F5D10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="008F5D10">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008F5D10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10390" w:type="dxa"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="-501" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="567"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="4678"/>
+        <w:gridCol w:w="467"/>
+        <w:gridCol w:w="2034"/>
+        <w:gridCol w:w="4111"/>
+        <w:gridCol w:w="3778"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidTr="007C159E">
+      <w:tr w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidTr="003B1AE7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...13 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="11" w:name="z589"/>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...1 lines deleted...]
-            <w:tcW w:w="1701" w:type="dxa"/>
+        <w:bookmarkEnd w:id="11"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2034" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...21 lines deleted...]
-            <w:tcW w:w="3969" w:type="dxa"/>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...31 lines deleted...]
-            <w:tcW w:w="4678" w:type="dxa"/>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Подтверждающий документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3778" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...62 lines deleted...]
-              <w:t>)</w:t>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="12" w:name="z592"/>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Кол-во баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="12"/>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(от 1 до 30)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidTr="007C159E">
+      <w:tr w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidTr="003B1AE7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00AA5FEC">
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="13" w:name="z595"/>
+            <w:r w:rsidRPr="008F5D10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...1 lines deleted...]
-            <w:tcW w:w="1701" w:type="dxa"/>
+        <w:bookmarkEnd w:id="13"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2034" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...54 lines deleted...]
-            <w:tcW w:w="3969" w:type="dxa"/>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...74 lines deleted...]
-            <w:tcW w:w="4678" w:type="dxa"/>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3778" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...18 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="14" w:name="z598"/>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00AA5FEC">
-[...6 lines deleted...]
-              <w:t>пт</w:t>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Техническое</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00AA5FEC">
-[...69 lines deleted...]
-              <w:t>Магистр = 5 балл</w:t>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и профессиональное = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="14"/>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Высшее</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Высшее</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с отличием = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Магистр = 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidTr="007C159E">
+      <w:tr w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidTr="003B1AE7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00AA5FEC">
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="15" w:name="z603"/>
+            <w:r w:rsidRPr="008F5D10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...1 lines deleted...]
-            <w:tcW w:w="1701" w:type="dxa"/>
+        <w:bookmarkEnd w:id="15"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2034" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...23 lines deleted...]
-            <w:tcW w:w="3969" w:type="dxa"/>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ученая/академическая степень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...74 lines deleted...]
-            <w:tcW w:w="4678" w:type="dxa"/>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3778" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...79 lines deleted...]
-              <w:t>Ғылым кандидаты = 10 балл</w:t>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="16" w:name="z606"/>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="16"/>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Доктор наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Кандидат наук = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidTr="007C159E">
+      <w:tr w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidTr="003B1AE7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00AA5FEC">
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="17" w:name="z610"/>
+            <w:r w:rsidRPr="008F5D10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...1 lines deleted...]
-            <w:tcW w:w="1701" w:type="dxa"/>
+        <w:bookmarkEnd w:id="17"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2034" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...65 lines deleted...]
-            <w:tcW w:w="3969" w:type="dxa"/>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  Квалификационная категория </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...43 lines deleted...]
-            <w:tcW w:w="4678" w:type="dxa"/>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3778" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...9 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="18" w:name="z613"/>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AA5FEC">
-[...6 lines deleted...]
-              <w:t>Педагог=</w:t>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>педагог=</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AA5FEC">
-[...406 lines deleted...]
-              <w:t xml:space="preserve"> = 7 балл</w:t>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="18"/>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>педагог-модератор = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>педагог-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>педагог-исследователь = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>педагог-мастер = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>"заместитель руководителя третьей квалификационной категории" = 5 баллов, "заместитель руководителя второй квалификационной категории" = 6 баллов, "заместитель руководителя первой квалификационной категории" = 7 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidTr="007C159E">
+      <w:tr w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidTr="003B1AE7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00AA5FEC">
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="19" w:name="z620"/>
+            <w:r w:rsidRPr="008F5D10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...1 lines deleted...]
-            <w:tcW w:w="1701" w:type="dxa"/>
+        <w:bookmarkEnd w:id="19"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2034" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...43 lines deleted...]
-            <w:tcW w:w="3969" w:type="dxa"/>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Опыт административной и методической деятельности </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...63 lines deleted...]
-            <w:tcW w:w="4678" w:type="dxa"/>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3778" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Әдіскер, лауазымдағы жұмыс өтілі 2 жылға </w:t>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="20" w:name="z623"/>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Методист, стаж в должности до двух лет = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="20"/>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Методист, стаж в должности более двух </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AA5FEC">
-[...6 lines deleted...]
-              <w:t>дейін</w:t>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>лет=</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AA5FEC">
-[...351 lines deleted...]
-              <w:t xml:space="preserve"> = 5 балл</w:t>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Заместитель директора стаж в должности не до двух т = 3 балла; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Заместитель директора стаж в должности более двух лет = 4 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Директор стаж в должности до двух лет = 4 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Директор стаж в должности более двух лет = 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidTr="007C159E">
+      <w:tr w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidTr="003B1AE7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00AA5FEC">
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="21" w:name="z630"/>
+            <w:r w:rsidRPr="008F5D10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...1 lines deleted...]
-            <w:tcW w:w="1701" w:type="dxa"/>
+        <w:bookmarkEnd w:id="21"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2034" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...94 lines deleted...]
-            <w:tcW w:w="3969" w:type="dxa"/>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Рекомендательное письмо с предыдущего места работы (по должности педагога) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Ұсыным хат (педагог </w:t>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  Рекомендательное письмо (по должности педагога </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AA5FEC">
-[...6 lines deleted...]
-              <w:t>лауазымы</w:t>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>c</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AA5FEC">
-[...52 lines deleted...]
-            <w:tcW w:w="4678" w:type="dxa"/>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> предыдущего места работы) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3778" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...37 lines deleted...]
-              <w:t xml:space="preserve"> = 3 балл</w:t>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Наличие положительного рекомендательного письма = 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidTr="007C159E">
+      <w:tr w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidTr="003B1AE7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...23 lines deleted...]
-            <w:tcW w:w="1701" w:type="dxa"/>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="22" w:name="z635"/>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6.*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="22"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2034" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...18 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00AA5FEC">
-[...6 lines deleted...]
-              <w:t>ст</w:t>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Показатели профессиональных достижений (за последние 5 лет)</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00AA5FEC">
-[...12 lines deleted...]
-            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...277 lines deleted...]
-            <w:tcW w:w="4678" w:type="dxa"/>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="23" w:name="z637"/>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="23"/>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- государственная награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3778" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...142 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="24" w:name="z640"/>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1) призеры городских/районных олимпиад и конкурсов = 0,5 балла, </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="24"/>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00AA5FEC">
-[...6 lines deleted...]
-              <w:t>к</w:t>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>областных</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00AA5FEC">
-[...108 lines deleted...]
-              <w:t xml:space="preserve"> = 10 балл.</w:t>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> =1 балл, республиканских =2 балла, международных = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2) научных проектов: городской/районный =0,5 балла, областной - 1 балл, республиканский -2 балла, международный – 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3) участник конкурса "Лучший педагог" = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4) призер конкурса "Лучший педагог" = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>5) обладатель медали "Қазақстанеңбексіңіргенұстазы" = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidTr="007C159E">
+      <w:tr w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidTr="003B1AE7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...16 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="25" w:name="z647"/>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...1 lines deleted...]
-            <w:tcW w:w="1701" w:type="dxa"/>
+        <w:bookmarkEnd w:id="25"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2034" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...23 lines deleted...]
-            <w:tcW w:w="3969" w:type="dxa"/>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Методическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...34 lines deleted...]
-            <w:tcW w:w="4678" w:type="dxa"/>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-авторские работы и публикации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3778" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...18 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="26" w:name="z650"/>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МП РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="26"/>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00AA5FEC">
-[...6 lines deleted...]
-              <w:t>Р</w:t>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">наличие публикации по научно-исследовательской деятельности, включенный в перечень КОКСО, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00AA5FEC">
-[...370 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidTr="007C159E">
+      <w:tr w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidTr="003B1AE7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...17 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="27" w:name="z654"/>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...1 lines deleted...]
-            <w:tcW w:w="1701" w:type="dxa"/>
+        <w:bookmarkEnd w:id="27"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2034" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...43 lines deleted...]
-            <w:tcW w:w="3969" w:type="dxa"/>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...63 lines deleted...]
-            <w:tcW w:w="4678" w:type="dxa"/>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Документ, подтверждающий общественно-педагогическую деятельность </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3778" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...263 lines deleted...]
-              <w:t>) = 5 балл.</w:t>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="28" w:name="z657"/>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="28"/>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>руководство МО = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>преподавание на 2 языках, русский/казахский = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>иностранный/русский, иностранный/казахский) = 3 балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>преподавание на 3 языках (казахский, русский, иностранный) = 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidTr="007C159E">
+      <w:tr w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidTr="003B1AE7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00AA5FEC">
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="29" w:name="z663"/>
+            <w:r w:rsidRPr="008F5D10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...1 lines deleted...]
-            <w:tcW w:w="1701" w:type="dxa"/>
+        <w:bookmarkEnd w:id="29"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2034" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...34 lines deleted...]
-            <w:tcW w:w="3969" w:type="dxa"/>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Курсовая подготовка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...17 lines deleted...]
-              <w:t xml:space="preserve">- </w:t>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="30" w:name="z665"/>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="30"/>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - сертификат на цифровую грамотность, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> КАЗТЕСТ,  IELTS;  TOEFL; DELF;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>GoetheZertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00AA5FEC">
-[...6 lines deleted...]
-              <w:t>п</w:t>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>обучение по программам</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00AA5FEC">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">әндік даярлық </w:t>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "Основы программирования в </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AA5FEC">
-[...6 lines deleted...]
-              <w:t>сертификаттары</w:t>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Python</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AA5FEC">
-[...87 lines deleted...]
-              <w:t xml:space="preserve">DELF </w:t>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">", "Обучение работе с </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AA5FEC">
-[...6 lines deleted...]
-              <w:t>сертификаттары</w:t>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Microsoft</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AA5FEC">
-[...19 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AA5FEC">
-[...6 lines deleted...]
-              <w:t>Goethe</w:t>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>КурсераМеждународныекурсы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AA5FEC">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>TEFL Cambridge "CELTA(Certificate in Teaching English to Speakers of Other Languages) CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages) CELT-S (Certificate in English Language Teaching – Secondary) "</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AA5FEC">
-[...6 lines deleted...]
-              <w:t>Zertifikat</w:t>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>TKTTeaching</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AA5FEC">
-[...6 lines deleted...]
-              <w:t>, "</w:t>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Knowledge Test" Certificate in EMI Skills (English as a Medium of Instruction) Teacher of English to Speakers of Other Languages (TESOL) "</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AA5FEC">
-[...6 lines deleted...]
-              <w:t>Python</w:t>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>TESOL"Certificate</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AA5FEC">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in teaching English for young learners International House Certificate in Teaching English as a Foreign Language (IHC) IHCYLT - International House Certificate In Teaching Young Learners and Teenagers Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Assessment for Learning: Formative Assessment in Science and </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AA5FEC">
-[...6 lines deleted...]
-              <w:t>тілінде</w:t>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Maths</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AA5FEC">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> бағдарламалау </w:t>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teaching Online Teaching for Educators: Development and Delivery Educational Management Key Ideas in Mentoring Mathematics Teachers </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AA5FEC">
-[...6 lines deleted...]
-              <w:t>негіздері</w:t>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Курсынаплатформе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Coursera</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AA5FEC">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">" бағдарламалары </w:t>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AA5FEC">
-[...6 lines deleted...]
-              <w:t>бойынша</w:t>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Futute</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AA5FEC">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> оқыту, "</w:t>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Teaching Mathematics with Technology Special Educational </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AA5FEC">
-[...6 lines deleted...]
-              <w:t>Microsoft</w:t>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Needs"Developing</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AA5FEC">
-[...36 lines deleted...]
-                <w:sz w:val="18"/>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...496 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> expertise in teaching chemistry"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4678" w:type="dxa"/>
+            <w:tcW w:w="3778" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...86 lines deleted...]
-              <w:t>)</w:t>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>курсы повышения квалификации по программам, согласованным с уполномоченным органом в области образования, реализуемым организациями повышения квалификации = 0,5 балла (каждый отдельно)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidTr="007C159E">
+      <w:tr w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidTr="003B1AE7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="6612" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...24 lines deleted...]
-            <w:gridSpan w:val="2"/>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="31" w:name="z696"/>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="31"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3778" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...13 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="003022D3">
+    <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="008F5D10">
       <w:pPr>
-        <w:spacing w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA5FEC">
+      <w:bookmarkStart w:id="32" w:name="z699"/>
+      <w:r w:rsidRPr="008F5D10">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-        <w:t xml:space="preserve">      * жеңімпаздар </w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      Примечание:</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00AA5FEC">
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="008F5D10">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F5D10">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...24 lines deleted...]
-        <w:t xml:space="preserve"> мен конкурстардың әрбі</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">* В 6 пункте </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00AA5FEC">
+      <w:r w:rsidRPr="008F5D10">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-        <w:t>р</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>учитывается</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00AA5FEC">
+      <w:r w:rsidRPr="008F5D10">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...48 lines deleted...]
-        <w:t xml:space="preserve"> мен конкурстардың жүлдегерлері = 1 балл, республикалық = 2 балл, халықаралық = 3 балл;</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> призеры за последние пять лет по каждому уровню (городской/районный) олимпиад и конкурсов 0,5 баллов независимо о количества победителей, призеры областных олимпиад и конкурсов - 1 балла, республиканских =2 балла, международных = 3 балла</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="003022D3">
+    <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="008F5D10">
       <w:pPr>
-        <w:spacing w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA5FEC">
+      <w:r w:rsidRPr="008F5D10">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-        <w:t xml:space="preserve">      ғылыми </w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>научных проектов: городской/районный = 1 балл, областной - 1 балл, республиканский -2 балла, международный – 3 балла соответственно</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00AA5FEC">
+      <w:r w:rsidR="003B1AE7" w:rsidRPr="003B1AE7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-        <w:t>жобалар</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00AA5FEC">
+      <w:r w:rsidRPr="008F5D10">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...66 lines deleted...]
-        <w:t xml:space="preserve"> мен конкурстардың жүлдегерлері = 3 балл</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>призеры республиканских олимпиад и конкурсов = 3 балла</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6705"/>
-        <w:gridCol w:w="4125"/>
+        <w:gridCol w:w="5645"/>
+        <w:gridCol w:w="3740"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidTr="007C159E">
+      <w:tr w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidTr="00D92D78">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...1 lines deleted...]
-              <w:spacing w:after="0"/>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...5 lines deleted...]
-              </w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...1 lines deleted...]
-              <w:spacing w:after="0"/>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-[...269 lines deleted...]
-                <w:sz w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 18</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...74 lines deleted...]
-                <w:sz w:val="18"/>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам назначения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00AA5FEC">
-[...5 lines deleted...]
-              <w:t>18-қосымша</w:t>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>на должности, освобождения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>от должностей первых</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>руководителей и педагогов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>государственных организаций</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidTr="007C159E">
+      <w:tr w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidTr="00D92D78">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...1 lines deleted...]
-              <w:spacing w:after="0"/>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...6 lines deleted...]
-              <w:lastRenderedPageBreak/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...1 lines deleted...]
-              <w:spacing w:after="0"/>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="18"/>
-[...11 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="003022D3">
+    <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="008F5D10">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="z236"/>
-      <w:r w:rsidRPr="00AA5FEC">
+      <w:bookmarkStart w:id="33" w:name="z702"/>
+      <w:r w:rsidRPr="008F5D10">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...72 lines deleted...]
-        <w:t xml:space="preserve"> бағалау парағы</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Оценочный лист кандидата без стажа на вакантную или временно вакантную должность педагога</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10774" w:type="dxa"/>
-[...1 lines deleted...]
-        <w:tblInd w:w="-411" w:type="dxa"/>
+        <w:tblW w:w="10390" w:type="dxa"/>
+        <w:tblInd w:w="-931" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="568"/>
+        <w:gridCol w:w="609"/>
         <w:gridCol w:w="4394"/>
         <w:gridCol w:w="2552"/>
-        <w:gridCol w:w="3260"/>
+        <w:gridCol w:w="2835"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidTr="007C159E">
+      <w:tr w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidTr="008F5D10">
         <w:trPr>
           <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="609" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="2"/>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00AA5FEC">
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="34" w:name="z703"/>
+            <w:bookmarkEnd w:id="33"/>
+            <w:r w:rsidRPr="008F5D10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:bookmarkEnd w:id="34"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...17 lines deleted...]
-              <w:t>Өлшемшарттар</w:t>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...40 lines deleted...]
-            </w:tcBorders>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Подтверждающий документ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...69 lines deleted...]
-              <w:t>)</w:t>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="35" w:name="z706"/>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  Кол-во баллов </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="35"/>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(от 1 до 30)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidTr="007C159E">
+      <w:tr w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidTr="008F5D10">
         <w:trPr>
           <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="609" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00AA5FEC">
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="36" w:name="z709"/>
+            <w:r w:rsidRPr="008F5D10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:bookmarkEnd w:id="36"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...48 lines deleted...]
-              <w:t xml:space="preserve"> деңгейі</w:t>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...80 lines deleted...]
-            </w:tcBorders>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...18 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="37" w:name="z712"/>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00AA5FEC">
-[...6 lines deleted...]
-              <w:t>пт</w:t>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Техническое</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00AA5FEC">
-[...28 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и профессиональное - 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="37"/>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00AA5FEC">
-[...6 lines deleted...]
-              <w:t>пт</w:t>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Техническое</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00AA5FEC">
-[...68 lines deleted...]
-              <w:t>) = 4 балл</w:t>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и профессиональное с отличием -2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Высшее</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Магистр (по педагогическим направлениям) - 4 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidTr="007C159E">
+      <w:tr w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidTr="008F5D10">
         <w:trPr>
           <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="609" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00AA5FEC">
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="38" w:name="z717"/>
+            <w:r w:rsidRPr="008F5D10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:bookmarkEnd w:id="38"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...17 lines deleted...]
-              <w:t>Ғылыми/академиялық дәрежесі</w:t>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ученая/академическая степень</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...80 lines deleted...]
-            </w:tcBorders>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...79 lines deleted...]
-              <w:t>Ғылым кандидаты = 5 балл</w:t>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="39" w:name="z720"/>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PHD-доктор - 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="39"/>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Доктор наук - 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Кандидат наук - 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidTr="007C159E">
+      <w:tr w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidTr="008F5D10">
         <w:trPr>
           <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="609" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00AA5FEC">
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="40" w:name="z724"/>
+            <w:r w:rsidRPr="008F5D10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:bookmarkEnd w:id="40"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...28 lines deleted...]
-              <w:t xml:space="preserve"> өту нәтижелері</w:t>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Результаты прохождения сертификации </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00AA5FEC">
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...59 lines deleted...]
-              <w:t>80-100% – 6 балл</w:t>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="41" w:name="z727"/>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>50 % - 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="41"/>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>60-80 % - 4 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>80-100% – 6 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidTr="007C159E">
+      <w:tr w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidTr="008F5D10">
         <w:trPr>
           <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="609" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00AA5FEC">
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="42" w:name="z731"/>
+            <w:r w:rsidRPr="008F5D10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:bookmarkEnd w:id="42"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...37 lines deleted...]
-              <w:t xml:space="preserve">әсіби практика нәтижелері </w:t>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Результаты педагогической/ профессиональной практики</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...80 lines deleted...]
-            </w:tcBorders>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...59 lines deleted...]
-              <w:t>"5" – 4 балл</w:t>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="43" w:name="z734"/>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>"3" - 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="43"/>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>"4" - 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>"5" – 4 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidTr="007C159E">
+      <w:tr w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidTr="008F5D10">
         <w:trPr>
           <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="609" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00AA5FEC">
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="44" w:name="z738"/>
+            <w:r w:rsidRPr="008F5D10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:bookmarkEnd w:id="44"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...48 lines deleted...]
-              <w:t xml:space="preserve"> ұсыным хат</w:t>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  Рекомендательное письмо с места учебы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...29 lines deleted...]
-            </w:tcBorders>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...37 lines deleted...]
-              <w:t xml:space="preserve"> = 3 балл</w:t>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Наличие положительного рекомендательного письма = 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidTr="007C159E">
+      <w:tr w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidTr="008F5D10">
         <w:trPr>
           <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="609" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00AA5FEC">
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="45" w:name="z743"/>
+            <w:r w:rsidRPr="008F5D10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:bookmarkEnd w:id="45"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...39 lines deleted...]
-              <w:t xml:space="preserve"> жұмысқа қатысу</w:t>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Участие в волонтерской работе</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...29 lines deleted...]
-            </w:tcBorders>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Документ участия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00AA5FEC">
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidTr="007C159E">
+      <w:tr w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidTr="008F5D10">
         <w:trPr>
           <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="609" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00AA5FEC">
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="46" w:name="z748"/>
+            <w:r w:rsidRPr="008F5D10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:bookmarkEnd w:id="46"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...138 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ведение странички интернета, социальных сетей с публикацией о педагогической деятельности (публикации авторских научных проектов, уроки, семинары</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> )</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...31 lines deleted...]
-            </w:tcBorders>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ссылки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...179 lines deleted...]
-              <w:t xml:space="preserve"> жоғары -3 балл</w:t>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="47" w:name="z751"/>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>до 1 года -1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="47"/>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>от 1 до 3 лет -2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>от 3 лет -3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidTr="007C159E">
+      <w:tr w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidTr="008F5D10">
         <w:trPr>
           <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="609" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00AA5FEC">
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="48" w:name="z755"/>
+            <w:r w:rsidRPr="008F5D10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:bookmarkEnd w:id="48"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...17 lines deleted...]
-              <w:t>Жазғы лагерьлердің жұмысына қатысу</w:t>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Участие в работе летних лагерей</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...29 lines deleted...]
-            </w:tcBorders>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Документ участия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...17 lines deleted...]
-              <w:t>2 балл</w:t>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidTr="007C159E">
+      <w:tr w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidTr="008F5D10">
         <w:trPr>
           <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="609" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00AA5FEC">
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="49" w:name="z760"/>
+            <w:r w:rsidRPr="008F5D10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:bookmarkEnd w:id="49"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...97 lines deleted...]
-              <w:t>, шығармашылык және т.б.)</w:t>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Участие в конкурсах по месту учебы (научных проектов, творческих и др.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...29 lines deleted...]
-            </w:tcBorders>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Документ участия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...69 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>За каждое участие 1 балл, но не более 4 баллов</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidTr="007C159E">
+      <w:tr w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidTr="008F5D10">
         <w:trPr>
           <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="609" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00AA5FEC">
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="50" w:name="z765"/>
+            <w:r w:rsidRPr="008F5D10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> ҚАЗТЕСТ, IELTS; TOEFL; DELF; </w:t>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="51" w:name="z766"/>
+            <w:bookmarkEnd w:id="50"/>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Наличие сертификатов КАЗТЕСТ, </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="51"/>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IELTS; TOEFL; DELF; </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AA5FEC">
-[...6 lines deleted...]
-              <w:t>Goethe</w:t>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>GoetheZertifikat</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AA5FEC">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>обучение по программам</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "Основы программирования в </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AA5FEC">
-[...6 lines deleted...]
-              <w:t>Zertifikat</w:t>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Python</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AA5FEC">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">", "Обучение работе с </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AA5FEC">
-[...6 lines deleted...]
-              <w:t>сертификаттары</w:t>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Microsoft</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AA5FEC">
-[...7 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AA5FEC">
-[...6 lines deleted...]
-              <w:t>Python</w:t>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>КурсераМеждународныекурсы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AA5FEC">
-[...7 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>TEFL Cambridge  "CELTA(Certificate in Teaching English to Speakers of Other Languages)"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary) DELTA (Diploma in Teaching English to Speakers of Other Languages) CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AA5FEC">
-[...6 lines deleted...]
-              <w:t>негіздері</w:t>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>TKT"Teaching</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AA5FEC">
-[...6 lines deleted...]
-              <w:t>", "</w:t>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Knowledge </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AA5FEC">
-[...16 lines deleted...]
-              <w:t>та</w:t>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>TestCertificate</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:proofErr w:type="gramEnd"/>
-[...56 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...14 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:t xml:space="preserve"> in EMI Skills (English as a Medium of Instruction)"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AA5FEC">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00AA5FEC">
+            <w:r w:rsidRPr="008F5D10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>:</w:t>
-[...170 lines deleted...]
-              <w:t>"TESOL"</w:t>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL)"TESOL"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00AA5FEC">
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...37 lines deleted...]
-              <w:t>қайсына бөлек)</w:t>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>плюс 1 балл (за каждый отдельно)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidTr="007C159E">
+      <w:tr w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidTr="008F5D10">
         <w:trPr>
           <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4962" w:type="dxa"/>
-[...6 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="609" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...30 lines deleted...]
-            </w:tcBorders>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003022D3" w:rsidRPr="00AA5FEC" w:rsidRDefault="003022D3" w:rsidP="007C159E">
-[...13 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F5D10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008F5D10" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="00D92D78">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001F4BA9" w:rsidRPr="00B50873" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+    <w:p w:rsidR="00F04623" w:rsidRPr="008F5D10" w:rsidRDefault="008F5D10" w:rsidP="008F5D10">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...7 lines deleted...]
-          <w:szCs w:val="21"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="008F5D10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
     </w:p>
-    <w:sectPr w:rsidR="001F4BA9" w:rsidRPr="00B50873" w:rsidSect="003022D3">
-[...2 lines deleted...]
-      <w:cols w:space="720"/>
+    <w:sectPr w:rsidR="00F04623" w:rsidRPr="008F5D10" w:rsidSect="00AC0DCC">
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:cols w:space="708"/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...40 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...1026 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat>
-[...1 lines deleted...]
-  </w:compat>
+  <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00F410E4"/>
-[...686 lines deleted...]
-    <w:rsid w:val="00FF7747"/>
+    <w:rsidRoot w:val="006C08D1"/>
+    <w:rsid w:val="00193F19"/>
+    <w:rsid w:val="00351F09"/>
+    <w:rsid w:val="003B1AE7"/>
+    <w:rsid w:val="003D2E7F"/>
+    <w:rsid w:val="00407E9D"/>
+    <w:rsid w:val="006C08D1"/>
+    <w:rsid w:val="00744B3D"/>
+    <w:rsid w:val="008D73C2"/>
+    <w:rsid w:val="008F5D10"/>
+    <w:rsid w:val="009429E0"/>
+    <w:rsid w:val="00AC0DCC"/>
+    <w:rsid w:val="00BA7A57"/>
+    <w:rsid w:val="00D30866"/>
+    <w:rsid w:val="00D92D78"/>
+    <w:rsid w:val="00F04623"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="10242"/>
+    <o:shapedefaults v:ext="edit" spidmax="5122"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
-[...401 lines deleted...]
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
@@ -18969,251 +11162,391 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00D30866"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:styleId="a3">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00D30866"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00F04623"/>
+    <w:rPr>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D30866"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="a3">
-[...48 lines deleted...]
-    <w:rsid w:val="00E702C2"/>
+  <w:style w:type="table" w:styleId="a3">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00D30866"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-[...1 lines deleted...]
-      <w:szCs w:val="18"/>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
-  </w:style>
-[...31 lines deleted...]
-    </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a9">
-[...8 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
-    <w:div w:id="335617763">
+    <w:div w:id="397048995">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1190070608">
-[...12 lines deleted...]
-    <w:div w:id="1199471041">
+    <w:div w:id="1897206057">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr-nobd.edu.kz/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sosh7@goo.edu.kz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr-nobd.edu.kz/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr-nobd.edu.kz/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sosh7@goo.edu.kz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -19247,84 +11580,86 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -19455,87 +11790,74 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>2471</Words>
-  <Characters>14090</Characters>
+  <Words>2580</Words>
+  <Characters>14706</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>117</Lines>
-  <Paragraphs>33</Paragraphs>
+  <Lines>122</Lines>
+  <Paragraphs>34</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>16528</CharactersWithSpaces>
+  <CharactersWithSpaces>17252</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Gulnar</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>14</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>