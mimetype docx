--- v0 (2025-12-05)
+++ v1 (2025-12-20)
@@ -1,147 +1,254 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00135582" w:rsidRDefault="00326717" w:rsidP="00326717">
+    <w:p w:rsidR="00A636FB" w:rsidRPr="00A636FB" w:rsidRDefault="00A636FB" w:rsidP="00A636FB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1812"/>
         </w:tabs>
         <w:ind w:right="535"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B341D0">
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Көркем еңбек</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A636FB">
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">План  работы  методического  объединения  учителей  </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00135582">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A636FB">
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>художественного труда и музыки</w:t>
+        <w:t>және</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A636FB">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> музыка </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A636FB">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>мұғалімдерінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A636FB">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A636FB">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>әдістемелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A636FB">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A636FB">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>бірлестігінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A636FB">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A636FB">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A636FB">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A636FB">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>жоспары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00326717" w:rsidRPr="00B341D0" w:rsidRDefault="00326717" w:rsidP="00326717">
+    <w:p w:rsidR="00326717" w:rsidRPr="00B341D0" w:rsidRDefault="00A636FB" w:rsidP="00326717">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1812"/>
         </w:tabs>
         <w:ind w:right="535"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B341D0">
+      <w:r w:rsidRPr="00A636FB">
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>на  20</w:t>
+        <w:t xml:space="preserve"> 2024-2025 </w:t>
       </w:r>
-      <w:r w:rsidR="006A1F36">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A636FB">
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>2</w:t>
+        <w:t>оқу</w:t>
       </w:r>
-      <w:r w:rsidR="00E07FC7">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A636FB">
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B341D0">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A636FB">
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – 20</w:t>
+        <w:t>жылына</w:t>
       </w:r>
-      <w:r w:rsidR="006A1F36">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A636FB">
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>2</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E07FC7">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A636FB">
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>арналған</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B341D0">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A636FB">
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">  учебный  год.</w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="00326717">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1812"/>
         </w:tabs>
         <w:ind w:left="1620" w:right="1620"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="10672" w:type="dxa"/>
         <w:tblInd w:w="-601" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
@@ -393,108 +500,164 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">1  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5112" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1812"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="00E07FC7">
+          <w:p w:rsidR="00326717" w:rsidRDefault="00894B92" w:rsidP="00894B92">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...46 lines deleted...]
-              <w:t xml:space="preserve">  учебный год.</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00894B92">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Әдістемелік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00894B92">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00894B92">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бірлестіктің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00894B92">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2023 - 2024 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00894B92">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00894B92">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00894B92">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00894B92">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жылындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00894B92">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00894B92">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жұмысын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00894B92">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00894B92">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>талдау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00894B92">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2628" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2772"/>
               </w:tabs>
               <w:ind w:right="72"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2772"/>
               </w:tabs>
               <w:ind w:right="72"/>
@@ -510,80 +673,82 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Тлеубаева</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">  К.К.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1656" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
+          <w:p w:rsidR="00330A72" w:rsidRDefault="00330A72" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2772"/>
               </w:tabs>
               <w:ind w:right="72"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
+          <w:p w:rsidR="00326717" w:rsidRDefault="00330A72" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2772"/>
               </w:tabs>
               <w:ind w:right="72"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00330A72">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қыркүйек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00326717" w:rsidTr="000A3C34">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1812"/>
               </w:tabs>
               <w:ind w:right="1620"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1812"/>
               </w:tabs>
@@ -595,135 +760,166 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5112" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1812"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
-[...83 lines deleted...]
-              <w:t xml:space="preserve"> учебный год.</w:t>
+          <w:p w:rsidR="00330A72" w:rsidRPr="00330A72" w:rsidRDefault="00330A72" w:rsidP="00330A72">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1812"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00330A72">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Мұғалімдердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00330A72">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00330A72">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00330A72">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00330A72">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жоспарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00330A72">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00330A72">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>талқылау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00326717" w:rsidRDefault="00330A72" w:rsidP="00330A72">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1812"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00330A72">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2024-2025 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00330A72">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00330A72">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00330A72">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жылы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00330A72">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2628" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2772"/>
               </w:tabs>
               <w:ind w:right="72"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2772"/>
               </w:tabs>
               <w:ind w:right="72"/>
@@ -751,68 +947,70 @@
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> К.К.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1656" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2772"/>
               </w:tabs>
               <w:ind w:right="72"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
+          <w:p w:rsidR="00326717" w:rsidRDefault="00330A72" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2772"/>
               </w:tabs>
               <w:ind w:right="72"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00330A72">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қыркүйек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00326717" w:rsidTr="000A3C34">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1812"/>
               </w:tabs>
               <w:ind w:right="1620"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1812"/>
               </w:tabs>
@@ -824,199 +1022,270 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5112" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1812"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
-[...14 lines deleted...]
-              <w:t xml:space="preserve">Обсуждение </w:t>
+          <w:p w:rsidR="00330A72" w:rsidRPr="00330A72" w:rsidRDefault="00330A72" w:rsidP="00330A72">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1812"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00330A72">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Күнтізбелік-тақырыптық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00330A72">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00330A72">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>талқылау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00326717" w:rsidRDefault="00330A72" w:rsidP="00330A72">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1812"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00330A72">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>мұғ</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r>
-[...4 lines deleted...]
-              <w:t>календарно-тематического</w:t>
+            <w:r w:rsidRPr="00330A72">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ал</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-          </w:p>
-[...31 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00330A72">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>імнің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00330A72">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00330A72">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>өнер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00330A72">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00330A72">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>музыканы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00330A72">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00330A72">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жоспарлауы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00330A72">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2628" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2772"/>
               </w:tabs>
               <w:ind w:right="72"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
+          <w:p w:rsidR="00326717" w:rsidRPr="00E8347D" w:rsidRDefault="00326717" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2772"/>
               </w:tabs>
               <w:ind w:right="72"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-[...8 lines deleted...]
-          </w:p>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E8347D">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>М</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00E8347D">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ұғалімдер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1656" w:type="dxa"/>
+          </w:tcPr>
           <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2772"/>
               </w:tabs>
               <w:ind w:right="72"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-        </w:tc>
-[...4 lines deleted...]
-          <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
+          <w:p w:rsidR="00326717" w:rsidRDefault="00330A72" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2772"/>
               </w:tabs>
               <w:ind w:right="72"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...17 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00330A72">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қыркүйек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00326717" w:rsidTr="000A3C34">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1812"/>
               </w:tabs>
               <w:ind w:right="1620"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00326717" w:rsidRDefault="00E07FC7" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1812"/>
               </w:tabs>
@@ -1028,96 +1297,155 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5112" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1812"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="00135582">
-[...44 lines deleted...]
-              <w:t xml:space="preserve"> по ДПИ</w:t>
+          <w:p w:rsidR="00326717" w:rsidRDefault="00330A72" w:rsidP="00894B92">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1812"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00330A72">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Сәнді</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00330A72">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>к-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00330A72">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қолданбалы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00330A72">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00330A72">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>өнер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00330A72">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00330A72">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>курстарының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00330A72">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00330A72">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>студенттеріне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00330A72">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00330A72">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>арналған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00330A72">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мастер-класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2628" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1812"/>
               </w:tabs>
               <w:ind w:right="1620"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00326717" w:rsidRPr="006929CD" w:rsidRDefault="00326717" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2583"/>
               </w:tabs>
               <w:ind w:right="-108"/>
@@ -1145,354 +1473,549 @@
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ж.Д.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1656" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2772"/>
               </w:tabs>
               <w:ind w:right="72"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
+          <w:p w:rsidR="00326717" w:rsidRDefault="00330A72" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2772"/>
               </w:tabs>
               <w:ind w:right="72"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00330A72">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қыркүйек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EA5DCA" w:rsidTr="000A3C34">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00EA5DCA" w:rsidRDefault="00A41D1C" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1812"/>
               </w:tabs>
               <w:ind w:right="1620"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5112" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00135582" w:rsidRDefault="00135582" w:rsidP="00EA5DCA">
-[...3 lines deleted...]
-              </w:tabs>
+          <w:p w:rsidR="00330A72" w:rsidRDefault="00330A72" w:rsidP="00330A72">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1812"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00330A72" w:rsidRPr="00330A72" w:rsidRDefault="00330A72" w:rsidP="00330A72">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1812"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00330A72">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ашық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00330A72">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00330A72">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сабақтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00330A72">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00330A72" w:rsidRPr="00330A72" w:rsidRDefault="00330A72" w:rsidP="00330A72">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1812"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00330A72">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Көркем</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00330A72">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>енбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00330A72">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, 8 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00330A72">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сынып</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00330A72">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EA5DCA" w:rsidRDefault="00330A72" w:rsidP="00330A72">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1812"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00330A72">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00330A72">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Қазақтың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00330A72">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00330A72">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сәнді</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00330A72">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>к-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00330A72">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қолданбалы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00330A72">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00330A72">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>өнері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00330A72">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA5DCA" w:rsidRDefault="00EA5DCA" w:rsidP="000A3C34">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1812"/>
+              </w:tabs>
+              <w:ind w:right="1620"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00EA5DCA" w:rsidRDefault="00EA5DCA" w:rsidP="00EA5DCA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1812"/>
               </w:tabs>
-              <w:rPr>
-[...65 lines deleted...]
-            <w:tcW w:w="2628" w:type="dxa"/>
+              <w:ind w:right="-23"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Заводова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.В.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1656" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00EA5DCA" w:rsidRDefault="00EA5DCA" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="1812"/>
-[...43 lines deleted...]
-              <w:tabs>
                 <w:tab w:val="left" w:pos="2772"/>
               </w:tabs>
               <w:ind w:right="72"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00A41D1C" w:rsidRDefault="00A41D1C" w:rsidP="000A3C34">
+          <w:p w:rsidR="00A41D1C" w:rsidRDefault="00A636FB" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2772"/>
               </w:tabs>
               <w:ind w:right="72"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-[...1 lines deleted...]
-            </w:r>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00330A72">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>азан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00326717" w:rsidTr="000A3C34">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1812"/>
               </w:tabs>
               <w:ind w:right="1620"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1812"/>
               </w:tabs>
               <w:ind w:right="1620"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5112" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00135582" w:rsidRDefault="00135582" w:rsidP="00135582">
-[...49 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00330A72" w:rsidRDefault="00330A72" w:rsidP="00330A72">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1812"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00326717" w:rsidRDefault="00330A72" w:rsidP="00330A72">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1812"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00330A72">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Қастеев</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00330A72">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00330A72">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>атындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00330A72">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00330A72">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>өнер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00330A72">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00330A72">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>мұражайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00330A72">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00330A72">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>тақырыбында</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00330A72">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A636FB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00330A72">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>баяндама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2628" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00EA5DCA" w:rsidRDefault="00EA5DCA" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2583"/>
               </w:tabs>
               <w:ind w:right="-108"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00326717" w:rsidRPr="006929CD" w:rsidRDefault="00EA5DCA" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2583"/>
               </w:tabs>
               <w:ind w:right="-108"/>
               <w:rPr>
@@ -1503,157 +2026,223 @@
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Идрисов Е.К.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1656" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2772"/>
               </w:tabs>
               <w:ind w:right="72"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
+          <w:p w:rsidR="00326717" w:rsidRDefault="00A636FB" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2772"/>
               </w:tabs>
               <w:ind w:right="72"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-[...1 lines deleted...]
-            </w:r>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00330A72">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>азан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00326717" w:rsidTr="000A3C34">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1812"/>
               </w:tabs>
               <w:ind w:right="1620"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00326717" w:rsidRDefault="00BE4DCF" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1812"/>
               </w:tabs>
               <w:ind w:right="1620"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5112" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00135582" w:rsidRDefault="00135582" w:rsidP="00135582">
+          <w:p w:rsidR="00330A72" w:rsidRDefault="00330A72" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1812"/>
                 <w:tab w:val="left" w:pos="4896"/>
               </w:tabs>
               <w:ind w:right="-93"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00326717" w:rsidRPr="004637BC" w:rsidRDefault="00326717" w:rsidP="00135582">
+          <w:p w:rsidR="00326717" w:rsidRPr="004637BC" w:rsidRDefault="00326717" w:rsidP="00A636FB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1812"/>
                 <w:tab w:val="left" w:pos="4896"/>
               </w:tabs>
               <w:ind w:right="-93"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">« Вопросы преемственности в 5 классах </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">». </w:t>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="00A636FB" w:rsidRPr="00A636FB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5-сыныптағы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00A636FB" w:rsidRPr="00A636FB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>көркем</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00A636FB" w:rsidRPr="00A636FB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A636FB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:r w:rsidR="00A636FB" w:rsidRPr="00A636FB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00A636FB" w:rsidRPr="00A636FB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сабақтастық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00A636FB" w:rsidRPr="00A636FB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00A636FB" w:rsidRPr="00A636FB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>мәселелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00A636FB" w:rsidRPr="00A636FB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>».</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2628" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1812"/>
               </w:tabs>
               <w:ind w:right="1620"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00326717" w:rsidRPr="006929CD" w:rsidRDefault="00326717" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2583"/>
               </w:tabs>
               <w:ind w:right="-108"/>
@@ -1672,68 +2261,78 @@
             <w:r w:rsidR="00EA5DCA">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Айтбаева Ж.Б.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1656" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2772"/>
               </w:tabs>
               <w:ind w:right="72"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
+          <w:p w:rsidR="00326717" w:rsidRDefault="00A636FB" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2772"/>
               </w:tabs>
               <w:ind w:right="72"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-[...1 lines deleted...]
-            </w:r>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00330A72">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>араша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00326717" w:rsidTr="000A3C34">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1812"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00326717" w:rsidRDefault="00A41D1C" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1812"/>
               </w:tabs>
               <w:rPr>
@@ -1743,122 +2342,169 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5112" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1812"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00326717" w:rsidRPr="00BE4DCF" w:rsidRDefault="00326717" w:rsidP="000A3C34">
-[...17 lines deleted...]
-          <w:p w:rsidR="00326717" w:rsidRPr="00BE4DCF" w:rsidRDefault="00EA5DCA" w:rsidP="00EA5DCA">
+          <w:p w:rsidR="00A636FB" w:rsidRPr="00A636FB" w:rsidRDefault="00A636FB" w:rsidP="00A636FB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1812"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A636FB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ашық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A636FB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A636FB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сабақтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A636FB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00326717" w:rsidRPr="00BE4DCF" w:rsidRDefault="00A636FB" w:rsidP="00A636FB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1812"/>
               </w:tabs>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...41 lines deleted...]
-            <w:r w:rsidR="006B3B9D">
+            <w:r w:rsidRPr="00A636FB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Музыка, 3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A636FB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сынып</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A636FB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A636FB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Музыкалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A636FB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A636FB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>кірпіш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A636FB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A636FB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>тақырыбына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A636FB">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2628" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1812"/>
               </w:tabs>
               <w:ind w:right="1620"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
@@ -1915,263 +2561,407 @@
           </w:tcPr>
           <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2772"/>
               </w:tabs>
               <w:ind w:right="72"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2772"/>
               </w:tabs>
               <w:ind w:right="72"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
+          <w:p w:rsidR="00326717" w:rsidRDefault="00AB4E19" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2772"/>
               </w:tabs>
               <w:ind w:right="72"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>желтоқсан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00326717" w:rsidTr="000A3C34">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00AF52DF" w:rsidRDefault="00AF52DF" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1812"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00326717" w:rsidRDefault="00AF52DF" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1812"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5112" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00135582" w:rsidRDefault="00135582" w:rsidP="00A41D1C">
-[...44 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00AB4E19" w:rsidRDefault="00AB4E19" w:rsidP="00A636FB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1812"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00A636FB" w:rsidRPr="00A636FB" w:rsidRDefault="00A636FB" w:rsidP="00A636FB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1812"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A636FB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ашық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A636FB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A636FB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сабақтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A636FB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00326717" w:rsidRDefault="00A636FB" w:rsidP="00AB4E19">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1812"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A636FB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Көркем</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A636FB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A636FB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>, 8-сынып. «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A636FB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ағашты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A636FB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A636FB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>механикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A636FB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A636FB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>өңдеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A636FB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A636FB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>кезіндегі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A636FB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A636FB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жұмысты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A636FB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A636FB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ұйымдастыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A636FB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1812"/>
+              </w:tabs>
+              <w:ind w:right="1620"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1812"/>
+              </w:tabs>
+              <w:ind w:right="-108"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00A41D1C">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>«Организация работы при механической обработке древесины»</w:t>
-[...17 lines deleted...]
-            </w:pPr>
+              <w:t>Батталов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00A41D1C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ж.Д.</w:t>
+            </w:r>
           </w:p>
           <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1812"/>
               </w:tabs>
               <w:ind w:right="-108"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...33 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1656" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
+          <w:p w:rsidR="00AB4E19" w:rsidRDefault="00AB4E19" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2772"/>
               </w:tabs>
               <w:ind w:right="72"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-[...2 lines deleted...]
-          <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00326717" w:rsidRDefault="00AB4E19" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2772"/>
               </w:tabs>
               <w:ind w:right="72"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>желтоқсан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00326717" w:rsidTr="000A3C34">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1812"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="00AF52DF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1812"/>
               </w:tabs>
               <w:rPr>
@@ -2188,265 +2978,504 @@
             </w:r>
             <w:r w:rsidR="00AF52DF">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5112" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4953"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00326717" w:rsidRPr="006B4190" w:rsidRDefault="00326717" w:rsidP="000A3C34">
+          <w:p w:rsidR="00326717" w:rsidRPr="006B4190" w:rsidRDefault="00AB4E19" w:rsidP="00AB4E19">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4953"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-              <w:t>Пополнение мониторинговых портфелей  учителей (из опыта работы).</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Мұғалімдердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мониторинг </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>портфолиосын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>толықтыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>тәж</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ірибесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2628" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1812"/>
               </w:tabs>
               <w:ind w:right="1620"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
+          <w:p w:rsidR="00326717" w:rsidRPr="00AB4E19" w:rsidRDefault="00AB4E19" w:rsidP="00AB4E19">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2647"/>
               </w:tabs>
               <w:ind w:right="-108"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-[...6 lines deleted...]
-              <w:t>Учителя МО</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ә.Б. м</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ұғалімдер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>і</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1656" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2772"/>
               </w:tabs>
               <w:ind w:right="72"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
+          <w:p w:rsidR="00326717" w:rsidRDefault="00AB4E19" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2772"/>
               </w:tabs>
               <w:ind w:right="72"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>желтоқсан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00326717" w:rsidTr="000A3C34">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1812"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00326717" w:rsidRDefault="00AF52DF" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1812"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5112" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1812"/>
                 <w:tab w:val="left" w:pos="5292"/>
               </w:tabs>
               <w:ind w:right="89"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="00135582">
+          <w:p w:rsidR="00326717" w:rsidRPr="00AB4E19" w:rsidRDefault="00AB4E19" w:rsidP="00AB4E19">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1812"/>
                 <w:tab w:val="left" w:pos="5292"/>
               </w:tabs>
               <w:ind w:right="89"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-[...21 lines deleted...]
-              <w:t xml:space="preserve">за 1 полугодие. </w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жартыжылдықтағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>көркем</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>енбек п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>музыкадан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сапасын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>талдау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2628" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1812"/>
               </w:tabs>
               <w:ind w:right="1620"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2647"/>
                 <w:tab w:val="left" w:pos="2755"/>
               </w:tabs>
               <w:ind w:right="-108"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Тлеубаева</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> К.К.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2647"/>
                 <w:tab w:val="left" w:pos="2755"/>
               </w:tabs>
@@ -2459,333 +3488,628 @@
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1656" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2772"/>
               </w:tabs>
               <w:ind w:right="72"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
+          <w:p w:rsidR="00326717" w:rsidRPr="00AB4E19" w:rsidRDefault="00AB4E19" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2772"/>
               </w:tabs>
               <w:ind w:right="72"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-[...7 lines deleted...]
-              <w:t>январь</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қантар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00326717" w:rsidTr="000A3C34">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1812"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00326717" w:rsidRDefault="00AF52DF" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1812"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5112" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00326717" w:rsidRPr="006B3B9D" w:rsidRDefault="00326717" w:rsidP="00A41D1C">
+          <w:p w:rsidR="00326717" w:rsidRPr="006B3B9D" w:rsidRDefault="00AB4E19" w:rsidP="00A41D1C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006B3B9D">
-[...5 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Тақырып</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сөз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сөйлеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>: «Бизнес-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жоспар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жобаны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>экономикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>негіздеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>тәсі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ретінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>».</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1812"/>
+              </w:tabs>
+              <w:ind w:right="1620"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1812"/>
+              </w:tabs>
+              <w:ind w:right="-108"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00A41D1C">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">Бизнес - план как способ </w:t>
-[...31 lines deleted...]
-            </w:pPr>
+              <w:t>Заводова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00A41D1C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.В.</w:t>
+            </w:r>
           </w:p>
           <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1812"/>
               </w:tabs>
               <w:ind w:right="-108"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...33 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1656" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2772"/>
               </w:tabs>
               <w:ind w:right="72"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
+          <w:p w:rsidR="00326717" w:rsidRDefault="00AB4E19" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2772"/>
               </w:tabs>
               <w:ind w:right="72"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-              <w:t>январь</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қантар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00326717" w:rsidTr="000A3C34">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1812"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="00AF52DF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1812"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00AF52DF">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5112" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF52DF" w:rsidRDefault="00AF52DF" w:rsidP="00AF52DF">
-[...17 lines deleted...]
-          <w:p w:rsidR="00326717" w:rsidRDefault="00AF52DF" w:rsidP="00AF52DF">
+          <w:p w:rsidR="00AB4E19" w:rsidRPr="00AB4E19" w:rsidRDefault="00AB4E19" w:rsidP="00AB4E19">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1812"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ашық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сабақтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00326717" w:rsidRDefault="00AB4E19" w:rsidP="00AB4E19">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1812"/>
               </w:tabs>
               <w:ind w:right="144"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-              <w:t>Художественный труд, 6 класс. «Разработка модели транспортного средства. Эскиз. Подборка материалов».</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Көркем</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>енбек</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>, 6-сынып. «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Кө</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>үлгісін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>әзірлеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. Эскиз. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Материалдарды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>таңдау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>».</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2628" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1812"/>
               </w:tabs>
               <w:ind w:right="-108"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00AF52DF" w:rsidRDefault="00AF52DF" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1812"/>
               </w:tabs>
               <w:ind w:right="-108"/>
@@ -2797,176 +4121,253 @@
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Идрисов Е.К.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1656" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2772"/>
               </w:tabs>
               <w:ind w:right="72"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00AF52DF" w:rsidRDefault="00AF52DF" w:rsidP="000A3C34">
+          <w:p w:rsidR="00AF52DF" w:rsidRPr="00AB4E19" w:rsidRDefault="00AB4E19" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2772"/>
               </w:tabs>
               <w:ind w:right="72"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-[...6 lines deleted...]
-              <w:t>февраль</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ақпан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00326717" w:rsidTr="000A3C34">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1812"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000825E1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1812"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="000825E1">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5112" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BE4DCF" w:rsidRDefault="00BE4DCF" w:rsidP="00BE4DCF">
-[...17 lines deleted...]
-          <w:p w:rsidR="00326717" w:rsidRDefault="00BE4DCF" w:rsidP="000825E1">
+          <w:p w:rsidR="00AB4E19" w:rsidRPr="00AB4E19" w:rsidRDefault="00AB4E19" w:rsidP="00AB4E19">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1812"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ашық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сабақтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AB4E19" w:rsidRDefault="00AB4E19" w:rsidP="00AB4E19">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1812"/>
                 <w:tab w:val="left" w:pos="5381"/>
               </w:tabs>
               <w:ind w:right="89"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-[...29 lines deleted...]
-            <w:r>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Музыка </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>әнінен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4-сыныпта </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00326717" w:rsidRDefault="00AB4E19" w:rsidP="00AB4E19">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1812"/>
+                <w:tab w:val="left" w:pos="5381"/>
+              </w:tabs>
+              <w:ind w:right="89"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Табиғат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қиялдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AB4E19">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2628" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00BE4DCF" w:rsidRDefault="00BE4DCF" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1812"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00326717" w:rsidRDefault="00BE4DCF" w:rsidP="000A3C34">
             <w:pPr>
@@ -2981,67 +4382,69 @@
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Айтбаева Ж.Б.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1656" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2772"/>
               </w:tabs>
               <w:ind w:right="72"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
+          <w:p w:rsidR="00326717" w:rsidRPr="00AB4E19" w:rsidRDefault="00AB4E19" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2772"/>
               </w:tabs>
               <w:ind w:right="72"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-[...6 lines deleted...]
-              <w:t>февраль</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ақпан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00326717" w:rsidTr="000A3C34">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1812"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000825E1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1812"/>
               </w:tabs>
@@ -3061,241 +4464,417 @@
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5112" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1812"/>
                 <w:tab w:val="left" w:pos="5381"/>
               </w:tabs>
               <w:ind w:right="-36"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="000825E1" w:rsidRDefault="000825E1" w:rsidP="0087124D">
+          <w:p w:rsidR="000825E1" w:rsidRDefault="00AB4E19" w:rsidP="0087124D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1812"/>
                 <w:tab w:val="left" w:pos="5381"/>
               </w:tabs>
               <w:ind w:right="-36"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Әдістемелік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>онкүндікке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>дайындық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2628" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1812"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="000825E1" w:rsidRDefault="000825E1" w:rsidP="000A3C34">
-[...14 lines deleted...]
-              <w:t>Все члены МО</w:t>
+          <w:p w:rsidR="000825E1" w:rsidRDefault="00AB4E19" w:rsidP="000A3C34">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1812"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ә.Б. м</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ұғалімдер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>і</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1656" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2772"/>
               </w:tabs>
               <w:ind w:right="72"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="000825E1" w:rsidRDefault="000825E1" w:rsidP="000A3C34">
+          <w:p w:rsidR="000825E1" w:rsidRPr="00AB4E19" w:rsidRDefault="00AB4E19" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2772"/>
               </w:tabs>
               <w:ind w:right="72"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">март </w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>наурыз</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00326717" w:rsidTr="000A3C34">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1812"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000825E1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1812"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="000825E1">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5112" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000825E1" w:rsidRDefault="000825E1" w:rsidP="000825E1">
-[...17 lines deleted...]
-          <w:p w:rsidR="000825E1" w:rsidRDefault="000825E1" w:rsidP="000825E1">
+          <w:p w:rsidR="00AB4E19" w:rsidRPr="00AB4E19" w:rsidRDefault="00AB4E19" w:rsidP="00AB4E19">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1812"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ашық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сабақтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000825E1" w:rsidRDefault="00AB4E19" w:rsidP="003664AE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1812"/>
               </w:tabs>
               <w:ind w:right="-91"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...15 lines deleted...]
-            <w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Көркем</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>енбек</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, 7-сынып. </w:t>
+            </w:r>
+            <w:r w:rsidR="003664AE" w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="003664AE" w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Б</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="003664AE" w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>өлшектерді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="003664AE" w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003664AE" w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>құрастыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="003664AE" w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003664AE" w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="003664AE" w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003664AE" w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сөмкені</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="003664AE" w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003664AE" w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>өңдеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="003664AE" w:rsidRPr="003664AE">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>».</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2628" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="000825E1" w:rsidRDefault="000825E1" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1812"/>
               </w:tabs>
               <w:ind w:right="-108"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00326717" w:rsidRDefault="000825E1" w:rsidP="000A3C34">
@@ -3321,280 +4900,562 @@
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> К.К.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1656" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2772"/>
               </w:tabs>
               <w:ind w:right="72"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="000825E1" w:rsidRDefault="000825E1" w:rsidP="000A3C34">
+          <w:p w:rsidR="000825E1" w:rsidRPr="00AB4E19" w:rsidRDefault="00AB4E19" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2772"/>
               </w:tabs>
               <w:ind w:right="72"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-[...6 lines deleted...]
-              <w:t>март</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>наурыз</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007C682E" w:rsidTr="000A3C34">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007C682E" w:rsidRDefault="007C682E" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1812"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="007C682E" w:rsidRDefault="007C682E" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1812"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5112" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007C682E" w:rsidRPr="00BE4DCF" w:rsidRDefault="007C682E" w:rsidP="000825E1">
-[...14 lines deleted...]
-              <w:t>Проведение методической декады (по отдельному графику)</w:t>
+          <w:p w:rsidR="007C682E" w:rsidRPr="00BE4DCF" w:rsidRDefault="003664AE" w:rsidP="000825E1">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1812"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Әдістемелік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>онкүндік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>өткізу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>кесте</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2628" w:type="dxa"/>
           </w:tcPr>
+          <w:p w:rsidR="003664AE" w:rsidRDefault="003664AE" w:rsidP="000A3C34">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1812"/>
+              </w:tabs>
+              <w:ind w:right="-108"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="007C682E" w:rsidRDefault="003664AE" w:rsidP="000A3C34">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1812"/>
+              </w:tabs>
+              <w:ind w:right="-108"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ә.Б. м</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ұғалімдер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1656" w:type="dxa"/>
+          </w:tcPr>
           <w:p w:rsidR="007C682E" w:rsidRDefault="007C682E" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="1812"/>
-[...34 lines deleted...]
-              <w:tabs>
                 <w:tab w:val="left" w:pos="2772"/>
               </w:tabs>
               <w:ind w:right="72"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="007C682E" w:rsidRDefault="007C682E" w:rsidP="000A3C34">
+          <w:p w:rsidR="007C682E" w:rsidRPr="00AB4E19" w:rsidRDefault="00AB4E19" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2772"/>
               </w:tabs>
               <w:ind w:right="72"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-[...6 lines deleted...]
-              <w:t>апрель</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сәуір</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00326717" w:rsidTr="000A3C34">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1812"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00326717" w:rsidRDefault="007C682E" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1812"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5112" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
+          <w:p w:rsidR="00326717" w:rsidRDefault="003664AE" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5381"/>
               </w:tabs>
               <w:ind w:right="-91"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...26 lines deleted...]
-              <w:t>».</w:t>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Әртүрлі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>конструктивті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>с-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>әрекеттер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>көлемдік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дизайн) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>арқылы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>шығармашылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қиялды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>дамыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>тақырыбы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>баяндама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2628" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1812"/>
               </w:tabs>
               <w:ind w:right="1620"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2647"/>
               </w:tabs>
               <w:rPr>
@@ -3621,161 +5482,258 @@
             <w:r w:rsidR="000825E1">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> К.К.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1656" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2772"/>
               </w:tabs>
               <w:ind w:right="72"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
+          <w:p w:rsidR="00326717" w:rsidRDefault="00AB4E19" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2772"/>
               </w:tabs>
               <w:ind w:right="72"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-              <w:t>апрель</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сәуір</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00326717" w:rsidTr="000A3C34">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1812"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00326717" w:rsidRDefault="007C682E" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1812"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5112" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="00135582">
+          <w:p w:rsidR="00326717" w:rsidRDefault="003664AE" w:rsidP="003664AE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5292"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...39 lines deleted...]
-            <w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ашық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сабақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>көркем</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>енбек</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 6 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сынып</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – «Электр </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>арматурасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>тұрмыстық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>техниканы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жөндеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003664AE">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>».</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2628" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1812"/>
               </w:tabs>
               <w:ind w:right="1620"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
@@ -3802,67 +5760,68 @@
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ж.Д.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1656" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2772"/>
               </w:tabs>
               <w:ind w:right="72"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
+          <w:p w:rsidR="00326717" w:rsidRDefault="00AB4E19" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2772"/>
               </w:tabs>
               <w:ind w:right="72"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-              <w:t>апрель</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сәуір</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00326717" w:rsidTr="000A3C34">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1812"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="007C682E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1812"/>
               </w:tabs>
@@ -3881,141 +5840,211 @@
             <w:r w:rsidR="007C682E">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5112" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1812"/>
               </w:tabs>
               <w:ind w:right="1620"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
+          <w:p w:rsidR="00326717" w:rsidRDefault="003664AE" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1812"/>
                 <w:tab w:val="left" w:pos="5292"/>
               </w:tabs>
               <w:ind w:right="89"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-              <w:t>Знакомство с портфолио  учителей.</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Мұғалімдердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>портфолиосымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>танысу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2628" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1812"/>
               </w:tabs>
               <w:ind w:right="1620"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
+          <w:p w:rsidR="00326717" w:rsidRDefault="003664AE" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2647"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-              <w:t>Учителя  МО</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ә.Б. м</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ұғалімдер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>і</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1656" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2772"/>
               </w:tabs>
               <w:ind w:right="72"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
+          <w:p w:rsidR="00326717" w:rsidRPr="00AB4E19" w:rsidRDefault="00AB4E19" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2772"/>
               </w:tabs>
               <w:ind w:right="72"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-[...6 lines deleted...]
-              <w:t>май</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ма</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мыр</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00326717" w:rsidTr="000A3C34">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1812"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00326717" w:rsidRDefault="007C682E" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1812"/>
               </w:tabs>
@@ -4027,67 +6056,156 @@
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5112" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1812"/>
               </w:tabs>
               <w:ind w:right="1620"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
+          <w:p w:rsidR="00326717" w:rsidRDefault="003664AE" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1812"/>
               </w:tabs>
               <w:ind w:right="89"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-              <w:t>Итоги участия учителей в методической декаде школы.</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Мұғалімдердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>мектептегі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>әдістемелік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>онкүндікке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қатысу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қорытындысы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2628" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1812"/>
               </w:tabs>
               <w:ind w:right="1620"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
             <w:pPr>
               <w:ind w:right="72"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -4107,67 +6225,78 @@
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">  М.Б.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1656" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2772"/>
               </w:tabs>
               <w:ind w:right="72"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
+          <w:p w:rsidR="00326717" w:rsidRPr="00AB4E19" w:rsidRDefault="00326717" w:rsidP="00AB4E19">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2772"/>
               </w:tabs>
               <w:ind w:right="72"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-[...6 lines deleted...]
-              <w:t>май</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ма</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мыр</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00326717" w:rsidTr="000A3C34">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1812"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00326717" w:rsidRDefault="007C682E" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1812"/>
               </w:tabs>
@@ -4179,108 +6308,139 @@
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5112" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1812"/>
               </w:tabs>
               <w:ind w:right="1620"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="0087124D">
-[...56 lines deleted...]
-              <w:t xml:space="preserve"> учебный год.</w:t>
+          <w:p w:rsidR="00326717" w:rsidRDefault="003664AE" w:rsidP="0087124D">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1812"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Мұғалімдердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2024-2025 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жылындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жұмысын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қорытындылау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2628" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1812"/>
               </w:tabs>
               <w:ind w:right="1620"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2755"/>
               </w:tabs>
@@ -4303,67 +6463,84 @@
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> К.К.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1656" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2772"/>
               </w:tabs>
               <w:ind w:right="72"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
+          <w:p w:rsidR="00326717" w:rsidRPr="00AB4E19" w:rsidRDefault="00AB4E19" w:rsidP="00AB4E19">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2772"/>
               </w:tabs>
               <w:ind w:right="72"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-[...6 lines deleted...]
-              <w:t>май</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>м</w:t>
+            </w:r>
+            <w:r w:rsidR="00326717">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мыр</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00326717" w:rsidTr="000A3C34">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1812"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00326717" w:rsidRDefault="007C682E" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1812"/>
               </w:tabs>
@@ -4375,126 +6552,140 @@
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5112" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1812"/>
               </w:tabs>
               <w:ind w:right="1620"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00326717" w:rsidRDefault="0087124D" w:rsidP="000A3C34">
-[...36 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00326717" w:rsidRDefault="003664AE" w:rsidP="003664AE">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1812"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2025-2026 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidR="00326717">
-[...4 lines deleted...]
-              <w:t>учебный</w:t>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>о</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-          </w:p>
-[...27 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жылындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>негізгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>міндеттер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003664AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2628" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1812"/>
               </w:tabs>
               <w:ind w:right="1620"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1812"/>
               </w:tabs>
               <w:ind w:right="-108"/>
@@ -4516,145 +6707,154 @@
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">  М.Б.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1656" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2772"/>
               </w:tabs>
               <w:ind w:right="72"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="000A3C34">
+          <w:p w:rsidR="00326717" w:rsidRPr="00AB4E19" w:rsidRDefault="00326717" w:rsidP="00AB4E19">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2772"/>
               </w:tabs>
               <w:ind w:right="72"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-[...6 lines deleted...]
-              <w:t>май</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ма</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00AB4E19">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мыр</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00326717" w:rsidRDefault="00326717" w:rsidP="00326717"/>
     <w:p w:rsidR="00866CE3" w:rsidRDefault="00866CE3"/>
     <w:sectPr w:rsidR="00866CE3" w:rsidSect="00B34129">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="993" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00326717"/>
     <w:rsid w:val="00071546"/>
     <w:rsid w:val="000825E1"/>
-    <w:rsid w:val="00135582"/>
     <w:rsid w:val="00326717"/>
+    <w:rsid w:val="00330A72"/>
+    <w:rsid w:val="003664AE"/>
     <w:rsid w:val="003D195A"/>
     <w:rsid w:val="006A1F36"/>
     <w:rsid w:val="006B3B9D"/>
     <w:rsid w:val="007C682E"/>
     <w:rsid w:val="00866CE3"/>
     <w:rsid w:val="0087124D"/>
+    <w:rsid w:val="00894B92"/>
     <w:rsid w:val="00A41D1C"/>
+    <w:rsid w:val="00A636FB"/>
+    <w:rsid w:val="00AB4E19"/>
     <w:rsid w:val="00AF52DF"/>
     <w:rsid w:val="00BE4DCF"/>
     <w:rsid w:val="00E07FC7"/>
+    <w:rsid w:val="00E8347D"/>
     <w:rsid w:val="00EA5DCA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -5403,65 +7603,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>370</Words>
-  <Characters>2112</Characters>
+  <Words>365</Words>
+  <Characters>2083</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>17</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2478</CharactersWithSpaces>
+  <CharactersWithSpaces>2444</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Пользователь</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>