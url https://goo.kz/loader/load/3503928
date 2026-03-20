--- v0 (2025-12-05)
+++ v1 (2026-03-20)
@@ -1,569 +1,730 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00901394" w:rsidRDefault="00A75BB0" w:rsidP="00A75BB0">
+    <w:p w:rsidR="00D34153" w:rsidRDefault="00D34153" w:rsidP="00D34153">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D34153">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2024-25 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D34153">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D34153">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D34153">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жылына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D34153">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D34153">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әдістемелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D34153">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D34153">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бірлестік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D34153">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D34153">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мұғалімдерінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D34153">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D34153">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өзі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D34153">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>н-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D34153">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өзі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D34153">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D34153">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәрбиелеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D34153">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D34153">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тақырыптары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D34153">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D34153" w:rsidRDefault="00D34153" w:rsidP="00D34153">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D34153" w:rsidRDefault="00D34153" w:rsidP="00D34153">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="00A75BB0" w:rsidRPr="00D34153" w:rsidRDefault="00D34153" w:rsidP="00A75BB0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> учителей методического объединения </w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D34153">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«К</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өркем енбек</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D34153">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сабағында АКТ қолдану»</w:t>
+      </w:r>
+      <w:r w:rsidR="00A75BB0" w:rsidRPr="00D34153">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A75BB0" w:rsidRPr="00D34153">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Батталов Ж.Д.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75BB0" w:rsidRPr="00A75BB0" w:rsidRDefault="00901394" w:rsidP="00901394">
-[...60 lines deleted...]
-    <w:p w:rsidR="00A75BB0" w:rsidRPr="00A75BB0" w:rsidRDefault="00A75BB0" w:rsidP="00A75BB0">
+    <w:p w:rsidR="00A75BB0" w:rsidRPr="00D34153" w:rsidRDefault="00A75BB0" w:rsidP="00A75BB0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...10 lines deleted...]
-      </w:r>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A75BB0" w:rsidRPr="00A75BB0" w:rsidRDefault="00A75BB0" w:rsidP="00A75BB0">
+    <w:p w:rsidR="00A75BB0" w:rsidRPr="00D34153" w:rsidRDefault="00D34153" w:rsidP="00A75BB0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00A75BB0">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D34153">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Оқушылардың өзіндік жұмысын дамыту құралы ретінде оқу-технологиялық карталар»</w:t>
+      </w:r>
+      <w:r w:rsidR="00A75BB0" w:rsidRPr="00D34153">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00A75BB0">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A75BB0" w:rsidRPr="00D34153">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> Ж.Д.</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Заводова А.В..</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75BB0" w:rsidRPr="00A75BB0" w:rsidRDefault="00A75BB0" w:rsidP="00A75BB0">
+    <w:p w:rsidR="00A75BB0" w:rsidRPr="00D34153" w:rsidRDefault="00A75BB0" w:rsidP="00A75BB0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A75BB0" w:rsidRPr="00A75BB0" w:rsidRDefault="00A75BB0" w:rsidP="00A75BB0">
+    <w:p w:rsidR="00A75BB0" w:rsidRPr="00D34153" w:rsidRDefault="00D34153" w:rsidP="00A75BB0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A75BB0">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D34153">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:color w:val="1F1F1F"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Қазақ ою-өрнектерін оқушылардың шығармашылық қабілеттерін дамыту құралы ретінде пайдалану»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:color w:val="1F1F1F"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A75BB0" w:rsidRPr="00D34153">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...34 lines deleted...]
-        <w:t xml:space="preserve"> А.В..</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тлеубаева К.К.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75BB0" w:rsidRPr="00A75BB0" w:rsidRDefault="00A75BB0" w:rsidP="00A75BB0">
-[...60 lines deleted...]
-    <w:p w:rsidR="00A75BB0" w:rsidRPr="00A75BB0" w:rsidRDefault="00A75BB0" w:rsidP="00A75BB0">
+    <w:p w:rsidR="00A75BB0" w:rsidRPr="00D34153" w:rsidRDefault="00A75BB0" w:rsidP="00A75BB0">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="c8"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A75BB0" w:rsidRPr="00A75BB0" w:rsidRDefault="00A75BB0" w:rsidP="00A75BB0">
+    <w:p w:rsidR="00A75BB0" w:rsidRPr="00D34153" w:rsidRDefault="00D34153" w:rsidP="00A75BB0">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A75BB0">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D34153">
         <w:rPr>
           <w:rStyle w:val="c8"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00A75BB0">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Көркем</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="c8"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енбе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D34153">
+        <w:rPr>
+          <w:rStyle w:val="c8"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>к сабақтарда ТРИЗ-педагогикасының элементтерін пайдалана отырып, мектеп оқушыларының техникалық шығармашылығын дамыту»</w:t>
+      </w:r>
+      <w:r w:rsidR="00A75BB0" w:rsidRPr="00D34153">
         <w:rPr>
           <w:rStyle w:val="c8"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00A75BB0">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A75BB0" w:rsidRPr="00D34153">
         <w:rPr>
           <w:rStyle w:val="c8"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Идрисов Е.К.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75BB0" w:rsidRPr="00A75BB0" w:rsidRDefault="00A75BB0" w:rsidP="00A75BB0">
+    <w:p w:rsidR="00A75BB0" w:rsidRPr="00D34153" w:rsidRDefault="00A75BB0" w:rsidP="00A75BB0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A75BB0" w:rsidRPr="00A75BB0" w:rsidRDefault="00A75BB0" w:rsidP="00A75BB0">
+    <w:p w:rsidR="00A75BB0" w:rsidRPr="00D34153" w:rsidRDefault="00D34153" w:rsidP="00A75BB0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...14 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D34153">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Музыка сабағындағы дидактикалық ойындар оқушылардың білімін толықтыру құралы мен тәсілі ретінде»</w:t>
+      </w:r>
+      <w:r w:rsidR="00A75BB0" w:rsidRPr="00D34153">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A75BB0" w:rsidRPr="00D34153">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Султанов Т.С.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75BB0" w:rsidRPr="00A75BB0" w:rsidRDefault="00A75BB0" w:rsidP="00A75BB0">
+    <w:p w:rsidR="00A75BB0" w:rsidRPr="00D34153" w:rsidRDefault="00A75BB0" w:rsidP="00A75BB0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A75BB0" w:rsidRPr="00A75BB0" w:rsidRDefault="00A75BB0" w:rsidP="00A75BB0">
+    <w:p w:rsidR="00A75BB0" w:rsidRPr="00D34153" w:rsidRDefault="00D34153" w:rsidP="00A75BB0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...14 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D34153">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Музыка сабағында оқушылардың шығармашылық қабілеттерін қалыптастыру»,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A75BB0" w:rsidRPr="00D34153">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A75BB0" w:rsidRPr="00D34153">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Айтбаева Ж.Б.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F32532" w:rsidRPr="00A75BB0" w:rsidRDefault="00F32532">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+    <w:p w:rsidR="00F32532" w:rsidRPr="00D34153" w:rsidRDefault="00F32532">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00F32532" w:rsidRPr="00A75BB0">
+    <w:sectPr w:rsidR="00F32532" w:rsidRPr="00D34153">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="140"/>
+  <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005C5918"/>
     <w:rsid w:val="005C5918"/>
-    <w:rsid w:val="00901394"/>
     <w:rsid w:val="00A75BB0"/>
     <w:rsid w:val="00C444A9"/>
+    <w:rsid w:val="00D34153"/>
     <w:rsid w:val="00F32532"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -1290,54 +1451,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>101</Words>
-  <Characters>581</Characters>
+  <Words>103</Words>
+  <Characters>592</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>4</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>681</CharactersWithSpaces>
+  <CharactersWithSpaces>694</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Admin</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>