--- v0 (2025-12-05)
+++ v1 (2025-12-19)
@@ -1,2829 +1,7764 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00C16034" w:rsidRPr="00CB7D52" w:rsidRDefault="00C16034" w:rsidP="00C16034">
+    <w:p w:rsidR="005C343A" w:rsidRDefault="00E556F2" w:rsidP="00E556F2">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="360" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CB7D52">
+      <w:r w:rsidRPr="00E556F2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Анализ работы методического объединения</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00CB7D52">
+        <w:t xml:space="preserve">2023-2024 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E556F2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:br/>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E556F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E556F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жылына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E556F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E556F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>арналған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00CB7D52">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E556F2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">чителей художественно-эстетического цикла КГУ </w:t>
+        <w:t xml:space="preserve">17 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00CB7D52">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ЖОББСОМ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E556F2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>О</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C343A" w:rsidRDefault="00E556F2" w:rsidP="00E556F2">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="360" w:lineRule="atLeast"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көркем</w:t>
+      </w:r>
+      <w:r w:rsidR="00360999">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енбек және музыка пәннің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00CB7D52">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мұғалімдер</w:t>
+      </w:r>
+      <w:r w:rsidR="00360999">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-        <w:t>Ш</w:t>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00CB7D52">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нің </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E556F2" w:rsidRPr="00E556F2" w:rsidRDefault="00E556F2" w:rsidP="00E556F2">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="360" w:lineRule="atLeast"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> № 1</w:t>
-      </w:r>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00CB7D52">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E556F2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:br/>
-[...2 lines deleted...]
-      <w:r>
+        <w:t>дістемелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E556F2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>3</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00CB7D52">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E556F2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>-202</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>бірлестік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E556F2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>4</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00CB7D52">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E556F2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> учебный год.</w:t>
-      </w:r>
+        <w:t>жұмысын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E556F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E556F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>талдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00C16034" w:rsidRPr="00CB7D52" w:rsidRDefault="00C16034" w:rsidP="00C16034">
+    <w:p w:rsidR="00E556F2" w:rsidRDefault="00E556F2" w:rsidP="00C16034">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="360" w:lineRule="atLeast"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00360999" w:rsidRPr="00360999" w:rsidRDefault="00360999" w:rsidP="00360999">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="360" w:lineRule="atLeast"/>
         <w:ind w:firstLine="284"/>
-        <w:rPr>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00857C22">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00360999">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Тема</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>Мектеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00360999">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> школы</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00857C22">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00360999">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>:</w:t>
-[...40 lines deleted...]
-      </w:r>
+        <w:t>тақырыбы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00360999">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>: «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00360999">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мектептің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00360999">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00360999">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>инновациялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00360999">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00360999">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00360999">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00360999">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>заманауи</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00360999">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00360999">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мектептегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00360999">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00360999">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00360999">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00360999">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00360999">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00360999">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сапасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00360999">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00360999">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>басқару</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00360999">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ресурсы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00360999">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ретінде»</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00C16034" w:rsidRDefault="00C16034" w:rsidP="00C16034">
+    <w:p w:rsidR="00360999" w:rsidRDefault="00360999" w:rsidP="00360999">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="360" w:lineRule="atLeast"/>
         <w:ind w:firstLine="284"/>
-        <w:rPr>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00857C22">
+      <w:r w:rsidRPr="00360999">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> совершенствование педагогического мастерства путем внедрения инновационных технологий в целях достижения максимально возможных результатов в обучении, воспитании, развитии и профессиональном самоопределении учащихся.</w:t>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мақсаты: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқушыларды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00360999">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқытуда, тәрбиелеуде, дамытуда және кәсіби өзін-өзі анықтауда барынша жақсы нәтижелерге қол жеткізу үшін инновациялық технологияларды енгізу арқылы педагогикалық шеберлікті арттыру.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C16034" w:rsidRPr="00CB7D52" w:rsidRDefault="00C16034" w:rsidP="00C16034">
+    <w:p w:rsidR="007119BA" w:rsidRDefault="00C16034" w:rsidP="00360999">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="360" w:lineRule="atLeast"/>
         <w:ind w:firstLine="284"/>
-        <w:rPr>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00857C22">
+      <w:r w:rsidRPr="00360999">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> способствовать развитию интеллектуального, творческого, духовного и физического потенциала, ответственного, критически мыслящего, умеющего ориентироваться в современном мире обучающегося, через реализацию дифференцированного подхода в обучении.</w:t>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Миссия</w:t>
+      </w:r>
+      <w:r w:rsidR="00360999">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00360999">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00360999">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00360999" w:rsidRPr="00360999">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Оқытудағы сараланған тәсілді жүзеге асыру арқылы интеллектуалдық, шығармашылық, рухани және физикалық әлеуетін, қазіргі әлемде шарлауды білетін жауапты, сыни тұрғыдан ойлайтын оқушының дамуына ықпал ету.</w:t>
+      </w:r>
+      <w:r w:rsidR="007119BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C16034" w:rsidRDefault="00C16034" w:rsidP="00C16034">
+    <w:p w:rsidR="007119BA" w:rsidRDefault="007119BA" w:rsidP="00360999">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="atLeast"/>
-        <w:ind w:firstLine="426"/>
-[...5 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A5022D">
-[...7 lines deleted...]
-        <w:t>В современной школе методическая работа направлена на совершенствование педагогического мастерства учительских кадров, включение в педагогический поиск, применение ИКТ в образовательном процессе.</w:t>
+      <w:r w:rsidRPr="007119BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазіргі мектепте әдістемелік жұмыс педагогикалық ұжымның педагогикалық шеберлігін арттыруға, педагогикалық ізденіске қосуға, оқу үрдісінде АКТ-ны пайдалануға бағытталған.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C16034" w:rsidRDefault="00C16034" w:rsidP="00C16034">
+    <w:p w:rsidR="007119BA" w:rsidRPr="007119BA" w:rsidRDefault="00C16034" w:rsidP="00360999">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="atLeast"/>
-        <w:ind w:firstLine="426"/>
-[...5 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00857C22">
+      <w:r w:rsidRPr="00360999">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007119BA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...21 lines deleted...]
-        <w:t>«Использование эффективных образовательных технологий как средство для формирования компетенций учителя и учащихся»</w:t>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Көркем енбек</w:t>
+      </w:r>
+      <w:r w:rsidR="007119BA" w:rsidRPr="00D15A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және музыка пәні мұғалімдерінің әдістемелік бірлестігінің тақырыбы: </w:t>
+      </w:r>
+      <w:r w:rsidR="007119BA" w:rsidRPr="00D15A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«Мұғалімдер мен оқушылардың құзыреттілігін дамыту құралы ретінде тиімді білім беру технологияларын пайдалану»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C16034" w:rsidRDefault="00C16034" w:rsidP="00C16034">
+    <w:p w:rsidR="00C16034" w:rsidRPr="00D15A9A" w:rsidRDefault="00D15A9A" w:rsidP="00360999">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="atLeast"/>
-        <w:ind w:firstLine="426"/>
-[...5 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BD595A">
+      <w:r w:rsidRPr="00D15A9A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      </w:r>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Әдістемелік жұмыстың мақсаты: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D15A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Білім берудегі жаңа тәсілдерді қолдану – функционалдық сауаттылықты дамытудың, еңбек өнімділігін арттырудың, оқытудың тиімділігін арттырудың, тәрбиелеудің, оқу-тәрбие процесінің барлық қатысушыларының дамуы мен табысқа жетуінің негізгі жолы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D15A9A" w:rsidRDefault="00D15A9A" w:rsidP="00360999">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D15A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Әдістемелік жұмыстың негізгі міндеттері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D15A9A" w:rsidRDefault="00C16034" w:rsidP="00360999">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D15A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">• </w:t>
+      </w:r>
+      <w:r w:rsidR="00D15A9A" w:rsidRPr="00D15A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Өзін-өзі тәрбиелеу және курстық қайта даярлау тақырыптары бойынша жұмысты жандандыру арқылы мұғалімдердің педагогикалық шеберлік деңгейін арттыру бойынша жұмысты жалғастыру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D15A9A" w:rsidRDefault="00C16034" w:rsidP="00360999">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D15A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">• </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D15A9A" w:rsidRPr="00D15A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мұғалімдердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D15A9A" w:rsidRPr="00D15A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D15A9A" w:rsidRPr="00D15A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кәсіби</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D15A9A" w:rsidRPr="00D15A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D15A9A" w:rsidRPr="00D15A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мәдени</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D15A9A" w:rsidRPr="00D15A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D15A9A" w:rsidRPr="00D15A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D15A9A" w:rsidRPr="00D15A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D15A9A" w:rsidRPr="00D15A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шығармашылық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D15A9A" w:rsidRPr="00D15A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D15A9A" w:rsidRPr="00D15A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өсуін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D15A9A" w:rsidRPr="00D15A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D15A9A" w:rsidRPr="00D15A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қамтамасыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D15A9A" w:rsidRPr="00D15A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D15A9A" w:rsidRPr="00D15A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D15A9A" w:rsidRPr="00D15A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D15A9A" w:rsidRDefault="00C16034" w:rsidP="00360999">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Использование новых подходов </w:t>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      * </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D15A9A" w:rsidRPr="00D15A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>екінші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D15A9A" w:rsidRPr="00D15A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D15A9A" w:rsidRPr="00D15A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>буын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D15A9A" w:rsidRPr="00D15A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D15A9A" w:rsidRPr="00D15A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D15A9A" w:rsidRPr="00D15A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D15A9A" w:rsidRPr="00D15A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бі</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00A5022D">
-[...7 lines deleted...]
-        <w:t>образовании</w:t>
+      <w:r w:rsidR="00D15A9A" w:rsidRPr="00D15A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00A5022D">
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> основной способ формирования функциональной грамотности, роста </w:t>
+      <w:r w:rsidR="00D15A9A" w:rsidRPr="00D15A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D15A9A" w:rsidRPr="00D15A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D15A9A" w:rsidRPr="00D15A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>стандарттарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D15A9A" w:rsidRPr="00D15A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D15A9A" w:rsidRPr="00D15A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көшу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D15A9A" w:rsidRPr="00D15A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D15A9A" w:rsidRPr="00D15A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кезеңінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D15A9A" w:rsidRPr="00D15A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D15A9A" w:rsidRPr="00D15A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мұғалімдерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D15A9A" w:rsidRPr="00D15A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D15A9A" w:rsidRPr="00D15A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әдістемелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D15A9A" w:rsidRPr="00D15A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D15A9A" w:rsidRPr="00D15A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қамтамасыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D15A9A" w:rsidRPr="00D15A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D15A9A" w:rsidRPr="00D15A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D15A9A" w:rsidRPr="00D15A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D15A9A" w:rsidRDefault="00C16034" w:rsidP="00D15A9A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D15A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      * </w:t>
+      </w:r>
+      <w:r w:rsidR="00D15A9A" w:rsidRPr="00D15A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өзекті проблемаларды анықтау, өзінің педагогикалық қызметін және жалпы әдістемелік бірлестік жұмысын талдау.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D15A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">• </w:t>
+      </w:r>
+      <w:r w:rsidR="00D15A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Оқушыларды</w:t>
+      </w:r>
+      <w:r w:rsidR="00D15A9A" w:rsidRPr="00D15A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> әртүрлі шығармашылық және интеллектуалдық іс-шараларға (конкурстар, көрмелер және т.б.) қатысуға тарту бойынша жұмысты жалғастыру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D15A9A" w:rsidRDefault="00C16034" w:rsidP="00D15A9A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D15A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">• </w:t>
+      </w:r>
+      <w:r w:rsidR="00D15A9A" w:rsidRPr="00D15A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Инновациялық технологияларды енгізу негізінде оқыту әдістерін жетілдіру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D15A9A" w:rsidRDefault="00C16034" w:rsidP="00D15A9A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D15A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">• </w:t>
+      </w:r>
+      <w:r w:rsidR="00D15A9A" w:rsidRPr="00D15A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Оқу үрдісінде инновациялық технологияларды тиімді пайдалануға қол жеткізу.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D15A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D15A9A" w:rsidRDefault="00D15A9A" w:rsidP="00D15A9A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D15A9A" w:rsidRPr="00D15A9A" w:rsidRDefault="00D15A9A" w:rsidP="00D15A9A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D15A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Берілген тапсырмаларды орындау арқылы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D15A9A" w:rsidRPr="00D15A9A" w:rsidRDefault="00D15A9A" w:rsidP="00D15A9A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D15A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>• Нормативтік құжаттарды, жаңа оқу әдебиетін және мұғалімдердің жұмыс тәжірибесін зерттеу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D15A9A" w:rsidRPr="00D15A9A" w:rsidRDefault="00D15A9A" w:rsidP="00D15A9A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D15A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">• </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D15A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Педагогикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D15A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D15A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>семинарлар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D15A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D15A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D15A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қатысу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D15A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D15A9A" w:rsidRDefault="00D15A9A" w:rsidP="00D15A9A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D15A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">• </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D15A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ашық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D15A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D15A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сабақтар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D15A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D15A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өткізу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D15A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D15A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жобалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D15A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D15A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жасау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D15A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D15A9A" w:rsidRPr="00D15A9A" w:rsidRDefault="00D15A9A" w:rsidP="00D15A9A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D15A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұйымдастырушылық-педагогикалық мәселелер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D15A9A" w:rsidRPr="00D15A9A" w:rsidRDefault="00D15A9A" w:rsidP="00D15A9A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D15A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1. Қалалық әдістемелік бірлестік</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...11 lines deleted...]
-        <w:t>езультативности, эффективности обучения, воспитания, развития и успешности всех участников образовательного процесса.</w:t>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>терге</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D15A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бару.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C16034" w:rsidRDefault="00C16034" w:rsidP="00C16034">
+    <w:p w:rsidR="00D15A9A" w:rsidRPr="00D15A9A" w:rsidRDefault="00D15A9A" w:rsidP="00D15A9A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D15A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2. Сабаққа өзара қатысу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D15A9A" w:rsidRPr="00D15A9A" w:rsidRDefault="00D15A9A" w:rsidP="00D15A9A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D15A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3. Пәндер бойынша сыныптан тыс жұмыстарды өткізу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D15A9A" w:rsidRPr="00D15A9A" w:rsidRDefault="00D15A9A" w:rsidP="00D15A9A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D15A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4. Әртүрлі деңгейдегі көрмелерге қатысу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D15A9A" w:rsidRPr="00D15A9A" w:rsidRDefault="00D15A9A" w:rsidP="00D15A9A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D15A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6. Пәндік онкүндік өткізу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0090183C" w:rsidRPr="0090183C" w:rsidRDefault="00D15A9A" w:rsidP="0090183C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>7. Жылдағы жұмыс барысын қорытындылау.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C16034" w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="0090183C" w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жұмыс формалары:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0090183C" w:rsidRPr="0090183C" w:rsidRDefault="0090183C" w:rsidP="0090183C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Көркем жұмыс бойынша жеке үй тапсырмасы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0090183C" w:rsidRPr="0090183C" w:rsidRDefault="0090183C" w:rsidP="0090183C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Дарынды балалармен сабақтан тыс уақытта жұмыс: үйірмелер, факультативтер. Олимпиадалық қозғалыс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0090183C" w:rsidRPr="0090183C" w:rsidRDefault="0090183C" w:rsidP="0090183C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ата-аналармен жұмыс: кеңес, әңгімелесу, ашық сабақтар, бірлескен мерекелер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0090183C" w:rsidRDefault="0090183C" w:rsidP="0090183C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Музыкалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сайыстар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әндік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>онкүндік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызықты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ойындар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>викториналар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сайыстар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0090183C" w:rsidRPr="0090183C" w:rsidRDefault="0090183C" w:rsidP="0090183C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жеке көзқарасты даралау және жүзеге асыру жолдары:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0090183C" w:rsidRPr="0090183C" w:rsidRDefault="0090183C" w:rsidP="0090183C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Көрмеге және көркем шығармашылық байқауларға қатысу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0090183C" w:rsidRPr="0090183C" w:rsidRDefault="0090183C" w:rsidP="0090183C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Көркем шығарма бойынша компьютерлік презентациялар жасауға қатысу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0090183C" w:rsidRDefault="0090183C" w:rsidP="0090183C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Көркем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмыста</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қосымша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сабақтарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кезінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқушылардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызығушылықтары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қабілеттерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ескеру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C16034" w:rsidRPr="00A5022D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Педагогикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шеберлікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>арттыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмысының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>негізгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>формалары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0090183C" w:rsidRPr="0090183C" w:rsidRDefault="0090183C" w:rsidP="0090183C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- әдістемелік бірлестік отырыстарына және қалалық семинарларға қатысу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0090183C" w:rsidRPr="0090183C" w:rsidRDefault="0090183C" w:rsidP="0090183C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>саба</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ққа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өзара</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қатысу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0090183C" w:rsidRPr="0090183C" w:rsidRDefault="0090183C" w:rsidP="0090183C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өзі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>н-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өзі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәрбиелеуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>арналған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әдістемелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тақырыппен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0090183C" w:rsidRPr="0090183C" w:rsidRDefault="0090183C" w:rsidP="0090183C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әртүрлі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тақырыптар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>вебинарлар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қатысу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C16034" w:rsidRDefault="0090183C" w:rsidP="0090183C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үздік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұғалімдердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәжірибесін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>зерделеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00650763" w:rsidRPr="00650763" w:rsidRDefault="0090183C" w:rsidP="00650763">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Әдістемелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бірлестіктің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мақсаты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>функционалдық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сауаттылықты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дамытудың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>еңбек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өнімділігін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>арттырудың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқытудың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тиімділігін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>арттырудың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқытудың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үдерісінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>барлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қатысушыларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дамытудың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>табысты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болуының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>негізгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жолы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ретінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>берудегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жа</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ңа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәсілдерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қолдану</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0090183C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C16034" w:rsidRPr="00A5022D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00650763" w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Әдістемелі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00650763" w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00650763" w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00650763" w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00650763" w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ірлестік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00650763" w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00650763" w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алдына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00650763" w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00650763" w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мынадай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00650763" w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00650763" w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>міндеттер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00650763" w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00650763" w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қойды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00650763" w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00650763" w:rsidRPr="00650763" w:rsidRDefault="00650763" w:rsidP="00650763">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Әдістемелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бірлестік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мұғалімдерінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өзіндік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>курстық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қайта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>даярлау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тақырыптары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмысты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жандандыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>арқылы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>педагогикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шеберлігін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>арттыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмыстарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жалғастыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00650763" w:rsidRPr="00650763" w:rsidRDefault="00650763" w:rsidP="00650763">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Эстетикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әндерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқытуда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>инновациялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>технологияларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қолдану</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00650763" w:rsidRDefault="00650763" w:rsidP="00650763">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Байқаулардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>байқаулардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көрмелердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мерекелердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мектеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кезеңдерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өткізу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00650763" w:rsidRPr="00650763" w:rsidRDefault="00650763" w:rsidP="00650763">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>4. Тұлғалық-белсенділік тәсілі негізінде болашақта олардың жеке тұлға ретінде бейімделуіне ықпал ете отырып, мұғалімдердің құзыреттілігін дамыту және оқушылардың шығармашылық әлеуетін қалыптастыру үшін оңтайлы жағдай жасау бойынша жұмысты жалғастыру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00650763" w:rsidRDefault="00650763" w:rsidP="00650763">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Дарынды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>балаларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сайыстар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қатыстыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>арқылы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмысты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымдастыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00650763" w:rsidRPr="00650763" w:rsidRDefault="00650763" w:rsidP="00650763">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6. Азаматтық тәрбиені жүзеге асыруға жағдай жасау арқылы жан-жақты дамыған дербес тұлғаны қалыптастыруға әдістемелік көмек көрсетуді ұйымдастыру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00650763" w:rsidRDefault="00650763" w:rsidP="00650763">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>едагогикалық тәжірибені зерттеу, жалпылау және еңбекте қолдану.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00650763" w:rsidRDefault="00650763" w:rsidP="00650763">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8. Инновациялық технологияларды іздеуге бағытталған мұғалімдердің кәсіби деңгейін арттыру. Мұғалімдердің білім сапасын арттыру және педагогикалық шеберлігін арттыру мақсатында ашық сабақтар, сыныптан тыс іс-шаралар өткізу және іс-тәжірибелерін қорытындылауды жандандыру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00650763" w:rsidRDefault="00650763" w:rsidP="00360999">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>9. Көркем-эстетикалық цикл тақырыптары бойынша жаңа ғылыми-әдістемелік әдебиеттерді, кәсіби журналдарды қарастыру және зерттеу. Білім министрлігінің әдістемелік қызметі мұғалімдерге жұмыс және оқушылардың шығармашылық әлеуетін дамыту, дарынды балаларды анықтау және диагностикалау бойынша ұсыныстар беруге бағытталды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00650763" w:rsidRPr="00650763" w:rsidRDefault="00650763" w:rsidP="00650763">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Әдістемелік бірлестіктің оқу-тәрбиелік қызметіне талдау жасай отырып, келесі аспектілерді атап өтуге болады: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C16034" w:rsidRPr="00650763" w:rsidRDefault="00650763" w:rsidP="00650763">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- әдістемелік бірлестіктің міндеттерін орындау мемлекеттік бағдарламалар талаптарына сәйкес жүзеге асырылды,</w:t>
+      </w:r>
+      <w:r w:rsidR="00C16034" w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00650763" w:rsidRPr="00650763" w:rsidRDefault="00650763" w:rsidP="00650763">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- республикалық деңгейдегі нормативтік-құқықтық және әкімшілік құжаттар негізінде жүзеге асырылды, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C16034" w:rsidRPr="00650763" w:rsidRDefault="00650763" w:rsidP="00650763">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- стандарттарға сай болды және студенттердің құқықтары мен мүдделерін қорғауға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бағытталды.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C16034" w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C343A" w:rsidRPr="005C343A" w:rsidRDefault="00650763" w:rsidP="005C343A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="atLeast"/>
-        <w:ind w:firstLine="426"/>
-[...6 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BD595A">
-[...8 lines deleted...]
-        <w:t>Основные задачи методической работы:</w:t>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Әдістемелік бірлестік 2023-2024 оқу жылының жартыжылдығында пән мұғалімдерінің әдістемелік бірлестігі туралы ережені қарады: Әдістемелік бірлестік мұғалімдерінің функционалдық міндеттері,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жаңа оқу жылындағы тапсырмалар, әдістемелік бірлестік мұғалімдерінің өзіндік білім алу тақырыптары, әдістемелік бірлестіктің педагогикалық қызметкерлерін аттестаттау кестесі, курстық қайта даярлаудан өту кестесі, әдістемелік апталық жоспары, ашық сабақтар кестесі.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C16034" w:rsidRPr="00650763">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005C343A" w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жұмыс бағдарламаларын жасау бойынша нормативтік құжаттар қаралды. Қаралып, бекітілді: 2023-2024 оқу жылына арналған жұмыс бағдарламалары, дарынды балалармен жұмыс жоспары, әдістемелік бірлестік қызметкерлерінің педагогикалық қорын толықтыру,</w:t>
+      </w:r>
+      <w:r w:rsidR="00C16034" w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005C343A" w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әдістемелік бірлестіктің педагогикалық құрамын аттестаттау, ашық сабақтарға қатысу, сабаққа өзара қатысу.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C16034" w:rsidRDefault="00C16034" w:rsidP="00C16034">
+    <w:p w:rsidR="005C343A" w:rsidRDefault="005C343A" w:rsidP="005C343A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мұғалімдер жоспарға сәйкес әдістемелік бірлестік отырысын өткізді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C343A" w:rsidRPr="005C343A" w:rsidRDefault="005C343A" w:rsidP="005C343A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Өткен жылдағы жұмыстарды саралай келе, әдістемелік қызметке жүктелген міндеттер толық орындалғанын айта кету керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C16034" w:rsidRDefault="005C343A" w:rsidP="005C343A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Кездесулердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тақырыптарында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әдістемелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бірлестіктің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алдында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>негізгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>проблемалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мәселелер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көрініс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тапты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C16034" w:rsidRPr="00A5022D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мұғалімдер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әндерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызығушылық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>таныта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқушылардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дамуына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>барынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қолайлы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жағдай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жасауға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тырысты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C343A" w:rsidRPr="005C343A" w:rsidRDefault="005C343A" w:rsidP="005C343A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="284"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жұма</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>күндері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көңілді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үзілістер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өткізілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқушылар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пәнге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызығушылық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>танытты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C343A" w:rsidRPr="005C343A" w:rsidRDefault="005C343A" w:rsidP="005C343A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="284"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2.02 – викторина «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ғажайыптар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алаңы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">», </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Тілеубаева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қ.Қ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C343A" w:rsidRDefault="005C343A" w:rsidP="005C343A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="284"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>23.02 – «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Әуенді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тап» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ойыны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, Айтбаева Ж.Б.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C343A" w:rsidRPr="005C343A" w:rsidRDefault="005C343A" w:rsidP="005C343A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="atLeast"/>
-        <w:ind w:firstLine="426"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A5022D">
-[...109 lines deleted...]
-        <w:t xml:space="preserve">• Продолжать работу по привлечению учащихся к участию </w:t>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5.04-«</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00A5022D">
-[...7 lines deleted...]
-        <w:t>в</w:t>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Электр </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ж</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00A5022D">
-[...676 lines deleted...]
-        <w:br/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұмыстары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">», </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Батталов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ж.Д.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C16034" w:rsidRDefault="00C16034" w:rsidP="00C16034">
+    <w:p w:rsidR="005C343A" w:rsidRPr="005C343A" w:rsidRDefault="005C343A" w:rsidP="005C343A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="atLeast"/>
-        <w:ind w:firstLine="426"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A5022D">
-[...190 lines deleted...]
-        <w:t xml:space="preserve"> и диагностики одаренных детей.</w:t>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>26.04- «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Заманауи</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ыр</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әуендері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">», викторина, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сұлтанов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Т.С.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C16034" w:rsidRDefault="00C16034" w:rsidP="00C16034">
+    <w:p w:rsidR="00C16034" w:rsidRDefault="005C343A" w:rsidP="00360999">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="atLeast"/>
-        <w:ind w:firstLine="426"/>
-[...5 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A5022D">
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Анализируя образовательную деятельность МО, можно отметить следующие аспекты: </w:t>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>17.05- «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Тәжірибелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> этикет </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дағдылары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">», </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шеберлік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сыныбы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Заводова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> А.В.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C16034" w:rsidRPr="00A5022D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Оқу жылында мұғалімдер қалалық, облыстық семинарларға (Батталов Ж.Д., Заводова А.В., Тлеубаева Қ.Қ.), Өрлеудегі біліктілікті арттыру курстарына (Айтбаева Ж.Б.),</w:t>
+      </w:r>
+      <w:r w:rsidR="00C16034" w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Наурыз мейрамын </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тойлау</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға арналған қалалық байқау-көрмеге қатысу (кілем жасау – Батталов Ж.., Заводова А.В., Тілеубаева Қ.Қ.), қалалық Тұмар жағалауын жобалауға қатысу (куәлік – Заводова А.В., Тілеубаева Қ.Қ.),</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қалалық «Жігерлі дауыс-2024» байқауына қатысу (Иманғазина Самира, 2 орын – Т.С. Сұлтанов), Республикалық балалар бейнелеу өнері байқауына қатысу және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Өркен балалар шығармашылығы ДПИ, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(диплом-Заводова А.В., Тлеубаева Қ.Қ.), Республикалық «Күншуақ Аққортары-2024» байқауына қатысу (Никонова Вероника, 2 орын. Сұлтанов Т.С.).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C16034" w:rsidRDefault="00C16034" w:rsidP="00C16034">
+    <w:p w:rsidR="005C343A" w:rsidRDefault="005C343A" w:rsidP="00360999">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="atLeast"/>
-        <w:ind w:firstLine="426"/>
-[...1034 lines deleted...]
-        <w:spacing w:after="0" w:line="360" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="5C5C5C"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F32532" w:rsidRDefault="00C16034" w:rsidP="00C16034">
-[...61 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="00F32532" w:rsidRDefault="005C343A" w:rsidP="005C343A">
+      <w:pPr>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2023–2024 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жылындағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нәтижелері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көркем-эстетикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> цикл </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әдістемелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бірлестігінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қанағаттанарлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тануға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мүмкіндік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>береді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C343A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="5C5C5C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00F32532">
+    <w:sectPr w:rsidR="00F32532" w:rsidSect="00D15A9A">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="709" w:right="849" w:bottom="568" w:left="993" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="80"/>
+  <w:zoom w:percent="90"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00957768"/>
+    <w:rsid w:val="00360999"/>
+    <w:rsid w:val="005C343A"/>
+    <w:rsid w:val="00650763"/>
+    <w:rsid w:val="007119BA"/>
+    <w:rsid w:val="0090183C"/>
     <w:rsid w:val="00957768"/>
     <w:rsid w:val="00C16034"/>
     <w:rsid w:val="00C444A9"/>
+    <w:rsid w:val="00D15A9A"/>
+    <w:rsid w:val="00E556F2"/>
     <w:rsid w:val="00F32532"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -3490,55 +8425,70 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>6900</Characters>
+  <Pages>4</Pages>
+  <Words>1209</Words>
+  <Characters>6894</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>57</Lines>
   <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8094</CharactersWithSpaces>
+  <CharactersWithSpaces>8087</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Admin</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>