--- v0 (2025-12-06)
+++ v1 (2026-02-28)
@@ -1,6157 +1,6437 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="009C67FC" w:rsidRPr="00810382" w:rsidRDefault="00A14D64" w:rsidP="009C67FC">
+    <w:p w:rsidR="00D60E70" w:rsidRDefault="00D60E70" w:rsidP="008076C1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Павлодар облысы</w:t>
+      </w:r>
+      <w:r w:rsidR="008076C1" w:rsidRPr="00F9463B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> білім беру басқармасы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, Павлодар қаласы білім беру бөлімі «Жігер</w:t>
+      </w:r>
+      <w:r w:rsidR="008076C1" w:rsidRPr="00F9463B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> балалар-жасөспірімдер клубы» </w:t>
+      </w:r>
+      <w:r w:rsidR="008076C1" w:rsidRPr="00F9463B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> КМҚК</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008076C1" w:rsidRPr="00F9463B" w:rsidRDefault="008076C1" w:rsidP="008076C1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F9463B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> әдіскер лауазымына конкурс жариялайды</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008076C1" w:rsidRPr="00F9463B" w:rsidRDefault="008076C1" w:rsidP="008076C1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...102 lines deleted...]
-        <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="9571" w:type="dxa"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="388"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7181"/>
+        <w:gridCol w:w="277"/>
+        <w:gridCol w:w="1194"/>
+        <w:gridCol w:w="8100"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00A14D64" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="008076C1" w:rsidRPr="00BE4E55" w:rsidTr="00D60E70">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="277" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00A14D64" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
+          <w:p w:rsidR="008076C1" w:rsidRPr="00F9463B" w:rsidRDefault="008076C1" w:rsidP="00EC7270">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00A14D64">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F9463B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00A14D64" w:rsidRDefault="004C1F73" w:rsidP="00321427">
+          <w:p w:rsidR="008076C1" w:rsidRPr="00F9463B" w:rsidRDefault="008076C1" w:rsidP="00EC7270">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A14D64">
-[...7 lines deleted...]
-              <w:t>Наименование организации образования</w:t>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білім беру ұйымының атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="8100" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00A14D64" w:rsidRDefault="00A14D64" w:rsidP="008600F9">
+          <w:p w:rsidR="00D60E70" w:rsidRPr="00BE4E55" w:rsidRDefault="00D60E70" w:rsidP="00D60E70">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Павлодар облысы білім беру басқармасы, Павлодар қаласы білім беру бөлімі «Жігер» балалар-жасөспірімдер клубы»  КМҚК</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008076C1" w:rsidRPr="00BE4E55" w:rsidRDefault="008076C1" w:rsidP="00EC7270">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A14D64">
-[...6 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00A14D64" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="008076C1" w:rsidRPr="00F9463B" w:rsidTr="00D60E70">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="277" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00A14D64" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
+          <w:p w:rsidR="008076C1" w:rsidRPr="00F9463B" w:rsidRDefault="008076C1" w:rsidP="00EC7270">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00A14D64" w:rsidRDefault="004C1F73" w:rsidP="00321427">
+          <w:p w:rsidR="008076C1" w:rsidRPr="00F9463B" w:rsidRDefault="008076C1" w:rsidP="00EC7270">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...12 lines deleted...]
-              <w:t>местонахождения, почтового адреса</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="8100" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00A14D64" w:rsidRDefault="008600F9" w:rsidP="00823496">
+          <w:p w:rsidR="008076C1" w:rsidRPr="00BE4E55" w:rsidRDefault="008076C1" w:rsidP="00EC7270">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Каза</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қстан Республикасы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, Павлодар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> облысы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Павлодар қаласы, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00D60E70" w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ш</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00D60E70" w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">өкин көшесі 32/2 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008076C1" w:rsidRPr="00BE4E55" w:rsidRDefault="008076C1" w:rsidP="00EC7270">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...36 lines deleted...]
-            </w:r>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00A14D64" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00D60E70" w:rsidRPr="00F9463B" w:rsidTr="00D60E70">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="277" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00A14D64" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
+          <w:p w:rsidR="00D60E70" w:rsidRPr="00F9463B" w:rsidRDefault="00D60E70" w:rsidP="00EC7270">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00A14D64" w:rsidRDefault="004C1F73" w:rsidP="00321427">
+          <w:p w:rsidR="00D60E70" w:rsidRPr="00F9463B" w:rsidRDefault="00D60E70" w:rsidP="00EC7270">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...12 lines deleted...]
-              <w:t>номеров телефонов</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>телефон нөмірлері,</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="8100" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00A14D64" w:rsidRDefault="00CB6B4F" w:rsidP="00823496">
+          <w:p w:rsidR="00D60E70" w:rsidRPr="00BE4E55" w:rsidRDefault="00D60E70" w:rsidP="00D60E70">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="28"/>
-[...19 lines deleted...]
-              <w:t>65-43-21</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8(7182) 65-43-20; 8(7182)65-43-21</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00E75D9D" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00D60E70" w:rsidRPr="00F9463B" w:rsidTr="00D60E70">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="277" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00A14D64" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
+          <w:p w:rsidR="00D60E70" w:rsidRPr="00F9463B" w:rsidRDefault="00D60E70" w:rsidP="00EC7270">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00A14D64" w:rsidRDefault="004C1F73" w:rsidP="00321427">
+          <w:p w:rsidR="00D60E70" w:rsidRPr="00F9463B" w:rsidRDefault="00D60E70" w:rsidP="00EC7270">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...12 lines deleted...]
-              <w:t>адрес электронной почты</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F9463B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>электрондық пошта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="8100" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00E75D9D" w:rsidRDefault="00E75D9D" w:rsidP="00321427">
-[...4 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00D60E70" w:rsidRPr="00BE4E55" w:rsidRDefault="00D60E70" w:rsidP="00D60E70">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...4 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:t>metod-ziger</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>@</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>metod-ziger@mail.ru</w:t>
+              <w:t>mail.ru</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00A14D64" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="008076C1" w:rsidRPr="00213413" w:rsidTr="00D60E70">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="277" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="004F2A50" w:rsidRPr="00A14D64" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w:rsidR="008076C1" w:rsidRPr="00F9463B" w:rsidRDefault="008076C1" w:rsidP="00EC7270">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A14D64">
+            <w:r w:rsidRPr="00F9463B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004F2A50" w:rsidRPr="00A14D64" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w:rsidR="008076C1" w:rsidRPr="00F9463B" w:rsidRDefault="008076C1" w:rsidP="00EC7270">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00A14D64">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F9463B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-              <w:t>Наименование вакантной должности, нагрузка</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="8100" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AC5985" w:rsidRPr="00F01303" w:rsidRDefault="00EC33AA" w:rsidP="00F01303">
+          <w:p w:rsidR="008076C1" w:rsidRPr="00BE4E55" w:rsidRDefault="008076C1" w:rsidP="00EC7270">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Әдіскер  -1 ставка</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008076C1" w:rsidRPr="00BE4E55" w:rsidRDefault="008076C1" w:rsidP="00EC7270">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00A14D64" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="008076C1" w:rsidRPr="00BE4E55" w:rsidTr="00D60E70">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="277" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="004F2A50" w:rsidRPr="00A14D64" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w:rsidR="008076C1" w:rsidRPr="00F9463B" w:rsidRDefault="008076C1" w:rsidP="00EC7270">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004F2A50" w:rsidRPr="00A14D64" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w:rsidR="008076C1" w:rsidRPr="00F9463B" w:rsidRDefault="008076C1" w:rsidP="00EC7270">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00A14D64">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F9463B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-              <w:t>основные функциональные обязанности</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>негізгі функционалдық міндеттері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="8100" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0048364A" w:rsidRPr="0048364A" w:rsidRDefault="0048364A" w:rsidP="0048364A">
+          <w:p w:rsidR="00363B5E" w:rsidRPr="00BE4E55" w:rsidRDefault="00363B5E" w:rsidP="00363B5E">
             <w:pPr>
               <w:ind w:firstLine="709"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="0048364A" w:rsidRPr="0048364A" w:rsidRDefault="0048364A" w:rsidP="0048364A">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- конкурстар, көрмелер, олимпиадалар, слеттер, жарыстар өткізу бойынша құжаттаманы ұйымдастырады және әзірлейді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00363B5E" w:rsidRPr="00BE4E55" w:rsidRDefault="00363B5E" w:rsidP="00363B5E">
             <w:pPr>
               <w:ind w:firstLine="709"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="0048364A" w:rsidRPr="0048364A" w:rsidRDefault="0048364A" w:rsidP="0048364A">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- дене шынықтыру-сауықтыру және спорттық-бұқаралық іс-шараларды өткізуді ұйымдастырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00363B5E" w:rsidRPr="00BE4E55" w:rsidRDefault="00363B5E" w:rsidP="00363B5E">
             <w:pPr>
               <w:ind w:firstLine="709"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="0048364A" w:rsidRPr="0048364A" w:rsidRDefault="0048364A" w:rsidP="0048364A">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- спорттық бағыттағы қосымша білім беру педагогтерінің жұмыс бағытын үйлестіруді, оқу-тәрбие процесін әдістемелік қамтамасыз етуді жүзеге асырады және оқу топтарын сапалы жинақтауды қамтамасыз етеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00363B5E" w:rsidRPr="00BE4E55" w:rsidRDefault="00363B5E" w:rsidP="00363B5E">
             <w:pPr>
               <w:ind w:firstLine="709"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="0048364A" w:rsidRPr="0048364A" w:rsidRDefault="0048364A" w:rsidP="0048364A">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- спорттық бағыттағы қосымша білім беру педагогтерінің қызметінің нәтижелерін үйлестіреді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00363B5E" w:rsidRPr="00BE4E55" w:rsidRDefault="00363B5E" w:rsidP="00363B5E">
             <w:pPr>
               <w:ind w:firstLine="709"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="0048364A" w:rsidRPr="0048364A" w:rsidRDefault="0048364A" w:rsidP="0048364A">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- спорттық бағыттағы қосымша білім беру педагогтерін даярлаудың оқу жоспарлары мен бағдарламаларының орындалуын бақылайды;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00363B5E" w:rsidRPr="00BE4E55" w:rsidRDefault="00363B5E" w:rsidP="00363B5E">
             <w:pPr>
               <w:ind w:firstLine="709"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...28 lines deleted...]
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- спорттық бағыттағы қосымша білім беру педагогтерінің біліктілігін арттыру, семинарлар, ашық сабақтар өткізу бойынша жұмысты ұйымдастырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00363B5E" w:rsidRPr="00BE4E55" w:rsidRDefault="00363B5E" w:rsidP="00363B5E">
+            <w:pPr>
               <w:ind w:firstLine="709"/>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="baseline"/>
-[...30 lines deleted...]
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- балаларға қосымша білім беру ұйымдарында білім беру процесін жетілдіру бойынша ұсыныстар енгізеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00363B5E" w:rsidRPr="00BE4E55" w:rsidRDefault="00363B5E" w:rsidP="00363B5E">
+            <w:pPr>
               <w:ind w:firstLine="709"/>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="baseline"/>
-[...30 lines deleted...]
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- әдістемелік, анықтамалық, ақпараттық-талдамалық материалдарды жинауды, жинақтауды және жүйелеуді жүзеге асырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00363B5E" w:rsidRPr="00BE4E55" w:rsidRDefault="00363B5E" w:rsidP="00363B5E">
+            <w:pPr>
               <w:ind w:firstLine="709"/>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="baseline"/>
-[...30 lines deleted...]
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- педагогикалық жетістіктерді насихаттайды (шеберлік сыныптарын, педагогикалық шеберханаларды, шығармашылық семинарларды ұйымдастыру арқылы);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00363B5E" w:rsidRPr="00BE4E55" w:rsidRDefault="00363B5E" w:rsidP="00363B5E">
+            <w:pPr>
               <w:ind w:firstLine="709"/>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="baseline"/>
-[...30 lines deleted...]
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- еңбек қауіпсіздігі және еңбекті қорғау, өрт қауіпсіздігі ережелерін орындайды;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00363B5E" w:rsidRPr="00BE4E55" w:rsidRDefault="00363B5E" w:rsidP="00363B5E">
+            <w:pPr>
               <w:ind w:firstLine="709"/>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="baseline"/>
-[...12 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- білім беру процесі кезінде білім алушылардың </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
+              <w:t>(тәрбиеленушілердің) өмірі мен денсаулығын қорғауды қамтамасыз етеді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00363B5E" w:rsidRPr="00BE4E55" w:rsidRDefault="00363B5E" w:rsidP="00363B5E">
+            <w:pPr>
+              <w:ind w:firstLine="709"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidRPr="00A27C0F">
-[...50 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білуі тиіс: Қазақстан Республикасының Конституциясын, Қазақстан Республикасының Еңбек кодексін, "Білім туралы", "Педагог мәртебесі туралы", "Сыбайлас жемқорлыққа қарсы іс-қимыл туралы", "Қазақстан Республикасындағы тілдер туралы" Қазақстан Республикасының заңдарын және Балаларға қосымша білім беруді дамытудың бағыттары мен перспективаларын, педагогиканы, психологияны айқындайтын өзге де нормативтік құқықтық актілерді;  физиология және гигиена; педагогикалық этика нормалары; педагогикалық ғылым мен практиканың жетістіктері; экономика, қаржы-шаруашылық қызмет негіздері; еңбек қауіпсіздігі және еңбекті қорғау, өрттен қорғау ережелері, санитарлық ережелер мен нормалар.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008076C1" w:rsidRPr="00BE4E55" w:rsidRDefault="008076C1" w:rsidP="00EC7270">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="202124"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00A14D64" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="008076C1" w:rsidRPr="00BE4E55" w:rsidTr="00D60E70">
         <w:trPr>
           <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="277" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="004F2A50" w:rsidRPr="00A14D64" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w:rsidR="008076C1" w:rsidRPr="00F9463B" w:rsidRDefault="008076C1" w:rsidP="00EC7270">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004F2A50" w:rsidRPr="00A14D64" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w:rsidR="008076C1" w:rsidRPr="00F9463B" w:rsidRDefault="008076C1" w:rsidP="00EC7270">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00A14D64">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F9463B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-              <w:t>размер и условия оплаты труда</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">еңбекке ақы төлеу мөлшері мен шарттары </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="8100" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002627D6" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w:rsidR="00363B5E" w:rsidRPr="00BE4E55" w:rsidRDefault="00363B5E" w:rsidP="00363B5E">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...25 lines deleted...]
-          <w:p w:rsidR="004F2A50" w:rsidRPr="00EC33AA" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Квалификациялық санаты мен жұмыс өтіліне сәйкес төленеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00363B5E" w:rsidRPr="00BE4E55" w:rsidRDefault="00363B5E" w:rsidP="00363B5E">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...65 lines deleted...]
-          <w:p w:rsidR="004F2A50" w:rsidRPr="00A14D64" w:rsidRDefault="004F2A50" w:rsidP="004A6BCA">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- жоғары білім (min): 124586,88 теңге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008076C1" w:rsidRPr="00BE4E55" w:rsidRDefault="00363B5E" w:rsidP="00363B5E">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC33AA">
-[...87 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- жоғары білім (мах): 148300,86 теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00A14D64" w:rsidTr="009D772B">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="008076C1" w:rsidRPr="00F9463B" w:rsidTr="00D60E70">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="277" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="00A14D64" w:rsidRDefault="00B1578A" w:rsidP="00321427">
+          <w:p w:rsidR="008076C1" w:rsidRPr="00F9463B" w:rsidRDefault="008076C1" w:rsidP="00EC7270">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00A14D64">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F9463B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00715E75" w:rsidRPr="00A14D64" w:rsidRDefault="00715E75" w:rsidP="00321427">
+          <w:p w:rsidR="008076C1" w:rsidRPr="00F9463B" w:rsidRDefault="008076C1" w:rsidP="00EC7270">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00A14D64">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F9463B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...6 lines deleted...]
-          <w:p w:rsidR="00B1578A" w:rsidRPr="00A14D64" w:rsidRDefault="00715E75" w:rsidP="00321427">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген кандидатқа</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008076C1" w:rsidRPr="00F9463B" w:rsidRDefault="008076C1" w:rsidP="00EC7270">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00A14D64">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F9463B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қойылатын біліктілік талаптары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="8100" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00487083" w:rsidRPr="009563AC" w:rsidRDefault="009563AC" w:rsidP="00702E6C">
-[...16 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="008076C1" w:rsidRPr="00BE4E55" w:rsidRDefault="00363B5E" w:rsidP="00EC7270">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidRPr="009563AC">
-[...5 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>орнынан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кейінгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тиі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ст</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өзге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> де </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кәсіптік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тиісті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>техникалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кәсіптік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қайта</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>даярлауды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өтіліне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>талаптар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қойылмайды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>біліктіліктің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> орта </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>деңгейі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>болған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кезде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: педагог </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мамандығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>-м</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">одератор </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>педагог-сарапшы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>үшін-кемінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>педагог-зерттеуші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>үшін-кемінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>біліктіліктің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>деңгейі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>болған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кезде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>педагог-шебер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мамандық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өтіл</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>і-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008076C1" w:rsidRPr="00BE4E55" w:rsidRDefault="008076C1" w:rsidP="00EC7270">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00A14D64" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="008076C1" w:rsidRPr="00F9463B" w:rsidTr="00D60E70">
         <w:trPr>
           <w:trHeight w:val="105"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="277" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="00A14D64" w:rsidRDefault="00B1578A" w:rsidP="00321427">
+          <w:p w:rsidR="008076C1" w:rsidRPr="00F9463B" w:rsidRDefault="008076C1" w:rsidP="00EC7270">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00A14D64">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F9463B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="00A14D64" w:rsidRDefault="00470938" w:rsidP="00321427">
+          <w:p w:rsidR="008076C1" w:rsidRPr="00F9463B" w:rsidRDefault="008076C1" w:rsidP="00EC7270">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00A14D64">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F9463B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-              <w:t>Срок приема документов</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="8100" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="00A14D64" w:rsidRDefault="00EC33AA" w:rsidP="00321427">
+          <w:p w:rsidR="008076C1" w:rsidRPr="00BE4E55" w:rsidRDefault="00BE4E55" w:rsidP="00EC7270">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>11.03.2025-19.03.2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00A14D64" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="008076C1" w:rsidRPr="00BE4E55" w:rsidTr="00D60E70">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="277" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="00A14D64" w:rsidRDefault="00B1578A" w:rsidP="00321427">
+          <w:p w:rsidR="008076C1" w:rsidRPr="00F9463B" w:rsidRDefault="008076C1" w:rsidP="00EC7270">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00A14D64">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F9463B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="00A14D64" w:rsidRDefault="00470938" w:rsidP="00321427">
+          <w:p w:rsidR="008076C1" w:rsidRPr="00F9463B" w:rsidRDefault="008076C1" w:rsidP="00EC7270">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00A14D64">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F9463B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-              <w:t>Перечень необходимых документов</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қажетті құжаттар тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="8100" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00470938" w:rsidRPr="00A14D64" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+          <w:p w:rsidR="008076C1" w:rsidRPr="00BE4E55" w:rsidRDefault="008076C1" w:rsidP="00EC7270">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1) 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-қосымшағасә</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>йкеснысанбойыншаКонкурс</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қақатысутуралы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өтініш</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008076C1" w:rsidRPr="00BE4E55" w:rsidRDefault="008076C1" w:rsidP="00EC7270">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жекебасынкуәландыратынқұ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жат</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> не цифрлыққұжаттарсервисіненалынғанэлектрондықұжат (идентификация үшін);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008076C1" w:rsidRPr="00BE4E55" w:rsidRDefault="008076C1" w:rsidP="00EC7270">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3) кадрлардыесепкеалубойыншатолтырылған</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жекеіспарағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (нақтытұ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ғылықтымекенжайы мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>байланыстелефондарыкөрсетілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008076C1" w:rsidRPr="00BE4E55" w:rsidRDefault="008076C1" w:rsidP="00EC7270">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4) Педагогтердіңүлгілікбіліктіліксипаттамаларыменбекіті</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>лгенлауазым</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ғақойылатынбіліктілікталаптарынасәйкес</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>білімітуралықұжаттардыңкөшірмелері</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008076C1" w:rsidRPr="00BE4E55" w:rsidRDefault="008076C1" w:rsidP="00EC7270">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>еңбекқызметінрастайтынқұжаттың</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>көшірмесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008076C1" w:rsidRPr="00BE4E55" w:rsidRDefault="008076C1" w:rsidP="00EC7270">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6) «Денсаулықсақтаусаласындағыесепкеалуқұжаттамасыныңнысандарынбекіт</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">утуралы» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ҚР</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Денсаулықсақтауминистрініңміндетінатқарушының 2020 жылғы 30 қазандағы № Қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ДСМ-175/2020 бұйрығыменбекітілгеннысанбойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>денсаулықжағдайытуралыанықтама</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008076C1" w:rsidRPr="00BE4E55" w:rsidRDefault="008076C1" w:rsidP="00EC7270">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>психоневрологиялықұйымнананықтама</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008076C1" w:rsidRPr="00BE4E55" w:rsidRDefault="008076C1" w:rsidP="00EC7270">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>наркологиялықұйымнананықтама</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008076C1" w:rsidRPr="00BE4E55" w:rsidRDefault="008076C1" w:rsidP="00EC7270">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>) Ұлттықбіліктіліктестілеу сертификаты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (бұданә</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>і – ҰБТ) немесепедагог-модератордың, педагог-сарапшының, педагог-зерттеушінің, педагог-шебердің</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>біліктіліксанатыныңболуытуралыкуәлік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (болғанжағдайда)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008076C1" w:rsidRPr="00BE4E55" w:rsidRDefault="008076C1" w:rsidP="00EC7270">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...16 lines deleted...]
-          <w:p w:rsidR="00470938" w:rsidRPr="00A14D64" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) 11-қосымшаға сәйкес нысан бойынша педагогтің бос немесе уақытша бос лауазымына кандидаттың толтырылған </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бағалау парағы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008076C1" w:rsidRPr="00BE4E55" w:rsidRDefault="008076C1" w:rsidP="00EC7270">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...36 lines deleted...]
-          <w:p w:rsidR="00470938" w:rsidRPr="00A14D64" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>11) кандидаттың бейне сабағы немесе бейнепрезентациясы кемінде 15 минут, ең төменгі ажыратымдылығы – 720 x 480.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008076C1" w:rsidRPr="00BE4E55" w:rsidRDefault="008076C1" w:rsidP="00EC7270">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...18 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...155 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>РК</w:t>
-[...380 lines deleted...]
-            </w:r>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00840849" w:rsidRPr="00A14D64" w:rsidRDefault="00840849">
+    <w:p w:rsidR="008076C1" w:rsidRPr="00F9463B" w:rsidRDefault="008076C1" w:rsidP="008076C1">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a8"/>
+        <w:tblStyle w:val="a3"/>
         <w:tblW w:w="10314" w:type="dxa"/>
-        <w:tblBorders>
-[...6 lines deleted...]
-        </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5495"/>
-        <w:gridCol w:w="4819"/>
+        <w:gridCol w:w="5879"/>
+        <w:gridCol w:w="4435"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00790B31" w:rsidRPr="00A14D64" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="008076C1" w:rsidRPr="00BE4E55" w:rsidTr="00EC7270">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5495" w:type="dxa"/>
+            <w:tcW w:w="5778" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B3089F" w:rsidRPr="00A14D64" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+          <w:p w:rsidR="008076C1" w:rsidRPr="00BE4E55" w:rsidRDefault="008076C1" w:rsidP="00EC7270">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008076C1" w:rsidRPr="00BE4E55" w:rsidRDefault="008076C1" w:rsidP="00EC7270">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="4359" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="009D772B" w:rsidRDefault="009D772B" w:rsidP="008C4576">
+          <w:p w:rsidR="008076C1" w:rsidRPr="00BE4E55" w:rsidRDefault="008076C1" w:rsidP="00EC7270">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009D772B" w:rsidRDefault="009D772B" w:rsidP="008C4576">
+          <w:p w:rsidR="008076C1" w:rsidRPr="00BE4E55" w:rsidRDefault="008076C1" w:rsidP="00EC7270">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009D772B" w:rsidRDefault="009D772B" w:rsidP="008C4576">
+          <w:p w:rsidR="00E76D38" w:rsidRPr="00BE4E55" w:rsidRDefault="00E76D38" w:rsidP="00EC7270">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009D772B" w:rsidRDefault="009D772B" w:rsidP="008C4576">
+          <w:p w:rsidR="00E76D38" w:rsidRPr="00BE4E55" w:rsidRDefault="00E76D38" w:rsidP="00EC7270">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009D772B" w:rsidRDefault="009D772B" w:rsidP="008C4576">
+          <w:p w:rsidR="00E76D38" w:rsidRPr="00BE4E55" w:rsidRDefault="00E76D38" w:rsidP="00EC7270">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="008E6615" w:rsidRDefault="008E6615" w:rsidP="008C4576">
+          <w:p w:rsidR="00E76D38" w:rsidRPr="00BE4E55" w:rsidRDefault="00E76D38" w:rsidP="00EC7270">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="008E6615" w:rsidRDefault="008E6615" w:rsidP="008C4576">
+          <w:p w:rsidR="00E76D38" w:rsidRPr="00BE4E55" w:rsidRDefault="00E76D38" w:rsidP="00EC7270">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="008E6615" w:rsidRDefault="008E6615" w:rsidP="008C4576">
+          <w:p w:rsidR="00E76D38" w:rsidRPr="00BE4E55" w:rsidRDefault="00E76D38" w:rsidP="00EC7270">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="008E6615" w:rsidRDefault="008E6615" w:rsidP="008C4576">
+          <w:p w:rsidR="00BE4E55" w:rsidRPr="00BE4E55" w:rsidRDefault="00BE4E55" w:rsidP="00EC7270">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009D772B" w:rsidRDefault="009D772B" w:rsidP="0048364A">
-[...12 lines deleted...]
-          <w:p w:rsidR="00B3089F" w:rsidRPr="00A14D64" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+          <w:p w:rsidR="00BE4E55" w:rsidRPr="00BE4E55" w:rsidRDefault="00BE4E55" w:rsidP="00EC7270">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A14D64">
-[...10 lines deleted...]
-          <w:p w:rsidR="00B3089F" w:rsidRPr="00A14D64" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+          </w:p>
+          <w:p w:rsidR="00BE4E55" w:rsidRPr="00BE4E55" w:rsidRDefault="00BE4E55" w:rsidP="00EC7270">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A14D64">
-[...9 lines deleted...]
-          <w:p w:rsidR="00B3089F" w:rsidRPr="00A14D64" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+          </w:p>
+          <w:p w:rsidR="00BE4E55" w:rsidRPr="00BE4E55" w:rsidRDefault="00BE4E55" w:rsidP="00EC7270">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A14D64">
-[...9 lines deleted...]
-          <w:p w:rsidR="00B3089F" w:rsidRPr="00A14D64" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+          </w:p>
+          <w:p w:rsidR="00BE4E55" w:rsidRPr="00BE4E55" w:rsidRDefault="00BE4E55" w:rsidP="00EC7270">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A14D64">
-[...9 lines deleted...]
-          <w:p w:rsidR="00B3089F" w:rsidRPr="00A14D64" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+          </w:p>
+          <w:p w:rsidR="00BE4E55" w:rsidRPr="00BE4E55" w:rsidRDefault="00BE4E55" w:rsidP="00EC7270">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A14D64">
-[...9 lines deleted...]
-          <w:p w:rsidR="00B3089F" w:rsidRPr="00A14D64" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+          </w:p>
+          <w:p w:rsidR="00BE4E55" w:rsidRPr="00BE4E55" w:rsidRDefault="00BE4E55" w:rsidP="00EC7270">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A14D64">
+          </w:p>
+          <w:p w:rsidR="00BE4E55" w:rsidRPr="00BE4E55" w:rsidRDefault="00BE4E55" w:rsidP="00EC7270">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Форма</w:t>
-            </w:r>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00BE4E55" w:rsidRPr="00BE4E55" w:rsidRDefault="00BE4E55" w:rsidP="00EC7270">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00BE4E55" w:rsidRPr="00BE4E55" w:rsidRDefault="00BE4E55" w:rsidP="00EC7270">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00BE4E55" w:rsidRPr="00BE4E55" w:rsidRDefault="00BE4E55" w:rsidP="00EC7270">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00BE4E55" w:rsidRPr="00BE4E55" w:rsidRDefault="00BE4E55" w:rsidP="00EC7270">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00BE4E55" w:rsidRPr="00BE4E55" w:rsidRDefault="00BE4E55" w:rsidP="00EC7270">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00BE4E55" w:rsidRPr="00BE4E55" w:rsidRDefault="00BE4E55" w:rsidP="00EC7270">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00BE4E55" w:rsidRPr="00BE4E55" w:rsidRDefault="00BE4E55" w:rsidP="00EC7270">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00BE4E55" w:rsidRPr="00BE4E55" w:rsidRDefault="00BE4E55" w:rsidP="00EC7270">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00BE4E55" w:rsidRPr="00BE4E55" w:rsidRDefault="00BE4E55" w:rsidP="00EC7270">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00BE4E55" w:rsidRPr="00BE4E55" w:rsidRDefault="00BE4E55" w:rsidP="00EC7270">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00BE4E55" w:rsidRPr="00BE4E55" w:rsidRDefault="00BE4E55" w:rsidP="00EC7270">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00BE4E55" w:rsidRPr="00BE4E55" w:rsidRDefault="00BE4E55" w:rsidP="00EC7270">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00BE4E55" w:rsidRPr="00BE4E55" w:rsidRDefault="00BE4E55" w:rsidP="00BE4E55">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00BE4E55" w:rsidRPr="00BE4E55" w:rsidRDefault="00BE4E55" w:rsidP="00EC7270">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00BE4E55" w:rsidRPr="00BE4E55" w:rsidRDefault="00BE4E55" w:rsidP="00EC7270">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008076C1" w:rsidRPr="00BE4E55" w:rsidRDefault="008076C1" w:rsidP="00EC7270">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008076C1" w:rsidRPr="00BE4E55" w:rsidRDefault="008076C1" w:rsidP="00EC7270">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бірінші басшылары мен педагогтерін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008076C1" w:rsidRPr="00BE4E55" w:rsidRDefault="008076C1" w:rsidP="00EC7270">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008076C1" w:rsidRPr="00BE4E55" w:rsidRDefault="008076C1" w:rsidP="00EC7270">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қағидаларына 10-қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008076C1" w:rsidRPr="00BE4E55" w:rsidRDefault="008076C1" w:rsidP="00EC7270">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE4E55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B3089F" w:rsidRPr="00A14D64" w:rsidRDefault="00B3089F" w:rsidP="00F7191E">
-[...61 lines deleted...]
-    <w:p w:rsidR="00F7191E" w:rsidRPr="00A14D64" w:rsidRDefault="00F7191E" w:rsidP="00CC2541">
+    <w:p w:rsidR="008076C1" w:rsidRPr="00BE4E55" w:rsidRDefault="008076C1" w:rsidP="008076C1">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A14D64">
-[...24 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00F7191E" w:rsidRPr="00A14D64" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w:rsidR="008076C1" w:rsidRPr="00BE4E55" w:rsidRDefault="008076C1" w:rsidP="008076C1">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00A14D64">
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B3089F" w:rsidRPr="00A14D64">
+      </w:pPr>
+      <w:r w:rsidRPr="00BE4E55">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>_</w:t>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F7191E" w:rsidRPr="00A14D64" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
-[...37 lines deleted...]
-    <w:p w:rsidR="00F7191E" w:rsidRPr="00A14D64" w:rsidRDefault="00E83360" w:rsidP="00F7191E">
+    <w:p w:rsidR="008076C1" w:rsidRPr="00BE4E55" w:rsidRDefault="008076C1" w:rsidP="008076C1">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A14D64">
+      <w:r w:rsidRPr="00BE4E55">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A14D64">
+      <w:r w:rsidRPr="00BE4E55">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Ф.И.О. кандидата (при его наличии), ИИН</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A14D64">
+        <w:t>конкурс жариялағанмемлекеттік орган</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE4E55">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F7191E" w:rsidRPr="00A14D64" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w:rsidR="008076C1" w:rsidRPr="00BE4E55" w:rsidRDefault="008076C1" w:rsidP="008076C1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A14D64">
+      <w:r w:rsidRPr="00BE4E55">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...16 lines deleted...]
-        <w:t>_</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F7191E" w:rsidRPr="00A14D64" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w:rsidR="008076C1" w:rsidRPr="00BE4E55" w:rsidRDefault="008076C1" w:rsidP="008076C1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A14D64">
+      <w:r w:rsidRPr="00BE4E55">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...16 lines deleted...]
-        <w:t>_</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F7191E" w:rsidRPr="00A14D64" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
-[...69 lines deleted...]
-    <w:p w:rsidR="00F7191E" w:rsidRPr="00A14D64" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w:rsidR="008076C1" w:rsidRPr="00BE4E55" w:rsidRDefault="008076C1" w:rsidP="008076C1">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A14D64">
+      <w:r w:rsidRPr="00BE4E55">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002B689D" w:rsidRPr="00A14D64">
+        <w:t xml:space="preserve"> (кандидаттың Т.А.Ә. (болған жағдайда), ЖСН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008076C1" w:rsidRPr="00BE4E55" w:rsidRDefault="008076C1" w:rsidP="008076C1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>фактическое место проживания, адрес прописки, контактный телефон</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A14D64">
+      </w:pPr>
+      <w:r w:rsidRPr="00BE4E55">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>)</w:t>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F7191E" w:rsidRPr="00A14D64" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w:rsidR="008076C1" w:rsidRPr="00BE4E55" w:rsidRDefault="008076C1" w:rsidP="008076C1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A14D64">
+      <w:r w:rsidRPr="00BE4E55">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_______________________________________________________________________________________</w:t>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00A14D64">
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008076C1" w:rsidRPr="00BE4E55" w:rsidRDefault="008076C1" w:rsidP="008076C1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>__</w:t>
-[...7 lines deleted...]
-          <w:b/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE4E55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t>(лауазымы, жұмыс орны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008076C1" w:rsidRPr="00BE4E55" w:rsidRDefault="008076C1" w:rsidP="008076C1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE4E55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008076C1" w:rsidRPr="00BE4E55" w:rsidRDefault="008076C1" w:rsidP="008076C1">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE4E55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(нақты тұратын жері, тіркелген мекенжайы, байланыс телефоны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008076C1" w:rsidRPr="00BE4E55" w:rsidRDefault="008076C1" w:rsidP="008076C1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE4E55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008076C1" w:rsidRPr="00B75190" w:rsidRDefault="008076C1" w:rsidP="008076C1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F7191E" w:rsidRPr="00A14D64" w:rsidRDefault="007E20FE" w:rsidP="00F7191E">
+    <w:p w:rsidR="008076C1" w:rsidRPr="00B75190" w:rsidRDefault="008076C1" w:rsidP="008076C1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A14D64">
+      <w:r w:rsidRPr="00B75190">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Заявление</w:t>
+        <w:t>Өтініш</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007E20FE" w:rsidRPr="00A14D64" w:rsidRDefault="00F7191E" w:rsidP="007E20FE">
+    <w:p w:rsidR="008076C1" w:rsidRPr="00B75190" w:rsidRDefault="008076C1" w:rsidP="008076C1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B75190">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00A14D64">
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B75190">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...5 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B75190">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:tab/>
-[...5 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:t xml:space="preserve">Мені </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B75190">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
+        <w:t>_________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B75190">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_______ бос/уақытша бос лауазымға орналасуға арналған конкурсқа жіберуіңізді сұраймын (керегінің астын сызу керек)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C424F6" w:rsidRPr="00A14D64" w:rsidRDefault="007E20FE" w:rsidP="007E20FE">
+    <w:p w:rsidR="008076C1" w:rsidRPr="00B75190" w:rsidRDefault="008076C1" w:rsidP="008076C1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A14D64">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00B75190">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>должности (нужное подчеркнуть)</w:t>
-[...7 lines deleted...]
-        <w:t>________________________________________________________</w:t>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C424F6" w:rsidRPr="00A14D64" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
+    <w:p w:rsidR="008076C1" w:rsidRPr="00B75190" w:rsidRDefault="008076C1" w:rsidP="008076C1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A14D64">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00B75190">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidR="00B3089F" w:rsidRPr="00A14D64">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00437A2D" w:rsidRPr="00A14D64" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
-[...27 lines deleted...]
-    <w:p w:rsidR="00C424F6" w:rsidRPr="00A14D64" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
+    <w:p w:rsidR="008076C1" w:rsidRPr="00B75190" w:rsidRDefault="008076C1" w:rsidP="008076C1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A14D64">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00B75190">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...8 lines deleted...]
-        <w:t>наименование организаций образования, адрес (область, район, город\село)</w:t>
+        <w:t>(білім беру ұйымдарының атауы, мекенжайы (облыс, аудан,қала/ауыл)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B3089F" w:rsidRPr="00A14D64" w:rsidRDefault="00B3089F" w:rsidP="00C424F6">
+    <w:p w:rsidR="008076C1" w:rsidRPr="00B75190" w:rsidRDefault="008076C1" w:rsidP="008076C1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C424F6" w:rsidRPr="00A14D64" w:rsidRDefault="00EF1EBC" w:rsidP="00C424F6">
+    <w:p w:rsidR="008076C1" w:rsidRPr="00B75190" w:rsidRDefault="008076C1" w:rsidP="008076C1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A14D64">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00B75190">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>В настоящее время работаю</w:t>
-[...16 lines deleted...]
-        <w:t>_____________________________________________________</w:t>
+        <w:t>Қазіргі уақытта жұмыс істеймін:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00437A2D" w:rsidRPr="00A14D64" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+    <w:p w:rsidR="008076C1" w:rsidRPr="00B75190" w:rsidRDefault="008076C1" w:rsidP="008076C1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A14D64">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00B75190">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidR="00B3089F" w:rsidRPr="00A14D64">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00437A2D" w:rsidRPr="00A14D64" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+    <w:p w:rsidR="008076C1" w:rsidRPr="00B75190" w:rsidRDefault="008076C1" w:rsidP="008076C1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A14D64">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00B75190">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>________________________________________________________________________________________</w:t>
-[...16 lines deleted...]
-        <w:t>_</w:t>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C424F6" w:rsidRPr="00A14D64" w:rsidRDefault="00C424F6" w:rsidP="00437A2D">
+    <w:p w:rsidR="008076C1" w:rsidRPr="00B75190" w:rsidRDefault="008076C1" w:rsidP="008076C1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A14D64">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00B75190">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...8 lines deleted...]
-        <w:t>должность, наименование организации, адрес (область, район, город\село)</w:t>
+        <w:t>(лауазымы, ұйымның атауы, мекенжайы (облыс, аудан, қала / ауыл)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00437A2D" w:rsidRPr="00A14D64" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+    <w:p w:rsidR="008076C1" w:rsidRPr="00B75190" w:rsidRDefault="008076C1" w:rsidP="008076C1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C424F6" w:rsidRPr="00A14D64" w:rsidRDefault="009F3237" w:rsidP="00C424F6">
+    <w:p w:rsidR="008076C1" w:rsidRPr="00B75190" w:rsidRDefault="008076C1" w:rsidP="008076C1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A14D64">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00B75190">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t>Сообщаю о себе следующие сведения:</w:t>
+        <w:t>Өзім туралы мынадай мәліметтерді хабарлаймын:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00437A2D" w:rsidRPr="00A14D64" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+    <w:p w:rsidR="008076C1" w:rsidRPr="00B75190" w:rsidRDefault="008076C1" w:rsidP="008076C1">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a8"/>
+        <w:tblStyle w:val="a3"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2127"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2765"/>
+        <w:gridCol w:w="1948"/>
+        <w:gridCol w:w="3054"/>
+        <w:gridCol w:w="1493"/>
+        <w:gridCol w:w="2968"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00790B31" w:rsidRPr="00A14D64" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="008076C1" w:rsidRPr="00B75190" w:rsidTr="00EC7270">
         <w:trPr>
-          <w:trHeight w:val="760"/>
+          <w:trHeight w:val="1052"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00437A2D" w:rsidRPr="00A14D64" w:rsidRDefault="009F3237" w:rsidP="00437A2D">
+          <w:p w:rsidR="008076C1" w:rsidRPr="00B75190" w:rsidRDefault="008076C1" w:rsidP="00EC7270">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...11 lines deleted...]
-              <w:t>Образование: высшее или послевузовское</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B75190">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008076C1" w:rsidRPr="00B75190" w:rsidRDefault="008076C1" w:rsidP="00EC7270">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B75190">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (жоғары немесе жоғары оқу орнынан кейінгі)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000E4CFB" w:rsidRPr="00A14D64" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
+          <w:p w:rsidR="008076C1" w:rsidRPr="00B75190" w:rsidRDefault="008076C1" w:rsidP="00EC7270">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...8 lines deleted...]
-                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Наименование</w:t>
-[...8 lines deleted...]
-                <w:szCs w:val="28"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B75190">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...17 lines deleted...]
-            </w:r>
+              <w:t>Оқуорныныңатауы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2197" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00437A2D" w:rsidRPr="00A14D64" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
+          <w:p w:rsidR="008076C1" w:rsidRPr="00B75190" w:rsidRDefault="008076C1" w:rsidP="00EC7270">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A14D64">
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B75190">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Периодобучения</w:t>
-            </w:r>
+              <w:t>Оқукезеңі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000E4CFB" w:rsidRPr="00A14D64" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
+          <w:p w:rsidR="008076C1" w:rsidRPr="00B75190" w:rsidRDefault="008076C1" w:rsidP="00EC7270">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...8 lines deleted...]
-                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Специальность</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00437A2D" w:rsidRPr="00A14D64" w:rsidRDefault="000C013E" w:rsidP="00437A2D">
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B75190">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Дипломбойыншамамандығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="008076C1" w:rsidRPr="00B75190" w:rsidRDefault="008076C1" w:rsidP="00EC7270">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00790B31" w:rsidRPr="00A14D64" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="008076C1" w:rsidRPr="00B75190" w:rsidTr="00EC7270">
         <w:trPr>
-          <w:trHeight w:val="749"/>
+          <w:trHeight w:val="895"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00437A2D" w:rsidRPr="00A14D64" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+          <w:p w:rsidR="008076C1" w:rsidRPr="00B75190" w:rsidRDefault="008076C1" w:rsidP="00EC7270">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00437A2D" w:rsidRPr="00A14D64" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+          <w:p w:rsidR="008076C1" w:rsidRPr="00B75190" w:rsidRDefault="008076C1" w:rsidP="00EC7270">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2197" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00437A2D" w:rsidRPr="00A14D64" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+          <w:p w:rsidR="008076C1" w:rsidRPr="00B75190" w:rsidRDefault="008076C1" w:rsidP="00EC7270">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00437A2D" w:rsidRPr="00A14D64" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+          <w:p w:rsidR="008076C1" w:rsidRPr="00B75190" w:rsidRDefault="008076C1" w:rsidP="00EC7270">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00437A2D" w:rsidRPr="00A14D64" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+    <w:p w:rsidR="008076C1" w:rsidRPr="00B75190" w:rsidRDefault="008076C1" w:rsidP="008076C1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00437A2D" w:rsidRPr="00A14D64" w:rsidRDefault="000E4CFB" w:rsidP="00C424F6">
+    <w:p w:rsidR="008076C1" w:rsidRPr="00B75190" w:rsidRDefault="008076C1" w:rsidP="008076C1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A14D64">
-[...38 lines deleted...]
-        <w:t>_</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B75190">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Біліктіліксанатыныңболуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B75190">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B75190">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>берген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B75190">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B75190">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>растаған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B75190">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B75190">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>күні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B75190">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>):</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B75190">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_____________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B3089F" w:rsidRPr="00A14D64" w:rsidRDefault="00B3089F" w:rsidP="00B3089F">
-[...26 lines deleted...]
-    <w:p w:rsidR="00B3089F" w:rsidRPr="00A14D64" w:rsidRDefault="00B3089F" w:rsidP="00B3089F">
+    <w:p w:rsidR="008076C1" w:rsidRPr="00B75190" w:rsidRDefault="008076C1" w:rsidP="008076C1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00B75190">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00C424F6" w:rsidRPr="00A14D64" w:rsidRDefault="00B14AED" w:rsidP="00C424F6">
+    <w:p w:rsidR="008076C1" w:rsidRPr="00B75190" w:rsidRDefault="008076C1" w:rsidP="008076C1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A14D64">
-[...30 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00C424F6" w:rsidRPr="00A14D64" w:rsidRDefault="00B14AED" w:rsidP="00C424F6">
+    <w:p w:rsidR="008076C1" w:rsidRPr="00B75190" w:rsidRDefault="008076C1" w:rsidP="008076C1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A14D64">
-[...29 lines deleted...]
-        <w:t>__</w:t>
+      <w:r w:rsidRPr="00B75190">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Педагогикалықжұмысөтілі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B75190">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B75190">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00452A41" w:rsidRPr="00A14D64" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+    <w:p w:rsidR="008076C1" w:rsidRPr="00B75190" w:rsidRDefault="008076C1" w:rsidP="008076C1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A14D64">
-[...13 lines deleted...]
-        <w:t>_</w:t>
+      <w:r w:rsidRPr="00B75190">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Келесіжұмыснәтижелерімбар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B75190">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:_________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00452A41" w:rsidRPr="00A14D64" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+    <w:p w:rsidR="008076C1" w:rsidRPr="00B75190" w:rsidRDefault="008076C1" w:rsidP="008076C1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A14D64">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00B75190">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidR="00B3089F" w:rsidRPr="00A14D64">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00452A41" w:rsidRPr="00A14D64" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+    <w:p w:rsidR="008076C1" w:rsidRPr="00B75190" w:rsidRDefault="008076C1" w:rsidP="008076C1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A14D64">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00B75190">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidR="00B3089F" w:rsidRPr="00A14D64">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00452A41" w:rsidRPr="00A14D64" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+    <w:p w:rsidR="008076C1" w:rsidRPr="00B75190" w:rsidRDefault="008076C1" w:rsidP="008076C1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A14D64">
-[...21 lines deleted...]
-        <w:t>_</w:t>
+      <w:r w:rsidRPr="00B75190">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00437A2D" w:rsidRPr="00A14D64" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+    <w:p w:rsidR="008076C1" w:rsidRPr="00B75190" w:rsidRDefault="008076C1" w:rsidP="008076C1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00B75190">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00437A2D" w:rsidRPr="00A14D64" w:rsidRDefault="00E650B6" w:rsidP="00C424F6">
+    <w:p w:rsidR="008076C1" w:rsidRPr="00B75190" w:rsidRDefault="008076C1" w:rsidP="008076C1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A14D64">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00437A2D" w:rsidRPr="00A14D64" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+    <w:p w:rsidR="008076C1" w:rsidRPr="00B75190" w:rsidRDefault="008076C1" w:rsidP="008076C1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A14D64">
-[...21 lines deleted...]
-        <w:t>_</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B75190">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Наградалары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B75190">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B75190">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>атақтары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B75190">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B75190">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>дәрежесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B75190">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B75190">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ғылымидәрежесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B75190">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B75190">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ғылымиатағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B75190">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>____________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00437A2D" w:rsidRPr="00A14D64" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+    <w:p w:rsidR="008076C1" w:rsidRPr="00B75190" w:rsidRDefault="008076C1" w:rsidP="008076C1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A14D64">
-[...21 lines deleted...]
-        <w:t>_</w:t>
+      <w:r w:rsidRPr="00B75190">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00437A2D" w:rsidRPr="00A14D64" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+    <w:p w:rsidR="008076C1" w:rsidRPr="00B75190" w:rsidRDefault="008076C1" w:rsidP="008076C1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00B75190">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00B3089F" w:rsidRPr="00A14D64" w:rsidRDefault="00E650B6" w:rsidP="00452A41">
+    <w:p w:rsidR="008076C1" w:rsidRPr="00B75190" w:rsidRDefault="008076C1" w:rsidP="008076C1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A14D64">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00452A41" w:rsidRPr="00A14D64" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+    <w:p w:rsidR="008076C1" w:rsidRPr="00B75190" w:rsidRDefault="008076C1" w:rsidP="008076C1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A14D64">
-[...11 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B75190">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>_</w:t>
+        <w:t>Cондай-аққосымшамәліметтері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B75190">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B75190">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>болғанжағдайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B75190">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00452A41" w:rsidRPr="00A14D64" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+    <w:p w:rsidR="008076C1" w:rsidRPr="00EC7270" w:rsidRDefault="008076C1" w:rsidP="008076C1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A14D64">
-[...11 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00B75190">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>_</w:t>
-[...7 lines deleted...]
-        <w:t>_</w:t>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B3089F" w:rsidRPr="00A14D64" w:rsidRDefault="00B3089F" w:rsidP="00B3089F">
+    <w:p w:rsidR="008076C1" w:rsidRPr="00EC7270" w:rsidRDefault="008076C1" w:rsidP="008076C1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A14D64">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00B75190">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A14D64">
-[...7 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00C424F6" w:rsidRPr="00A14D64" w:rsidRDefault="00C424F6" w:rsidP="00F7191E">
-[...20 lines deleted...]
-    <w:p w:rsidR="00452A41" w:rsidRPr="00A14D64" w:rsidRDefault="00321427" w:rsidP="00452A41">
+    <w:p w:rsidR="008076C1" w:rsidRPr="00EC7270" w:rsidRDefault="008076C1" w:rsidP="008076C1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A14D64">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00B75190">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008076C1" w:rsidRPr="00B75190" w:rsidRDefault="008076C1" w:rsidP="008076C1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>«</w:t>
-[...102 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00437A2D" w:rsidRPr="00A14D64" w:rsidRDefault="00437A2D" w:rsidP="00452A41">
+    <w:p w:rsidR="008076C1" w:rsidRPr="00EC7270" w:rsidRDefault="008076C1" w:rsidP="008076C1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B75190">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>20____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC7270">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B75190">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жылғы «____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC7270">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>»_______________                ______________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC7270">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B75190">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B75190">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>олы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EC7270">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008076C1" w:rsidRPr="00B75190" w:rsidRDefault="008076C1" w:rsidP="008076C1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00437A2D" w:rsidRDefault="00437A2D" w:rsidP="007C3AFB">
-[...263 lines deleted...]
-    <w:sectPr w:rsidR="00461D73" w:rsidRPr="00461D73" w:rsidSect="003B5FA9">
+    <w:sectPr w:rsidR="008076C1" w:rsidRPr="00B75190" w:rsidSect="00E76D38">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="737" w:right="794" w:bottom="737" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="851" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-  <w:font w:name="Arial">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="SimSun">
+    <w:altName w:val="宋体"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="NewtonC">
-[...12 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="09BA57AC"/>
+    <w:nsid w:val="61B365C9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="50BE025E"/>
-[...1 lines deleted...]
-      <w:start w:val="1"/>
+    <w:tmpl w:val="E020C312"/>
+    <w:lvl w:ilvl="0" w:tplc="1A8E2208">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="2200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="2920" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3640" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="4360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="5800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="6520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
-[...521 lines deleted...]
-  </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="5"/>
-[...10 lines deleted...]
-  <w:num w:numId="5">
     <w:abstractNumId w:val="0"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="72"/>
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
+  <w:hyphenationZone w:val="141"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:footnotePr>
-[...6 lines deleted...]
-  </w:endnotePr>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00F410E4"/>
-[...738 lines deleted...]
-    <w:rsid w:val="00FF7747"/>
+    <w:rsidRoot w:val="00D5646B"/>
+    <w:rsid w:val="00054CCA"/>
+    <w:rsid w:val="00056D63"/>
+    <w:rsid w:val="00073B6A"/>
+    <w:rsid w:val="000E5BAD"/>
+    <w:rsid w:val="00102959"/>
+    <w:rsid w:val="001855BA"/>
+    <w:rsid w:val="001A2C60"/>
+    <w:rsid w:val="00254B9A"/>
+    <w:rsid w:val="002C1308"/>
+    <w:rsid w:val="00340CAC"/>
+    <w:rsid w:val="0034751F"/>
+    <w:rsid w:val="00363B5E"/>
+    <w:rsid w:val="00367AE7"/>
+    <w:rsid w:val="003A74C8"/>
+    <w:rsid w:val="00587CE8"/>
+    <w:rsid w:val="005A272E"/>
+    <w:rsid w:val="006D744E"/>
+    <w:rsid w:val="00761BE6"/>
+    <w:rsid w:val="008076C1"/>
+    <w:rsid w:val="008165EF"/>
+    <w:rsid w:val="00922085"/>
+    <w:rsid w:val="009F2B5C"/>
+    <w:rsid w:val="00A31F33"/>
+    <w:rsid w:val="00BE4E55"/>
+    <w:rsid w:val="00BF7342"/>
+    <w:rsid w:val="00C44748"/>
+    <w:rsid w:val="00D5646B"/>
+    <w:rsid w:val="00D60E70"/>
+    <w:rsid w:val="00DE02B1"/>
+    <w:rsid w:val="00E76D38"/>
+    <w:rsid w:val="00EC21DA"/>
+    <w:rsid w:val="00EC7270"/>
+    <w:rsid w:val="00ED2347"/>
+    <w:rsid w:val="00F1125C"/>
+    <w:rsid w:val="00F14D94"/>
+    <w:rsid w:val="00F52E26"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3074"/>
+    <o:shapedefaults v:ext="edit" spidmax="5122"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -6276,339 +6556,167 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00F410E4"/>
+    <w:rsid w:val="000E5BAD"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="a3">
-[...82 lines deleted...]
-  <w:style w:type="table" w:styleId="a8">
+  <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00560EEB"/>
+    <w:rsid w:val="00340CAC"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a9">
-    <w:name w:val="Placeholder Text"/>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F52E26"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a5">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="006D744E"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a6">
+    <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
-    <w:rsid w:val="00AC5698"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="008076C1"/>
     <w:rPr>
-      <w:color w:val="808080"/>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
     </w:rPr>
-  </w:style>
-[...58 lines deleted...]
-    <w:rsid w:val="009C67FC"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
-    <w:div w:id="245118998">
-[...51 lines deleted...]
-    <w:div w:id="1380398890">
+    <w:div w:id="1271545351">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -6642,84 +6750,86 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -6850,87 +6960,71 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1340</Words>
-  <Characters>7644</Characters>
+  <Words>1215</Words>
+  <Characters>6931</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>63</Lines>
-  <Paragraphs>17</Paragraphs>
+  <Lines>57</Lines>
+  <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8967</CharactersWithSpaces>
+  <CharactersWithSpaces>8130</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Gulnar</dc:creator>
+  <dc:creator>Школьников Дворец</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>