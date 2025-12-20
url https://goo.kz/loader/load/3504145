--- v0 (2025-12-06)
+++ v1 (2025-12-20)
@@ -1,4448 +1,4738 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="00296EEF" w:rsidRPr="00296EEF" w:rsidRDefault="000F472B" w:rsidP="00296EEF">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="008D060A" w:rsidRPr="00023566" w:rsidRDefault="00023566" w:rsidP="00023566">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00023566">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПОЛОЖЕНИЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00023566" w:rsidRPr="00023566" w:rsidRDefault="00023566" w:rsidP="00023566">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00023566">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>городского конкурса</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00023566" w:rsidRPr="00B17B0E" w:rsidRDefault="00023566" w:rsidP="00023566">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00023566">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">молодых педагогов </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B17B0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Моя педагогическая инновация»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00023566" w:rsidRDefault="00023566" w:rsidP="00023566">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00023566">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в рамках </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00023566">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>V</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00023566">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> областного форума молодых педагогов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00023566" w:rsidRDefault="00023566" w:rsidP="00023566">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00296EEF">
+      <w:r w:rsidRPr="00023566">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жас ұстаз: табысқа апарар жол»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00023566" w:rsidRDefault="00023566" w:rsidP="00023566">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B17B0E" w:rsidRPr="00B17B0E" w:rsidRDefault="00B17B0E" w:rsidP="00023566">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>«Жас ұстаз: табысқа апарар жол»</w:t>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B17B0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B17B0E" w:rsidRDefault="00B17B0E" w:rsidP="00B17B0E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">атты </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000F472B" w:rsidRPr="00296EEF">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">V </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>Отдел образования города Павлодара проводит городской конкурс профессионального мастества молодых педагогов «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B17B0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>облыстық жас педагогтер форумы аясында</w:t>
-[...233 lines deleted...]
-    <w:p w:rsidR="007F33B1" w:rsidRDefault="007F33B1" w:rsidP="007F33B1">
+        <w:t>Моя педагогическая инновация»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B17B0E" w:rsidRPr="00B17B0E" w:rsidRDefault="00B17B0E" w:rsidP="00B17B0E">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B17B0E" w:rsidRPr="00B17B0E" w:rsidRDefault="00B17B0E" w:rsidP="00B17B0E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...10 lines deleted...]
-    <w:p w:rsidR="007F33B1" w:rsidRDefault="001D1742" w:rsidP="007F33B1">
+        <w:t>Конкурс профессионального мастерства для молодых педагогов «Моя педагогическая инновация( далее – Конкурс) проводятся в целях:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B17B0E" w:rsidRDefault="00AA0FB9" w:rsidP="00AA0FB9">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="742"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="001D1742" w:rsidRDefault="001D1742" w:rsidP="007F33B1">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidR="00B17B0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>овышения качества образования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA0FB9" w:rsidRDefault="00AA0FB9" w:rsidP="00AA0FB9">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="742"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="00D47E3B" w:rsidRDefault="00D47E3B" w:rsidP="007F33B1">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>повышения профессионального мастерства молодых педагогов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA0FB9" w:rsidRDefault="00AA0FB9" w:rsidP="00AA0FB9">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="742"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="00D47E3B" w:rsidRDefault="00D47E3B" w:rsidP="007F33B1">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>совершенствования научно – методического обеспечения образовательного процесса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA0FB9" w:rsidRDefault="00AA0FB9" w:rsidP="00AA0FB9">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="742"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="00D47E3B" w:rsidRDefault="00D47E3B" w:rsidP="007F33B1">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>выявления и распространения педагогического опыта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA0FB9" w:rsidRDefault="00AA0FB9" w:rsidP="00AA0FB9">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="742"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>внедрения и распространения современных инновационных образовательных технологий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA0FB9" w:rsidRDefault="00AA0FB9" w:rsidP="00AA0FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:ind w:hanging="742"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> поддержка творческих молодых педагогов и подъема престижа учительской профессии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA0FB9" w:rsidRDefault="00AA0FB9" w:rsidP="00AA0FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="2160"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA0FB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.Участники конкурса</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA0FB9" w:rsidRDefault="00AA0FB9" w:rsidP="00AA0FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00053331">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Участник Конкурса молодые педагоги общеобразовательных школ и  дошкольных организаций, стаж работы не более </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA0FB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5 лет</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA0FB9" w:rsidRDefault="00AA0FB9" w:rsidP="00AA0FB9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00991697">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В городском этапе Конкурса принимают участие победители</w:t>
+      </w:r>
+      <w:r w:rsidR="00C4685A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организаций образования</w:t>
+      </w:r>
+      <w:r w:rsidR="00466A49">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C4685A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>( школы, детского сада).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C4685A" w:rsidRDefault="00C4685A" w:rsidP="00C4685A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3. Организация Конкурса, порядок и содержание</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C4685A" w:rsidRDefault="00991697" w:rsidP="00C4685A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3.1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00053331">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C4685A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Для организационно – методического обеспечения и проведения Конкурса созд</w:t>
+      </w:r>
+      <w:r w:rsidR="00466A49">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ается организационный комитет (</w:t>
+      </w:r>
+      <w:r w:rsidR="00C4685A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>далее – оргкомитет);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C4685A" w:rsidRDefault="00991697" w:rsidP="00C4685A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3.2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00053331">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C4685A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Для оценки материалов участников Конкурса формируется жюри.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C4685A" w:rsidRDefault="00C4685A" w:rsidP="00C4685A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3.3. Оргкомитет конкурса:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C4685A" w:rsidRDefault="00C4685A" w:rsidP="00C4685A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- осуществляет непосредственное руководство подготовкой и проведением конкурса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C4685A" w:rsidRDefault="00C4685A" w:rsidP="00C4685A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-разрабатывает порядок проведения, текущую документацию, </w:t>
+      </w:r>
+      <w:r w:rsidR="00991697">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сроки проведения их, содержание</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и критерии оценок конкурсных заданий</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C4685A" w:rsidRDefault="00C4685A" w:rsidP="00C4685A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- организует работу жюри;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C4685A" w:rsidRDefault="00C4685A" w:rsidP="00C4685A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-регистрирует участников Конкурса, осуществляет сбор конкурсных материалов, создает базу данных об участниках;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C4685A" w:rsidRDefault="00C4685A" w:rsidP="00C4685A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- по результатам оценки жюри формирует рейтинг участников;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C4685A" w:rsidRDefault="00C4685A" w:rsidP="00C4685A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-обеспечивает освещение в СМИ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C4685A" w:rsidRDefault="00C4685A" w:rsidP="00C4685A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3.4 Решения оргкомитета принимаются на заседаниях и оформляются протокольно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C4685A" w:rsidRDefault="00C4685A" w:rsidP="00C4685A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3.5. Жюри конкурса:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00991697" w:rsidRDefault="00991697" w:rsidP="00C4685A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>- оценивает конкурсные материалы в соответствии с установленными критериями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00991697" w:rsidRDefault="00991697" w:rsidP="00C4685A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- определяет победителей и призёров конкурса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00991697" w:rsidRDefault="00991697" w:rsidP="00C4685A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- оформляет итоговую документацию и передает ее в оргкомитет конкурса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00991697" w:rsidRDefault="00046810" w:rsidP="00046810">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               4</w:t>
+      </w:r>
+      <w:r w:rsidR="00991697" w:rsidRPr="00991697">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Направления Конкурса</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00991697" w:rsidRDefault="00991697" w:rsidP="00991697">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00991697">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4.1</w:t>
+      </w:r>
+      <w:r w:rsidR="00046810">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Конкурс проводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00053331">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>онлайн формате, заочно по 4 направлениям.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00991697" w:rsidRDefault="00046810" w:rsidP="00991697">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1. Первое направление – начальная школа</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00046810" w:rsidRDefault="00046810" w:rsidP="00991697">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.Второе направление – гуманитарное</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00046810" w:rsidRDefault="00046810" w:rsidP="00991697">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3. Третье направление – дошкольное</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00046810" w:rsidRDefault="00046810" w:rsidP="00991697">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4. Четвертое направление – естественно – научное</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00046810" w:rsidRDefault="00046810" w:rsidP="00046810">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00046810">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5. Требования к конкурсным работам</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00046810" w:rsidRDefault="00046810" w:rsidP="00046810">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00046810">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5.1. На конкурс предоставляют</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00046810" w:rsidRDefault="00046810" w:rsidP="00046810">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1. заявку на участие в конкурсе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00046810" w:rsidRPr="00466A49" w:rsidRDefault="00466A49" w:rsidP="00046810">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. видеоматериал не менее </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00466A49">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00046810" w:rsidRPr="00466A49">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> минут</w:t>
+      </w:r>
+      <w:r w:rsidR="00046810">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в хорошем качестве</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>шығармшылық жас педагогтерді қолдау және мұғалім мамандығының беделін көтеру.</w:t>
-[...5 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00466A49">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ссылку помещает в заявке)</w:t>
+      </w:r>
+      <w:r w:rsidR="00046810" w:rsidRPr="00466A49">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00046810" w:rsidRPr="00466A49" w:rsidRDefault="00046810" w:rsidP="00046810">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1276" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-        <w:jc w:val="center"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3.сценарий видеоматериала</w:t>
+      </w:r>
+      <w:r w:rsidR="009650C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00466A49" w:rsidRPr="00466A49">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="008A7ACA">
+        </w:rPr>
+        <w:t xml:space="preserve">помещает </w:t>
+      </w:r>
+      <w:r w:rsidR="00466A49" w:rsidRPr="00466A49">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...20 lines deleted...]
-        <w:ind w:firstLine="708"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>QR</w:t>
+      </w:r>
+      <w:r w:rsidR="00466A49" w:rsidRPr="00466A49">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> –код  в заявке</w:t>
+      </w:r>
+      <w:r w:rsidR="00466A49">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00046810" w:rsidRDefault="00046810" w:rsidP="00046810">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1276" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...579 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5.2. Организация образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046810">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B04AB5">
-[...383 lines deleted...]
-        <w:r w:rsidRPr="001E3787">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(школы, детские сады) высылает оргкомитету на э/ почту </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidRPr="005D6F0D">
           <w:rPr>
             <w:rStyle w:val="a4"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
-            <w:lang w:val="kk-KZ"/>
+            <w:lang w:val="en-US"/>
           </w:rPr>
-          <w:t>metod@goo.edu.</w:t>
+          <w:t>metod</w:t>
         </w:r>
-        <w:r w:rsidRPr="00270559">
+        <w:r w:rsidRPr="00046810">
           <w:rPr>
             <w:rStyle w:val="a4"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
-            <w:lang w:val="kk-KZ"/>
+          </w:rPr>
+          <w:t>@</w:t>
+        </w:r>
+        <w:r w:rsidRPr="005D6F0D">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>goo</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00046810">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidRPr="005D6F0D">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>edu</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00046810">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidRPr="005D6F0D">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>kz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00270559">
+      <w:r w:rsidRPr="00046810">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00466A49">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">заявку  участника в </w:t>
+      </w:r>
+      <w:r w:rsidR="00466A49">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Worde</w:t>
+      </w:r>
+      <w:r w:rsidR="00D51CB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, где поме</w:t>
+      </w:r>
+      <w:r w:rsidR="00466A49">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">щает </w:t>
+      </w:r>
+      <w:r w:rsidR="00466A49" w:rsidRPr="00466A49">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>активную ссылку</w:t>
+      </w:r>
+      <w:r w:rsidR="00466A49">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на </w:t>
+      </w:r>
+      <w:r w:rsidR="00466A49" w:rsidRPr="00466A49">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">видеоматериал и сценарий видеоматериала </w:t>
+      </w:r>
+      <w:r w:rsidR="00466A49" w:rsidRPr="00466A49">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>QR</w:t>
+      </w:r>
+      <w:r w:rsidR="00466A49" w:rsidRPr="00466A49">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> –</w:t>
+      </w:r>
+      <w:r w:rsidR="00466A49">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>код</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046810">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00046810" w:rsidRPr="00D51CB5" w:rsidRDefault="00046810" w:rsidP="00046810">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5.3. Материалы прин</w:t>
+      </w:r>
+      <w:r w:rsidR="00D51CB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">имаются </w:t>
+      </w:r>
+      <w:r w:rsidR="00D51CB5" w:rsidRPr="00D51CB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>до 10</w:t>
+      </w:r>
+      <w:r w:rsidR="00466A49" w:rsidRPr="00D51CB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> марта 2025</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D51CB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00046810" w:rsidRDefault="00053331" w:rsidP="00046810">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5.4. В</w:t>
+      </w:r>
+      <w:r w:rsidR="00046810">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сценарии описывается педагогическая инновация, педагогическая технология, изюминка</w:t>
+      </w:r>
+      <w:r w:rsidR="000B17C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> своей педаго</w:t>
+      </w:r>
+      <w:r w:rsidR="008A777D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">гической деятельности, которая </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA4BC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дает результат в </w:t>
+      </w:r>
+      <w:r w:rsidR="000B17C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>учебном процессе, которая влияет на мотивацию обучающихся, повышает каче</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA4BC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ство</w:t>
+      </w:r>
+      <w:r w:rsidR="000B17C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B17C0" w:rsidRDefault="00DA4BC8" w:rsidP="00046810">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5.5. Материалы пред</w:t>
+      </w:r>
+      <w:r w:rsidR="00053331">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ставляются</w:t>
+      </w:r>
+      <w:r w:rsidR="008A777D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в печатном виде</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A777D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="000B17C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2500 знаков с пробелами на странице). Объем конкурсной работы составляет не более</w:t>
+      </w:r>
+      <w:r w:rsidR="008F2234">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000B17C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3 страниц без учета титульного листа и приложений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F2234" w:rsidRDefault="008F2234" w:rsidP="008F2234">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F2234">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6. Порядок проведения экспертизы и подведение итогов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F2234" w:rsidRDefault="008F2234" w:rsidP="008F2234">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6.1</w:t>
+      </w:r>
+      <w:r w:rsidR="0069055D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Каждый материал, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>направленный на конкурс оценивается жюри согласно критериям.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F2234" w:rsidRDefault="008F2234" w:rsidP="008F2234">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F2234">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2. Рецензии на работы участников Конкурса не выдаются.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F2234" w:rsidRDefault="008F2234" w:rsidP="008F2234">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F2234">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3. Участникам, набравшим не менее 70% на основе разработанных критериев, выдаются сертификаты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F2234" w:rsidRDefault="008F2234" w:rsidP="008F2234">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F2234">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4 Победители Конкурса награждаются дипломами </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...13 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:t>І, ІІ, ІІІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> степени по 4 направлениям.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0069055D" w:rsidRDefault="0069055D" w:rsidP="008F2234">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1276" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...20 lines deleted...]
-      <w:r w:rsidR="00BD0B5E">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00154CD5">
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0069055D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. Итоги конкурса </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC3667">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">будут размещены на сайте отдела </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">образования и победители городского этапа примут участие в областном этапе. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA4BC8" w:rsidRDefault="00DA4BC8" w:rsidP="00DA4BC8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008F2234" w:rsidRDefault="008F2234" w:rsidP="008F2234">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...79 lines deleted...]
-        <w:jc w:val="center"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...232 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+        <w:t>7. Критерии конкурсных работ</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a5"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="9258" w:type="dxa"/>
+        <w:tblInd w:w="704" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="675"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3191"/>
+        <w:gridCol w:w="704"/>
+        <w:gridCol w:w="5675"/>
+        <w:gridCol w:w="2879"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FC6325" w:rsidRPr="00CC17BF" w:rsidTr="00FC6325">
-[...6 lines deleted...]
-              <w:jc w:val="center"/>
+      <w:tr w:rsidR="008F2234" w:rsidTr="00EF28E8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F2234" w:rsidRPr="00EF28E8" w:rsidRDefault="008F2234" w:rsidP="008F2234">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EF28E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5705" w:type="dxa"/>
-[...2 lines deleted...]
-            <w:pPr>
+            <w:tcW w:w="5675" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F2234" w:rsidRDefault="008F2234" w:rsidP="008F2234">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2879" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F2234" w:rsidRPr="00EF28E8" w:rsidRDefault="00EF28E8" w:rsidP="00EF28E8">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EF28E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Баллы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EF28E8" w:rsidRPr="00EF28E8" w:rsidRDefault="00EF28E8" w:rsidP="00EF28E8">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EF28E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2б</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EF28E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>.- полностью соответствует,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EF28E8" w:rsidRPr="00EF28E8" w:rsidRDefault="00EF28E8" w:rsidP="00EF28E8">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EF28E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1б</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EF28E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>. – частично соответствует,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EF28E8" w:rsidRDefault="00EF28E8" w:rsidP="00EF28E8">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EF28E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 б</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EF28E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>.- не соответствует</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F2234" w:rsidTr="00EF28E8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F2234" w:rsidRDefault="00EF28E8" w:rsidP="008F2234">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...4 lines deleted...]
-              <w:t>Критерийлер</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3191" w:type="dxa"/>
-[...9 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:tcW w:w="5675" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EF28E8" w:rsidRDefault="00EF28E8" w:rsidP="00EF28E8">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...4 lines deleted...]
-              <w:t>Баллдар</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Актуальность</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FC6325" w:rsidRPr="00FC6325" w:rsidRDefault="00FC6325" w:rsidP="00FC6325">
-            <w:pPr>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2879" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F2234" w:rsidRDefault="008F2234" w:rsidP="008F2234">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...13 lines deleted...]
-              <w:t>2 б. – толық сәйкес келеді,</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F2234" w:rsidTr="00EF28E8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F2234" w:rsidRDefault="00EF28E8" w:rsidP="008F2234">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FC6325" w:rsidRPr="00FC6325" w:rsidRDefault="00FC6325" w:rsidP="00FC6325">
-            <w:pPr>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5675" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F2234" w:rsidRDefault="00EF28E8" w:rsidP="00EF28E8">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="4938"/>
+              </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...13 lines deleted...]
-              <w:t>1 б. – ішінара сәйкес келеді,</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Соответствие содержания выбранной теме</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FC6325" w:rsidRDefault="00FC6325" w:rsidP="00FC6325">
-            <w:pPr>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2879" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F2234" w:rsidRDefault="008F2234" w:rsidP="008F2234">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...13 lines deleted...]
-              <w:t>0 б. – сәйкес емес</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EF28E8" w:rsidTr="00EF28E8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EF28E8" w:rsidRDefault="00EF28E8" w:rsidP="00EF28E8">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3.</w:t>
             </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5675" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EF28E8" w:rsidRDefault="00EF28E8" w:rsidP="00EF28E8">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...4 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Значимость и разнообразие</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2879" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EF28E8" w:rsidRDefault="00EF28E8" w:rsidP="00EF28E8">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC6325" w:rsidTr="00FC6325">
-[...20 lines deleted...]
-              <w:t>1</w:t>
+      <w:tr w:rsidR="00EF28E8" w:rsidTr="00EF28E8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EF28E8" w:rsidRDefault="00EF28E8" w:rsidP="00EF28E8">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5705" w:type="dxa"/>
-[...17 lines deleted...]
-              <w:t>Өзектілігі</w:t>
+            <w:tcW w:w="5675" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EF28E8" w:rsidRDefault="00EF28E8" w:rsidP="00EF28E8">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Системность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3191" w:type="dxa"/>
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:tcW w:w="2879" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EF28E8" w:rsidRDefault="00EF28E8" w:rsidP="00EF28E8">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC6325" w:rsidTr="00FC6325">
-[...99 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+      <w:tr w:rsidR="00EF28E8" w:rsidTr="00EF28E8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EF28E8" w:rsidRDefault="00EF28E8" w:rsidP="00EF28E8">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...105 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5705" w:type="dxa"/>
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:tcW w:w="5675" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EF28E8" w:rsidRDefault="00EF28E8" w:rsidP="00EF28E8">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Пактикалық құндылық</w:t>
+              </w:rPr>
+              <w:t>Практическая ценность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3191" w:type="dxa"/>
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:tcW w:w="2879" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EF28E8" w:rsidRDefault="00EF28E8" w:rsidP="00EF28E8">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC6325" w:rsidTr="00FC6325">
-[...20 lines deleted...]
-              <w:t>6</w:t>
+      <w:tr w:rsidR="00EF28E8" w:rsidTr="00EF28E8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EF28E8" w:rsidRDefault="00EF28E8" w:rsidP="00EF28E8">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5705" w:type="dxa"/>
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:tcW w:w="5675" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EF28E8" w:rsidRDefault="00EF28E8" w:rsidP="00EF28E8">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Тиімділігі</w:t>
+              </w:rPr>
+              <w:t>Эффективность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3191" w:type="dxa"/>
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:tcW w:w="2879" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EF28E8" w:rsidRDefault="00EF28E8" w:rsidP="00EF28E8">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00FC6325" w:rsidRPr="00FC6325" w:rsidRDefault="00FC6325" w:rsidP="00FC6325">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="008F2234" w:rsidRDefault="0069055D" w:rsidP="0069055D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1276" w:hanging="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-        <w:jc w:val="center"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0069055D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...39 lines deleted...]
-    <w:p w:rsidR="00FC60B9" w:rsidRPr="00FC60B9" w:rsidRDefault="00FC60B9" w:rsidP="00FC60B9">
+        </w:rPr>
+        <w:t>8. Публикация материалов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0069055D" w:rsidRDefault="0069055D" w:rsidP="0069055D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0069055D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8.1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00053331">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Лучшие материалы участников будут размещены на ютуб канале совета молодых педагогов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0069055D" w:rsidRDefault="0069055D" w:rsidP="0069055D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8.2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00053331">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Призёры конкурса могут представить свой материал на городских семинарах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0069055D" w:rsidRDefault="0069055D" w:rsidP="0069055D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8.3. Материалы, предоставленные на Конкурс не рецензируются.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0069055D" w:rsidRDefault="0069055D" w:rsidP="0069055D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0069055D" w:rsidRDefault="00D51CB5" w:rsidP="0069055D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Контакты: Сипатова А.Ш</w:t>
+      </w:r>
+      <w:r w:rsidR="0069055D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, 8</w:t>
+      </w:r>
+      <w:r w:rsidR="006515B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="0069055D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>777</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> 450 0150</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0069055D" w:rsidRDefault="00BC3667" w:rsidP="0069055D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   Нурахметова Ш.С.</w:t>
+      </w:r>
+      <w:r w:rsidR="0069055D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, 8</w:t>
+      </w:r>
+      <w:r w:rsidR="006515B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> 777 285 37 67</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F0308B" w:rsidRPr="0069055D" w:rsidRDefault="00F0308B" w:rsidP="00BC3667">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...14 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                  </w:t>
+      </w:r>
+      <w:r w:rsidR="00D45EEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidR="00D51CB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B17C0" w:rsidRPr="0069055D" w:rsidRDefault="000B17C0" w:rsidP="00053331">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...102 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...68 lines deleted...]
-      </w:r>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00842BB8" w:rsidRDefault="00842BB8" w:rsidP="005038A5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00842BB8" w:rsidRDefault="00842BB8" w:rsidP="005038A5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00842BB8" w:rsidRDefault="00842BB8" w:rsidP="005038A5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00842BB8" w:rsidRDefault="00842BB8" w:rsidP="005038A5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00842BB8" w:rsidRDefault="00842BB8" w:rsidP="005038A5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00842BB8" w:rsidRDefault="00842BB8" w:rsidP="005038A5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00842BB8" w:rsidRDefault="00842BB8" w:rsidP="005038A5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00842BB8" w:rsidRDefault="00842BB8" w:rsidP="005038A5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00842BB8" w:rsidRDefault="00842BB8" w:rsidP="005038A5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00842BB8" w:rsidRDefault="00842BB8" w:rsidP="005038A5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00842BB8" w:rsidRDefault="00842BB8" w:rsidP="005038A5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00842BB8" w:rsidRDefault="00842BB8" w:rsidP="005038A5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00842BB8" w:rsidRDefault="00842BB8" w:rsidP="005038A5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00842BB8" w:rsidRDefault="00842BB8" w:rsidP="005038A5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00842BB8" w:rsidRDefault="00842BB8" w:rsidP="005038A5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00842BB8" w:rsidRDefault="00842BB8" w:rsidP="005038A5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00842BB8" w:rsidRDefault="00842BB8" w:rsidP="005038A5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00842BB8" w:rsidRDefault="00842BB8" w:rsidP="005038A5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00842BB8" w:rsidRDefault="00842BB8" w:rsidP="005038A5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00842BB8" w:rsidRDefault="00842BB8" w:rsidP="005038A5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00842BB8" w:rsidRDefault="00842BB8" w:rsidP="005038A5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00842BB8" w:rsidRDefault="00842BB8" w:rsidP="005038A5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00842BB8" w:rsidRDefault="00842BB8" w:rsidP="005038A5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00842BB8" w:rsidRDefault="00842BB8" w:rsidP="005038A5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00842BB8" w:rsidRDefault="00842BB8" w:rsidP="005038A5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00842BB8" w:rsidRDefault="00842BB8" w:rsidP="005038A5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00842BB8" w:rsidRDefault="00842BB8" w:rsidP="005038A5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00842BB8" w:rsidRDefault="00842BB8" w:rsidP="005038A5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00842BB8" w:rsidRDefault="00842BB8" w:rsidP="005038A5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00842BB8" w:rsidRDefault="00842BB8" w:rsidP="005038A5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C6FCF" w:rsidRDefault="004C6FCF" w:rsidP="005038A5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C6FCF" w:rsidRDefault="004C6FCF" w:rsidP="005038A5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidR="003F0483">
-[...50 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:p>
+    <w:p w:rsidR="00842BB8" w:rsidRDefault="00842BB8" w:rsidP="005038A5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C4685A" w:rsidRDefault="005038A5" w:rsidP="005038A5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1276" w:hanging="567"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Приложение 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005038A5" w:rsidRDefault="005038A5" w:rsidP="005038A5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1276" w:hanging="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...8 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Заявка</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005038A5" w:rsidRDefault="005038A5" w:rsidP="005038A5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1276" w:hanging="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...8 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>на участие в конкурсе «Моя педагогическая инновация»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A69DD" w:rsidRDefault="002A69DD" w:rsidP="005038A5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1276" w:hanging="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...281 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a5"/>
+        <w:tblStyle w:val="a8"/>
         <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="1276" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="534"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3191"/>
+        <w:gridCol w:w="846"/>
+        <w:gridCol w:w="4252"/>
+        <w:gridCol w:w="2879"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C739B0" w:rsidRPr="00CC17BF" w:rsidTr="00C739B0">
-[...22 lines deleted...]
-              <w:jc w:val="both"/>
+      <w:tr w:rsidR="005038A5" w:rsidTr="005038A5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005038A5" w:rsidRPr="002A69DD" w:rsidRDefault="00D51CB5" w:rsidP="005038A5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="001D080B">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A69DD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Қатысушы туралы мәліметтер</w:t>
+              </w:rPr>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3191" w:type="dxa"/>
-[...8 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005038A5" w:rsidRPr="002A69DD" w:rsidRDefault="002A69DD" w:rsidP="00842BB8">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A69DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Данные участника</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2879" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005038A5" w:rsidRDefault="005038A5" w:rsidP="005038A5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001D080B" w:rsidRPr="00BD0B5E" w:rsidTr="00C739B0">
-[...11 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+      <w:tr w:rsidR="00D51CB5" w:rsidTr="005038A5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D51CB5" w:rsidRDefault="00D51CB5" w:rsidP="005038A5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5846" w:type="dxa"/>
-[...8 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D51CB5" w:rsidRDefault="00D51CB5" w:rsidP="00842BB8">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Қала</w:t>
+              </w:rPr>
+              <w:t>Город</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3191" w:type="dxa"/>
-[...8 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:tcW w:w="2879" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D51CB5" w:rsidRDefault="00D51CB5" w:rsidP="005038A5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001D080B" w:rsidRPr="00CC17BF" w:rsidTr="00C739B0">
-[...11 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+      <w:tr w:rsidR="00D51CB5" w:rsidTr="005038A5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D51CB5" w:rsidRDefault="00D51CB5" w:rsidP="005038A5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5846" w:type="dxa"/>
-[...8 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D51CB5" w:rsidRDefault="00D51CB5" w:rsidP="00D51CB5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Тегі, Аты, Әкесінің аты (</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">Фамилия, имя, отчество </w:t>
             </w:r>
-            <w:r w:rsidR="00F868F1">
-[...6 lines deleted...]
-              <w:t>толығымен жеке куәлігі бойынша</w:t>
+            <w:r w:rsidRPr="00D51CB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>(полностью по удостоверению личности</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3191" w:type="dxa"/>
-[...8 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:tcW w:w="2879" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D51CB5" w:rsidRDefault="00D51CB5" w:rsidP="005038A5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C739B0" w:rsidTr="00C739B0">
-[...11 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+      <w:tr w:rsidR="005038A5" w:rsidTr="005038A5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005038A5" w:rsidRDefault="002A69DD" w:rsidP="005038A5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5846" w:type="dxa"/>
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005038A5" w:rsidRDefault="005038A5" w:rsidP="00842BB8">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Жұмыс орны</w:t>
+              </w:rPr>
+              <w:t>Место работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3191" w:type="dxa"/>
-[...8 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:tcW w:w="2879" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005038A5" w:rsidRDefault="005038A5" w:rsidP="005038A5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C739B0" w:rsidTr="00C739B0">
-[...11 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+      <w:tr w:rsidR="005038A5" w:rsidTr="005038A5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005038A5" w:rsidRDefault="002A69DD" w:rsidP="005038A5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5846" w:type="dxa"/>
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005038A5" w:rsidRDefault="005038A5" w:rsidP="00842BB8">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Лауазымы</w:t>
+              </w:rPr>
+              <w:t>Должность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3191" w:type="dxa"/>
-[...8 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:tcW w:w="2879" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005038A5" w:rsidRDefault="005038A5" w:rsidP="005038A5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C739B0" w:rsidRPr="00CC17BF" w:rsidTr="00C739B0">
-[...11 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+      <w:tr w:rsidR="005038A5" w:rsidTr="005038A5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005038A5" w:rsidRDefault="002A69DD" w:rsidP="005038A5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5846" w:type="dxa"/>
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005038A5" w:rsidRDefault="005038A5" w:rsidP="00842BB8">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Педагогикалық еңбек өтілі </w:t>
+              </w:rPr>
+              <w:t>Педагогический стаж(год,</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C739B0">
-[...7 lines deleted...]
-              <w:t>(жылы,</w:t>
+            <w:r w:rsidR="002A69DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>месяц)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2879" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005038A5" w:rsidRDefault="005038A5" w:rsidP="005038A5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005038A5" w:rsidTr="005038A5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005038A5" w:rsidRDefault="002A69DD" w:rsidP="005038A5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005038A5" w:rsidRDefault="005038A5" w:rsidP="00842BB8">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Квалификационная категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2879" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005038A5" w:rsidRDefault="005038A5" w:rsidP="005038A5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005038A5" w:rsidTr="005038A5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005038A5" w:rsidRDefault="002A69DD" w:rsidP="005038A5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005038A5" w:rsidRDefault="005038A5" w:rsidP="00842BB8">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Образование( какое учебное заведение, факультет, в каком году окончил),специальность по диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2879" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005038A5" w:rsidRDefault="005038A5" w:rsidP="005038A5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005038A5" w:rsidTr="005038A5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005038A5" w:rsidRDefault="002A69DD" w:rsidP="005038A5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005038A5" w:rsidRDefault="005038A5" w:rsidP="00842BB8">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Язык обучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2879" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005038A5" w:rsidRDefault="005038A5" w:rsidP="005038A5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005038A5" w:rsidTr="005038A5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005038A5" w:rsidRDefault="002A69DD" w:rsidP="005038A5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005038A5" w:rsidRDefault="005038A5" w:rsidP="002A69DD">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Контактный номер телефона</w:t>
+            </w:r>
+            <w:r w:rsidR="00842BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>, электронная почта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2879" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005038A5" w:rsidRDefault="005038A5" w:rsidP="005038A5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005038A5" w:rsidTr="005038A5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005038A5" w:rsidRDefault="002A69DD" w:rsidP="005038A5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005038A5" w:rsidRDefault="002A69DD" w:rsidP="00842BB8">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Видеоролик на тему «</w:t>
+            </w:r>
+            <w:r w:rsidR="00842BB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Моя педагогическая инновация» </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C739B0">
+            <w:r w:rsidRPr="002A69DD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>айы)</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">активная </w:t>
             </w:r>
-          </w:p>
-[...12 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r w:rsidR="00842BB8" w:rsidRPr="002A69DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ссылка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2879" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005038A5" w:rsidRDefault="005038A5" w:rsidP="005038A5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C739B0" w:rsidTr="00C739B0">
-[...11 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+      <w:tr w:rsidR="002A69DD" w:rsidTr="005038A5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002A69DD" w:rsidRDefault="002A69DD" w:rsidP="005038A5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...381 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5846" w:type="dxa"/>
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002A69DD" w:rsidRDefault="002A69DD" w:rsidP="00842BB8">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Бейнематериалға сценарийі </w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">Сценарий на видеоматериал </w:t>
             </w:r>
-            <w:r w:rsidRPr="004B2424">
+            <w:r w:rsidRPr="00466A49">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>QR</w:t>
             </w:r>
-            <w:r w:rsidRPr="004B2424">
+            <w:r w:rsidRPr="00466A49">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>-</w:t>
+              <w:t xml:space="preserve"> –код</w:t>
             </w:r>
-            <w:r>
-[...32 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2879" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002A69DD" w:rsidRDefault="002A69DD" w:rsidP="005038A5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009B4215" w:rsidRDefault="009B4215" w:rsidP="00C92EFA">
-[...27 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00C4685A" w:rsidRPr="00C4685A" w:rsidRDefault="00C4685A" w:rsidP="005038A5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1276" w:hanging="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...58 lines deleted...]
-    <w:sectPr w:rsidR="00C92EFA" w:rsidRPr="00BD107D">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00C4685A" w:rsidRPr="00C4685A" w:rsidSect="00991697">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="851" w:right="850" w:bottom="1134" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="00860D19" w:rsidRDefault="00860D19" w:rsidP="00046810">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="00860D19" w:rsidRDefault="00860D19" w:rsidP="00046810">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-    <w:panose1 w:val="02040503050406030204"/>
+  <w:font w:name="Segoe UI">
     <w:charset w:val="CC"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E10022FF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="00860D19" w:rsidRDefault="00860D19" w:rsidP="00046810">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="00860D19" w:rsidRDefault="00860D19" w:rsidP="00046810">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="30ED3A8A"/>
+    <w:nsid w:val="16F74226"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="795E9882"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="2160"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1FC8030F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="1E9C9C5E"/>
+    <w:tmpl w:val="FC64553C"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="7920" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="006A2A87"/>
-[...48 lines deleted...]
-    <w:rsid w:val="00FD67BA"/>
+    <w:rsidRoot w:val="00E2269F"/>
+    <w:rsid w:val="00023566"/>
+    <w:rsid w:val="00046810"/>
+    <w:rsid w:val="00053331"/>
+    <w:rsid w:val="000B17C0"/>
+    <w:rsid w:val="002A69DD"/>
+    <w:rsid w:val="00407111"/>
+    <w:rsid w:val="00466A49"/>
+    <w:rsid w:val="004C6FCF"/>
+    <w:rsid w:val="00500B6F"/>
+    <w:rsid w:val="005038A5"/>
+    <w:rsid w:val="00510807"/>
+    <w:rsid w:val="005A2815"/>
+    <w:rsid w:val="006515B1"/>
+    <w:rsid w:val="0069055D"/>
+    <w:rsid w:val="00692AEA"/>
+    <w:rsid w:val="006B34F2"/>
+    <w:rsid w:val="00842BB8"/>
+    <w:rsid w:val="00860D19"/>
+    <w:rsid w:val="008A777D"/>
+    <w:rsid w:val="008D060A"/>
+    <w:rsid w:val="008F2234"/>
+    <w:rsid w:val="00944991"/>
+    <w:rsid w:val="009650C7"/>
+    <w:rsid w:val="00991697"/>
+    <w:rsid w:val="00AA0FB9"/>
+    <w:rsid w:val="00B17B0E"/>
+    <w:rsid w:val="00BC3667"/>
+    <w:rsid w:val="00C34041"/>
+    <w:rsid w:val="00C4685A"/>
+    <w:rsid w:val="00CA7B67"/>
+    <w:rsid w:val="00D45EEA"/>
+    <w:rsid w:val="00D51CB5"/>
+    <w:rsid w:val="00DA4BC8"/>
+    <w:rsid w:val="00E2269F"/>
+    <w:rsid w:val="00EF28E8"/>
+    <w:rsid w:val="00EF2A5C"/>
+    <w:rsid w:val="00F0308B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="25BBCBC8"/>
-  <w15:docId w15:val="{905D900A-E08E-4CFD-9EBE-4036C86CCCF5}"/>
+  <w14:docId w14:val="22A45658"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{98FAC978-14ED-44DD-969F-409DA25DC1E3}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -4557,51 +4847,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -4778,442 +5068,507 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00D45EEA"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
-    <w:name w:val="List Paragraph"/>
-[...1 lines deleted...]
-    <w:uiPriority w:val="34"/>
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007F33B1"/>
+    <w:rsid w:val="00023566"/>
     <w:pPr>
-      <w:ind w:left="720"/>
-      <w:contextualSpacing/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00270559"/>
+    <w:rsid w:val="00046810"/>
     <w:rPr>
-      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="a5">
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="endnote text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00046810"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Текст концевой сноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00046810"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a7">
+    <w:name w:val="endnote reference"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00046810"/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a8">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
-    <w:uiPriority w:val="59"/>
-    <w:rsid w:val="00FC6325"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="008F2234"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="a9">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="aa"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0069055D"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0069055D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:metod@goo.edu.kz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:metod@goo.edu.kz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9C228DFA-430B-4BDB-9824-F155140B492A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>4458</Characters>
+  <Pages>1</Pages>
+  <Words>758</Words>
+  <Characters>4323</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>37</Lines>
+  <Lines>36</Lines>
   <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5230</CharactersWithSpaces>
+  <CharactersWithSpaces>5071</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Biology</dc:creator>
+  <dc:creator>411 PK</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>