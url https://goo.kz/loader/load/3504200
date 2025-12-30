--- v0 (2025-12-07)
+++ v1 (2025-12-30)
@@ -1,23799 +1,25965 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="00B00AEE" w:rsidRPr="00550F72" w:rsidRDefault="00705A37" w:rsidP="007D1182">
+    <w:p w:rsidR="008E22E0" w:rsidRDefault="00FB0AC1" w:rsidP="008E22E0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00550F72">
+      <w:r w:rsidRPr="009E30D9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> «Павлодар қаласының  Мұхтар Әуезов атындағы жалпы орта білім беру  мектебі» коммуналдық мемлекеттік мекемесі</w:t>
+        <w:t>КГУ «</w:t>
       </w:r>
-      <w:r w:rsidR="007D1182" w:rsidRPr="00550F72">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>не</w:t>
+        <w:t>Средн</w:t>
       </w:r>
-      <w:r w:rsidR="007815A8" w:rsidRPr="00550F72">
+      <w:r w:rsidR="000353B7">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">яя общеобразовательная школа имени </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>М.Ауэзова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E30D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  города</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009E30D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Павлодара»</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE30AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> объявляет конкурс на  временно  вакантную должность </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE30AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> вожатого </w:t>
       </w:r>
-      <w:r w:rsidR="002E554F" w:rsidRPr="00550F72">
+    </w:p>
+    <w:p w:rsidR="003A7090" w:rsidRPr="008E22E0" w:rsidRDefault="003A7090" w:rsidP="008E22E0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">уақытша  вожатый </w:t>
-[...36 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a8"/>
-[...1 lines deleted...]
-        <w:tblLayout w:type="fixed"/>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="281"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6485"/>
+        <w:gridCol w:w="391"/>
+        <w:gridCol w:w="2384"/>
+        <w:gridCol w:w="7539"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="00550F72" w:rsidTr="00707572">
+      <w:tr w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidTr="006F6818">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00550F72" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00550F72">
+            <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3371" w:type="dxa"/>
-[...4 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB0AC1" w:rsidRPr="003A7090" w:rsidRDefault="00FB0AC1" w:rsidP="003A7090">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00550F72">
+            <w:r w:rsidRPr="003A7090">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Білім беру ұйымының атауы</w:t>
-[...10 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+              <w:t>Наименование организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB0AC1" w:rsidRPr="003A7090" w:rsidRDefault="00FB0AC1" w:rsidP="005E3F0C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00550F72">
+            <w:r w:rsidRPr="003A7090">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00550F72">
+              <w:t>Коммунальное государственное учреждение «Средняя общеобразовательная школа им.</w:t>
+            </w:r>
+            <w:r w:rsidR="0072717C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>«</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00550F72">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003A7090">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Павлодар қаласының </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="006E3405" w:rsidRPr="00550F72">
+              <w:t>Мухтара Ауэзова  города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidTr="006F6818">
+        <w:trPr>
+          <w:trHeight w:val="453"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB0AC1" w:rsidRPr="003A7090" w:rsidRDefault="00FB0AC1" w:rsidP="003A7090">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A7090">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>местонахождения, почтового адреса</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005C4926" w:rsidRPr="003A7090" w:rsidRDefault="00FB0AC1" w:rsidP="003A7090">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A7090">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Республика Казахстан, Павлодарская</w:t>
+            </w:r>
+            <w:r w:rsidR="007A0524" w:rsidRPr="003A7090">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> область,                      </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FB0AC1" w:rsidRPr="003A7090" w:rsidRDefault="00FB0AC1" w:rsidP="003A7090">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A7090">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">город </w:t>
+            </w:r>
+            <w:r w:rsidR="007A0524" w:rsidRPr="003A7090">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>П</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003A7090">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>авлодар, улица Ткачева,15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidTr="006F6818">
+        <w:trPr>
+          <w:trHeight w:val="264"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB0AC1" w:rsidRPr="003A7090" w:rsidRDefault="00FB0AC1" w:rsidP="003A7090">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A7090">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>номеров телефонов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB0AC1" w:rsidRPr="003A7090" w:rsidRDefault="00FB0AC1" w:rsidP="003A7090">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Мұхтар Әуезов атындағы жалпы орта білім беру  мектебі</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00550F72">
+            </w:pPr>
+            <w:r w:rsidRPr="003A7090">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...1 lines deleted...]
-                <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>»</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>8 (7182) 62-62-86</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidTr="006F6818">
+        <w:trPr>
+          <w:trHeight w:val="682"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:bCs/>
-                <w:noProof/>
-                <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> коммуналдық мемлекеттік мекемесі</w:t>
-[...37 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB0AC1" w:rsidRPr="003A7090" w:rsidRDefault="00FB0AC1" w:rsidP="003A7090">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00550F72">
+            <w:r w:rsidRPr="003A7090">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>адреса электронной почты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB0AC1" w:rsidRPr="003A7090" w:rsidRDefault="00FB0AC1" w:rsidP="003A7090">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003A7090">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>auezova</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003A7090">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>@</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003A7090">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>goo.edu.kz</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidTr="006F6818">
+        <w:trPr>
+          <w:trHeight w:val="570"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E30D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB0AC1" w:rsidRPr="003A7090" w:rsidRDefault="00FB0AC1" w:rsidP="003A7090">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
-[...96 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+            </w:pPr>
+            <w:r w:rsidRPr="003A7090">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB0AC1" w:rsidRPr="003A7090" w:rsidRDefault="00EF6E8D" w:rsidP="003A7090">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">телефон нөмірлері, </w:t>
-[...16 lines deleted...]
-              </w:tabs>
+            </w:pPr>
+            <w:r w:rsidRPr="00EF6E8D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...45 lines deleted...]
-                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...690 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Временно  вакантная  должность </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EF6E8D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00550F72">
+              <w:t xml:space="preserve"> вожатого</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00FB0AC1" w:rsidRPr="003A7090">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">– 1 ставка </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidTr="006F6818">
+        <w:trPr>
+          <w:trHeight w:val="825"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E30D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>основные функциональные обязанности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00542AD7" w:rsidRPr="00542AD7" w:rsidRDefault="00542AD7" w:rsidP="00542AD7">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00542AD7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> способствует развитию деятельности детских общественных организаций, объединений "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00542AD7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жас</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00542AD7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00542AD7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қыран</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00542AD7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>", "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00542AD7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жас</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00542AD7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00542AD7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұлан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00542AD7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">", </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00542AD7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дебата</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00542AD7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, школьного парламента;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00542AD7" w:rsidRPr="00542AD7" w:rsidRDefault="00542AD7" w:rsidP="00542AD7">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00542AD7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>      помогает обучающимся в планировании деятельности их объединений, организаций, способствует обновлению содержания и форм их деятельности;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00542AD7" w:rsidRPr="00542AD7" w:rsidRDefault="00542AD7" w:rsidP="00542AD7">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00542AD7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>      осуществляет работу с учетом возрастных интересов и потребностей детей и подростков;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00542AD7" w:rsidRPr="00542AD7" w:rsidRDefault="00542AD7" w:rsidP="00542AD7">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00542AD7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>      организует коллективно-творческую деятельность;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00542AD7" w:rsidRPr="00542AD7" w:rsidRDefault="00542AD7" w:rsidP="00542AD7">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00542AD7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>      обеспечивает условия для широкого информирования детей и подростков о действующих организациях, объединениях;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00542AD7" w:rsidRPr="00542AD7" w:rsidRDefault="00542AD7" w:rsidP="00542AD7">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00542AD7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>      создает благоприятные условия, позволяющие обучающимся проявлять гражданскую и нравственную позицию, реализовать свои интересы и потребности;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00542AD7" w:rsidRPr="00542AD7" w:rsidRDefault="00542AD7" w:rsidP="00542AD7">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00542AD7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>      проводит культурно-массовую, патриотическую работу в организации образования, оказывает классным руководителям содействие в организации воспитательной работы, познавательного досуга детей;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00542AD7" w:rsidRPr="00542AD7" w:rsidRDefault="00542AD7" w:rsidP="00542AD7">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00542AD7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>      организует детские и молодежные организации, дебаты, ученическое самоуправление, школьные или студенческие парламенты, волонтерские движения;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00542AD7" w:rsidRPr="00542AD7" w:rsidRDefault="00542AD7" w:rsidP="00542AD7">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00542AD7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>      заботится о здоровье и безопасности обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00542AD7" w:rsidRPr="00542AD7" w:rsidRDefault="00542AD7" w:rsidP="00542AD7">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00542AD7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>      организует их отдых в период каникул;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00542AD7" w:rsidRPr="00542AD7" w:rsidRDefault="00542AD7" w:rsidP="00542AD7">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00542AD7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>      изучает и использует инновационный опыт работы с обучающимися;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00542AD7" w:rsidRPr="00542AD7" w:rsidRDefault="00542AD7" w:rsidP="00542AD7">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00542AD7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>      организовывает общественно-полезную работу "Служение обществу", "Поклонение Родине", "Уважение к старшим", "Уважение к матери";</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00542AD7" w:rsidRPr="00542AD7" w:rsidRDefault="00542AD7" w:rsidP="00542AD7">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00542AD7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>      проводит работу по подбору и подготовке руководителей (организаторов) первичных коллективов детских организаций, объединений;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00542AD7" w:rsidRPr="00542AD7" w:rsidRDefault="00542AD7" w:rsidP="00542AD7">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00542AD7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>      работает в тесном контакте с органами самоуправления и педагогическим коллективом организации образования, общественными организациями, родителями обучающихся или лицами, их заменяющими;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00542AD7" w:rsidRPr="00542AD7" w:rsidRDefault="00542AD7" w:rsidP="00542AD7">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00542AD7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>      прививает антикоррупционную культуру, принципы академической честности среди обучающихся, воспитанников.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FB0AC1" w:rsidRPr="00542AD7" w:rsidRDefault="00FB0AC1" w:rsidP="00542AD7">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidTr="006F6818">
+        <w:trPr>
+          <w:trHeight w:val="639"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E30D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>размер и условия оплаты труда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E30D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="00542AD7">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">за </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">- </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00741625" w:rsidRPr="00550F72">
+              <w:t xml:space="preserve">1 ставку </w:t>
+            </w:r>
+            <w:r w:rsidR="00F95C75">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>1</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="007D1182" w:rsidRPr="00550F72">
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidR="00FD2BBF" w:rsidRPr="00FD2BBF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  от </w:t>
+            </w:r>
+            <w:r w:rsidR="00FD2BBF" w:rsidRPr="00FD2BBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...147 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">139381 до 166634 </w:t>
+            </w:r>
+            <w:r w:rsidR="0072717C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00550F72">
+              <w:t xml:space="preserve">тысяч </w:t>
+            </w:r>
+            <w:r w:rsidR="000353B7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық білім немесе педагогикалық қайта даярлауды растайтын құжат;</w:t>
-[...4 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t>тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidTr="006F6818">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E30D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E30D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E30D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FD2BBF" w:rsidRPr="00FD2BBF" w:rsidRDefault="00830AB1" w:rsidP="00FD2BBF">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00FD2BBF" w:rsidRPr="00FD2BBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>высшее и (или) послевузовское педагогическое образование или техническое и профессиональное образование по направлению "Педагогика", или документ, подтверждающий педагогическую переподготовку без предъявления требований к стажу работы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FD2BBF" w:rsidRPr="00FD2BBF" w:rsidRDefault="00FD2BBF" w:rsidP="00FD2BBF">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD2BBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>     и (или) при наличии высшего или среднего уровня квалификации стаж работы по специальности: для педагога-модератора не менее 3 лет, для педагога-эксперта и педагога-исследователя не менее 4 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FD2BBF" w:rsidRPr="00FD2BBF" w:rsidRDefault="00FD2BBF" w:rsidP="00FD2BBF">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD2BBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>     и (или) при наличии высшего уровня квалификации стаж работы в должности вожатого для педагога-мастера – не менее 5 лет.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FB0AC1" w:rsidRPr="00830AB1" w:rsidRDefault="00FB0AC1" w:rsidP="005C4926">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidTr="006F6818">
+        <w:trPr>
+          <w:trHeight w:val="105"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E30D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E30D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок приема документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00223514" w:rsidP="00FD2BBF">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00550F72">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00FD2BBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r w:rsidR="00FD2BBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2-</w:t>
+            </w:r>
+            <w:r w:rsidR="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="00FD2BBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r w:rsidR="00FD2BBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3.2025</w:t>
+            </w:r>
+            <w:r w:rsidR="00F02508">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">     немесе "Педагогика" бағыты бойынша техникалық және кәсіптік білім, педагогикалық жұмыс өтілі – 5 жылдан кем емес;</w:t>
-[...4 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t xml:space="preserve"> г.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidTr="006F6818">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E30D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E30D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00550F72">
+              <w:t>Перечень необходимых документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0076797F" w:rsidRPr="0076797F" w:rsidRDefault="0076797F" w:rsidP="0076797F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>1)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>заявление об участии в конкурсе с указанием перечня прилагаемых документов по форме согласно приложению 3 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0076797F" w:rsidRPr="0076797F" w:rsidRDefault="0076797F" w:rsidP="0076797F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>2)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0076797F" w:rsidRPr="0076797F" w:rsidRDefault="0076797F" w:rsidP="0076797F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>3)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0076797F" w:rsidRPr="0076797F" w:rsidRDefault="0076797F" w:rsidP="0076797F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>4)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>копии документов об образовании в соответствии с предъявляемыми к должности</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>квалификационными</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>требованиями,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>утвержденными</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>Типовыми квалификационными характеристиками;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0076797F" w:rsidRPr="0076797F" w:rsidRDefault="0076797F" w:rsidP="0076797F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>5)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>копия документа, подтверждающую трудовую деятельность (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0076797F" w:rsidRPr="0076797F" w:rsidRDefault="0076797F" w:rsidP="0076797F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>6)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>справка о состоянии здоровья по форме 075/у, утвержденная приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0076797F" w:rsidRPr="0076797F" w:rsidRDefault="0076797F" w:rsidP="0076797F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>7)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>справка об отсутствии динамического наблюдения больных с психическими поведенческими расстройствами;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0076797F" w:rsidRPr="0076797F" w:rsidRDefault="0076797F" w:rsidP="0076797F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>8)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>справка об отсутствии динамического наблюдения наркологических больных;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0076797F" w:rsidRPr="0076797F" w:rsidRDefault="0076797F" w:rsidP="0076797F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0076797F" w:rsidRPr="0076797F" w:rsidRDefault="0076797F" w:rsidP="0076797F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>9)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>сертификат о результатах прохождения сертификации или удостоверение о наличии действующей квалификационной категории (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0076797F" w:rsidRPr="0076797F" w:rsidRDefault="0076797F" w:rsidP="0076797F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>10)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>для кандидатов на занятие должности педагогов английского языка сертификат о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>результатах</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>сертификации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>по</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:tab/>
+              <w:t>предмету</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>удостоверение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>наличии квалификационной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>категории</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>педагога-модератора</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>педагога-эксперта,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t xml:space="preserve">или педагога-исследователя, или педагога-мастера (при наличии) или сертификат CELTA </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">( </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Certificatein</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Language</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Teachingto</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Adults</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>илиайелтс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (IELTS) – 6,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>тойфл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (TOEFL) (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>nternet</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Based Test (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BT)) – 60 – 65 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0076797F" w:rsidRPr="0076797F" w:rsidRDefault="0076797F" w:rsidP="0076797F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>11)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t xml:space="preserve">педагоги, приступившие к педагогической деятельности в организации технического, профессионального и </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>послесреднего</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> образования на должности педагогов по специальным дисциплинам и мастеров производственного обучения, имеющие стаж работы на производстве по соответствующей специальности или профилю не менее двух лет, освобождаются от прохождения сертификации.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0076797F" w:rsidRPr="0076797F" w:rsidRDefault="0076797F" w:rsidP="0076797F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>12)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>заполненный Оценочный лист кандидата на вакантную или временно</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0076797F" w:rsidRPr="0076797F" w:rsidRDefault="0076797F" w:rsidP="0076797F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> вакантную должность педагога по форме согласно Правилам.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0076797F" w:rsidRPr="0076797F" w:rsidRDefault="0076797F" w:rsidP="0076797F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0076797F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> приложениям 17, 18 к настоящим</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0076797F" w:rsidRPr="00642A6F" w:rsidRDefault="0076797F" w:rsidP="0076797F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">     және (немесе) педагог – сарапшы немесе педагог – зерттеуші немесе педагог - шебер біліктілігінің болуы.</w:t>
-[...262 lines deleted...]
-              <w:pStyle w:val="ab"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0076797F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00550F72">
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 13)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0076797F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="en-US"/>
-[...4455 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>рекомендательное письмо с места работы (по должности педагога), учебы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005231FD" w:rsidRPr="00567708" w:rsidRDefault="005231FD" w:rsidP="003D15C0">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001674FD" w:rsidRPr="00550F72" w:rsidRDefault="001674FD" w:rsidP="001674FD">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="00FB0AC1">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00707572" w:rsidRPr="00550F72" w:rsidRDefault="00707572" w:rsidP="001674FD">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="00FB0AC1">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00707572" w:rsidRPr="00550F72" w:rsidRDefault="00707572" w:rsidP="001674FD">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="00FB0AC1">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007001F8" w:rsidRPr="00550F72" w:rsidRDefault="007001F8" w:rsidP="001674FD">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00F86BC7" w:rsidRDefault="00F86BC7" w:rsidP="00FB0AC1">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007001F8" w:rsidRPr="00550F72" w:rsidRDefault="007001F8" w:rsidP="001674FD">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00F86BC7" w:rsidRDefault="00F86BC7" w:rsidP="00FB0AC1">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007001F8" w:rsidRPr="00550F72" w:rsidRDefault="007001F8" w:rsidP="001674FD">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00F86BC7" w:rsidRDefault="00F86BC7" w:rsidP="00FB0AC1">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007001F8" w:rsidRPr="00550F72" w:rsidRDefault="007001F8" w:rsidP="001674FD">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00F86BC7" w:rsidRDefault="00F86BC7" w:rsidP="00FB0AC1">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007001F8" w:rsidRPr="00550F72" w:rsidRDefault="007001F8" w:rsidP="001674FD">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00F86BC7" w:rsidRDefault="00F86BC7" w:rsidP="00FB0AC1">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007001F8" w:rsidRPr="00550F72" w:rsidRDefault="007001F8" w:rsidP="001674FD">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00830AB1" w:rsidRDefault="00830AB1" w:rsidP="00FB0AC1">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007001F8" w:rsidRPr="00550F72" w:rsidRDefault="007001F8" w:rsidP="001674FD">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00830AB1" w:rsidRDefault="00830AB1" w:rsidP="00FB0AC1">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007001F8" w:rsidRPr="00550F72" w:rsidRDefault="007001F8" w:rsidP="001674FD">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00830AB1" w:rsidRDefault="00830AB1" w:rsidP="00FB0AC1">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007001F8" w:rsidRPr="00550F72" w:rsidRDefault="007001F8" w:rsidP="001674FD">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00830AB1" w:rsidRDefault="00830AB1" w:rsidP="00FB0AC1">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007001F8" w:rsidRPr="00550F72" w:rsidRDefault="007001F8" w:rsidP="001674FD">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00830AB1" w:rsidRDefault="00830AB1" w:rsidP="00FB0AC1">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007001F8" w:rsidRPr="00550F72" w:rsidRDefault="007001F8" w:rsidP="001674FD">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00830AB1" w:rsidRDefault="00830AB1" w:rsidP="00FB0AC1">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007001F8" w:rsidRPr="00550F72" w:rsidRDefault="007001F8" w:rsidP="001674FD">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00830AB1" w:rsidRDefault="00830AB1" w:rsidP="00FB0AC1">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007001F8" w:rsidRPr="00550F72" w:rsidRDefault="007001F8" w:rsidP="001674FD">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00830AB1" w:rsidRDefault="00830AB1" w:rsidP="00FB0AC1">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007001F8" w:rsidRPr="00550F72" w:rsidRDefault="007001F8" w:rsidP="001674FD">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00830AB1" w:rsidRDefault="00830AB1" w:rsidP="00FB0AC1">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007001F8" w:rsidRPr="00550F72" w:rsidRDefault="007001F8" w:rsidP="001674FD">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00830AB1" w:rsidRDefault="00830AB1" w:rsidP="00FB0AC1">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007001F8" w:rsidRPr="00550F72" w:rsidRDefault="007001F8" w:rsidP="001674FD">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00830AB1" w:rsidRDefault="00830AB1" w:rsidP="00FB0AC1">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007001F8" w:rsidRPr="00550F72" w:rsidRDefault="007001F8" w:rsidP="001674FD">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="-103"/>
+        <w:tblW w:w="10128" w:type="dxa"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4111"/>
+        <w:gridCol w:w="6017"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00686482" w:rsidRPr="009024DA" w:rsidTr="00802112">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="6017" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="009024DA" w:rsidRDefault="00686482" w:rsidP="00686482">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686482" w:rsidRPr="009024DA" w:rsidTr="00802112">
+        <w:trPr>
+          <w:trHeight w:val="42"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="009024DA" w:rsidRDefault="00686482" w:rsidP="00686482">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6017" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00686482">
+            <w:bookmarkStart w:id="0" w:name="z340"/>
+            <w:bookmarkEnd w:id="0"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686482" w:rsidRPr="009024DA" w:rsidTr="00802112">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="009024DA" w:rsidRDefault="00686482" w:rsidP="00686482">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009024DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6017" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="008A7DE9" w:rsidRDefault="00686482" w:rsidP="00686482">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="1" w:name="z341"/>
+            <w:bookmarkEnd w:id="1"/>
+            <w:r w:rsidRPr="008A7DE9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Приложение 3 к Правилам назначения на должности, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="008A7DE9" w:rsidRDefault="00686482" w:rsidP="00686482">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A7DE9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">освобождения от должностей первых руководителей и педагогов государственных организаций образования </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="008A7DE9" w:rsidRDefault="00686482" w:rsidP="00686482">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A7DE9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Форма </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="008A7DE9" w:rsidRDefault="00686482" w:rsidP="00686482">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A7DE9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>________________________ государственный орган, объявивший</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="008A7DE9" w:rsidRDefault="00686482" w:rsidP="00686482">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A7DE9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> конкурс Ф.И.О. кандидата (при его наличии), ИИН (должность, место работы) </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="008A7DE9" w:rsidRDefault="00686482" w:rsidP="00686482">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008A7DE9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Фактическое место проживания, адрес прописки, контактный телефон</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A7DE9">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686482" w:rsidRPr="009024DA" w:rsidTr="00802112">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00686482">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="009024DA" w:rsidRDefault="00686482" w:rsidP="00686482">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6017" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="008A7DE9" w:rsidRDefault="00686482" w:rsidP="00686482">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00830AB1" w:rsidRDefault="00830AB1" w:rsidP="00FB0AC1">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007001F8" w:rsidRPr="00550F72" w:rsidRDefault="007001F8" w:rsidP="001674FD">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00F86BC7" w:rsidRDefault="00F86BC7" w:rsidP="00FB0AC1">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007001F8" w:rsidRPr="00550F72" w:rsidRDefault="007001F8" w:rsidP="001674FD">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00F86BC7" w:rsidRDefault="00F86BC7" w:rsidP="00FB0AC1">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007001F8" w:rsidRPr="00550F72" w:rsidRDefault="007001F8" w:rsidP="001674FD">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00F86BC7" w:rsidRDefault="00F86BC7" w:rsidP="00FB0AC1">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007001F8" w:rsidRPr="00550F72" w:rsidRDefault="007001F8" w:rsidP="001674FD">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
+      <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007001F8" w:rsidRPr="00550F72" w:rsidRDefault="007001F8" w:rsidP="001674FD">
-[...492 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="008A7DE9">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00550F72">
+    </w:p>
+    <w:p w:rsidR="008A7DE9" w:rsidRPr="008A7DE9" w:rsidRDefault="00884915" w:rsidP="008A7DE9">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Өтініш</w:t>
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008A7DE9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00550F72">
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A7DE9" w:rsidRPr="008A7DE9" w:rsidRDefault="00884915" w:rsidP="008A7DE9">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Мені _______________________________________________________________ </w:t>
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008A7DE9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00550F72">
+        <w:t xml:space="preserve">Прошу допустить меня к конкурсу на занятие вакантной/ временно вакантной должности _________________________________________________________________ наименование организаций образования, адрес (область, район, город\село) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A7DE9" w:rsidRPr="008A7DE9" w:rsidRDefault="008A7DE9" w:rsidP="008A7DE9">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">      (білім беру ұйымдарының атауы, мекенжайы (облыс, аудан, қала\ ауыл)</w:t>
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="007001F8" w:rsidRPr="00550F72" w:rsidRDefault="007001F8" w:rsidP="007001F8">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="008A7DE9" w:rsidRPr="008A7DE9" w:rsidRDefault="00884915" w:rsidP="008A7DE9">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00550F72">
+      <w:r w:rsidRPr="008A7DE9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">       ____________________________________________________________________ </w:t>
+        <w:t xml:space="preserve">В настоящее время работаю ________________________________________ должность, наименование организации, адрес (область, район, город\село) </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007001F8" w:rsidRPr="00550F72" w:rsidRDefault="007001F8" w:rsidP="007001F8">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="008A7DE9" w:rsidRPr="008A7DE9" w:rsidRDefault="008A7DE9" w:rsidP="008A7DE9">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00550F72">
+    </w:p>
+    <w:p w:rsidR="008A7DE9" w:rsidRPr="008A7DE9" w:rsidRDefault="00884915" w:rsidP="008A7DE9">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">      бос/уақытша бос лауазымына орналасуға арналған конкурсқа жіберуіңізді сұраймын. Қазіргі кезде _________________________________________________________ </w:t>
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008A7DE9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00550F72">
+        <w:t xml:space="preserve">Сообщаю о себе следующие сведения: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A7DE9" w:rsidRPr="008A7DE9" w:rsidRDefault="00884915" w:rsidP="008A7DE9">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">                  (лауазымы, ұйымның атауы, мекенжайы (облыс, аудан, қала \ ауыл)</w:t>
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008A7DE9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...47 lines deleted...]
-        <w:t xml:space="preserve">      Білімі: жоғары немесе жоғары оқу орнынан кейінгі, техникалық және кәсіптік</w:t>
+        <w:t xml:space="preserve">Образование: высшее или послевузовское, техническое и профессиональное </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="46"/>
         <w:tblW w:w="10269" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3749"/>
         <w:gridCol w:w="3577"/>
         <w:gridCol w:w="2943"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007001F8" w:rsidRPr="00550F72" w:rsidTr="007001F8">
+      <w:tr w:rsidR="008A7DE9" w:rsidRPr="008A7DE9" w:rsidTr="008A7DE9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3749" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007001F8" w:rsidRPr="00550F72" w:rsidRDefault="007001F8" w:rsidP="007001F8">
-[...1 lines deleted...]
-              <w:pStyle w:val="ab"/>
+          <w:p w:rsidR="008A7DE9" w:rsidRPr="008A7DE9" w:rsidRDefault="008A7DE9" w:rsidP="008A7DE9">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00550F72">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="008A7DE9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Оқу орнының атауы</w:t>
+              </w:rPr>
+              <w:t>Наименование учебного заведения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3577" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007001F8" w:rsidRPr="00550F72" w:rsidRDefault="007001F8" w:rsidP="007001F8">
-[...1 lines deleted...]
-              <w:pStyle w:val="ab"/>
+          <w:p w:rsidR="008A7DE9" w:rsidRPr="008A7DE9" w:rsidRDefault="008A7DE9" w:rsidP="008A7DE9">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00550F72">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="008A7DE9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-              <w:tab/>
+              </w:rPr>
+              <w:t>Период обучения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007001F8" w:rsidRPr="00550F72" w:rsidRDefault="007001F8" w:rsidP="007001F8">
-[...1 lines deleted...]
-              <w:pStyle w:val="ab"/>
+          <w:p w:rsidR="008A7DE9" w:rsidRPr="008A7DE9" w:rsidRDefault="008A7DE9" w:rsidP="008A7DE9">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00550F72">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="008A7DE9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Диплом бойынша мамандығы</w:t>
+              </w:rPr>
+              <w:t>Специальность по диплому</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007001F8" w:rsidRPr="00550F72" w:rsidTr="007001F8">
+      <w:tr w:rsidR="008A7DE9" w:rsidRPr="008A7DE9" w:rsidTr="008A7DE9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3749" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007001F8" w:rsidRPr="00550F72" w:rsidRDefault="007001F8" w:rsidP="007001F8">
-[...1 lines deleted...]
-              <w:pStyle w:val="ab"/>
+          <w:p w:rsidR="008A7DE9" w:rsidRPr="008A7DE9" w:rsidRDefault="008A7DE9" w:rsidP="008A7DE9">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3577" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007001F8" w:rsidRPr="00550F72" w:rsidRDefault="007001F8" w:rsidP="007001F8">
-[...1 lines deleted...]
-              <w:pStyle w:val="ab"/>
+          <w:p w:rsidR="008A7DE9" w:rsidRPr="008A7DE9" w:rsidRDefault="008A7DE9" w:rsidP="008A7DE9">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007001F8" w:rsidRPr="00550F72" w:rsidRDefault="007001F8" w:rsidP="007001F8">
-[...1 lines deleted...]
-              <w:pStyle w:val="ab"/>
+          <w:p w:rsidR="008A7DE9" w:rsidRPr="008A7DE9" w:rsidRDefault="008A7DE9" w:rsidP="008A7DE9">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="007001F8" w:rsidRPr="00550F72" w:rsidRDefault="007001F8" w:rsidP="007001F8">
-[...1 lines deleted...]
-              <w:pStyle w:val="ab"/>
+          <w:p w:rsidR="008A7DE9" w:rsidRPr="008A7DE9" w:rsidRDefault="008A7DE9" w:rsidP="008A7DE9">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="007001F8" w:rsidRPr="00550F72" w:rsidRDefault="007001F8" w:rsidP="007001F8">
-[...871 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w:rsidR="008A7DE9" w:rsidRPr="008A7DE9" w:rsidRDefault="008A7DE9" w:rsidP="008A7DE9">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="z234"/>
-      <w:r w:rsidRPr="00550F72">
+    </w:p>
+    <w:p w:rsidR="008A7DE9" w:rsidRPr="008A7DE9" w:rsidRDefault="00884915" w:rsidP="008A7DE9">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Педагог бос </w:t>
-[...150 lines deleted...]
-        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008A7DE9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:t>      _________________________________________________________</w:t>
+        <w:t>Наличие квалификационной категории (дата присвоения (подтверждения) при его наличии</w:t>
       </w:r>
-    </w:p>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008A7DE9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00550F72">
+        <w:t>):</w:t>
+      </w:r>
+      <w:r w:rsidR="00567708" w:rsidRPr="008A7DE9">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>      (</w:t>
+        <w:t>_</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00550F72">
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00567708" w:rsidRPr="008A7DE9">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Тегі</w:t>
+        <w:t>____________</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00550F72">
+      <w:r w:rsidR="008A7DE9" w:rsidRPr="008A7DE9">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
+        <w:t>________________________________________</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00550F72">
+    </w:p>
+    <w:p w:rsidR="008A7DE9" w:rsidRPr="008A7DE9" w:rsidRDefault="008A7DE9" w:rsidP="008A7DE9">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>аты</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00550F72">
+      </w:pPr>
+      <w:r w:rsidRPr="008A7DE9">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
+        <w:t>Стаж педагогической работы: _______________________________________</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00550F72">
+      <w:r w:rsidR="00567708" w:rsidRPr="008A7DE9">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13532 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00707572" w:rsidRPr="00550F72" w:rsidRDefault="007E4F2D" w:rsidP="007E4F2D">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00550F72">
+    <w:p w:rsidR="008A7DE9" w:rsidRPr="008A7DE9" w:rsidRDefault="008A7DE9" w:rsidP="008A7DE9">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:br/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00550F72">
+      </w:pPr>
+      <w:r w:rsidRPr="008A7DE9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:br/>
+        <w:t>Стаж работы:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006839BA" w:rsidRPr="00550F72" w:rsidRDefault="006839BA" w:rsidP="001674FD">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2027"/>
+        <w:gridCol w:w="2027"/>
+        <w:gridCol w:w="2027"/>
+        <w:gridCol w:w="2238"/>
+        <w:gridCol w:w="2028"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="008A7DE9" w:rsidRPr="008A7DE9" w:rsidTr="008A7DE9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2027" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008A7DE9" w:rsidRPr="008A7DE9" w:rsidRDefault="008A7DE9" w:rsidP="008A7DE9">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A7DE9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Общий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2027" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008A7DE9" w:rsidRPr="008A7DE9" w:rsidRDefault="008A7DE9" w:rsidP="008A7DE9">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A7DE9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагогический</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2027" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008A7DE9" w:rsidRPr="008A7DE9" w:rsidRDefault="008A7DE9" w:rsidP="008A7DE9">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A7DE9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>С т а ж государственной службы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2028" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008A7DE9" w:rsidRPr="008A7DE9" w:rsidRDefault="008A7DE9" w:rsidP="008A7DE9">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A7DE9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">По специальности ( для специалистов субъектов </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008A7DE9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>предпринимательст</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008A7DE9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008A7DE9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ва</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008A7DE9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2028" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008A7DE9" w:rsidRPr="008A7DE9" w:rsidRDefault="008A7DE9" w:rsidP="008A7DE9">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A7DE9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">В д а н </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008A7DE9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>н</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008A7DE9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о й организации образования, в том ч и с л е н а занимаемой должности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A7DE9" w:rsidRPr="008A7DE9" w:rsidTr="008A7DE9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2027" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008A7DE9" w:rsidRPr="008A7DE9" w:rsidRDefault="008A7DE9" w:rsidP="008A7DE9">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2027" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008A7DE9" w:rsidRPr="008A7DE9" w:rsidRDefault="008A7DE9" w:rsidP="008A7DE9">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2027" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008A7DE9" w:rsidRPr="008A7DE9" w:rsidRDefault="008A7DE9" w:rsidP="008A7DE9">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2028" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008A7DE9" w:rsidRPr="008A7DE9" w:rsidRDefault="008A7DE9" w:rsidP="008A7DE9">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2028" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008A7DE9" w:rsidRPr="008A7DE9" w:rsidRDefault="008A7DE9" w:rsidP="008A7DE9">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="008A7DE9" w:rsidRDefault="008A7DE9" w:rsidP="008A7DE9">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006839BA" w:rsidRPr="00550F72" w:rsidRDefault="006839BA" w:rsidP="001674FD">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="008A7DE9" w:rsidRPr="008A7DE9" w:rsidRDefault="008A7DE9" w:rsidP="008A7DE9">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:r w:rsidRPr="008A7DE9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>Имею следующие результаты работы: _______________________________________</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00A25F8A" w:rsidRPr="00550F72" w:rsidRDefault="00A25F8A" w:rsidP="001674FD">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="008A7DE9" w:rsidRPr="008A7DE9" w:rsidRDefault="008A7DE9" w:rsidP="008A7DE9">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:r w:rsidRPr="008A7DE9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
+        <w:t xml:space="preserve"> Награды, звания, степень, ученая степень, ученое звание, а также дополнительные сведения (при наличии) ______________________________________________________________________ </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00A25F8A" w:rsidRPr="00550F72" w:rsidRDefault="00A25F8A" w:rsidP="001674FD">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="008A7DE9" w:rsidRDefault="008A7DE9" w:rsidP="008A7DE9">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A25F8A" w:rsidRPr="00550F72" w:rsidRDefault="00A25F8A" w:rsidP="001674FD">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="008A7DE9" w:rsidRDefault="008A7DE9" w:rsidP="008A7DE9">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:r w:rsidRPr="008A7DE9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:t>В соответствии с пунктом 1 статьи 8 Закона Республики Казахстан "О персональных данных и их защите" даю согласие на обработку моих персональных данных, без ограничения срока, любыми законными способами, соответствующими целям обработки персональных данных (для использования фото, видео, в том числе в информационных системах персональных данных с использованием средств автоматизации</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008A7DE9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008A7DE9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или без использования таких средств). Я согласен (-а) _________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567708" w:rsidRDefault="008A7DE9" w:rsidP="008A7DE9">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_GoBack"/>
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:r w:rsidRPr="008A7DE9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>(Ф.И.О. (при его наличии)) (подпись) "____" ______________20___года ___________________ /подпись</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00A25F8A" w:rsidRPr="00550F72" w:rsidRDefault="00A25F8A" w:rsidP="001674FD">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="7028" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7028"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00567708" w:rsidTr="008A7DE9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7028" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00567708" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="00FB0AC1">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A25F8A" w:rsidRPr="00550F72" w:rsidRDefault="00A25F8A" w:rsidP="001674FD">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00686482">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00686482">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Приложение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00686482">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00686482">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>17</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00686482">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00686482">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>к Правилам назначения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00686482">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00686482">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00686482">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00686482">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>должности,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00686482">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00686482">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>освобождения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00686482">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00686482">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">от должностей первых руководителей и </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00686482">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00686482">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>педагогов государственных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00686482">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00686482">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">организаций </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00686482">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00686482">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00686482">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00686482">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:spacing w:before="48"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00686482">
+      <w:pPr>
+        <w:spacing w:line="280" w:lineRule="auto"/>
+        <w:ind w:left="120" w:right="131"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>Оценочный</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>лист</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>кандидата</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>со</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>стажем</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00686482">
+      <w:pPr>
+        <w:spacing w:line="280" w:lineRule="auto"/>
+        <w:ind w:left="120" w:right="131"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>вакантную</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>или</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>временно</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>вакантную</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должность </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>педагога</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00686482">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00686482" w:rsidRDefault="000C171A" w:rsidP="00686482">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:spacing w:before="47"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>800100</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>191770</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="5774690" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="1" name="Graphic 65"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="5774690" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="5774690">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="5774372" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="7106">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="3393C5BC" id="Graphic 65" o:spid="_x0000_s1026" style="position:absolute;margin-left:63pt;margin-top:15.1pt;width:454.7pt;height:.1pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="5774690,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDx4uhqJgIAAIAEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L06yNdmMOMXQoMWA&#10;oivQDDsrshwLkyWNVGLn70fJdpJ2t2E+CJT4RPLxUV7ddo1hRwWonS34bDLlTFnpSm33Bf+xvf/w&#10;mTMMwpbCOKsKflLIb9fv361an6u5q50pFTAKYjFvfcHrEHyeZShr1QicOK8sOSsHjQi0hX1Wgmgp&#10;emOy+XS6yFoHpQcnFSKdbnonX6f4VaVk+F5VqAIzBafaQlohrbu4ZuuVyPcgfK3lUIb4hyoaoS0l&#10;PYfaiCDYAfRfoRotwaGrwkS6JnNVpaVKHIjNbPqGzUstvEpcqDnoz23C/xdWPh2fgemStOPMioYk&#10;ehi6sbiJ3Wk95gR68c8Q+aF/dPIXkiN75YkbHDBdBU3EEjvWpVafzq1WXWCSDm+Wy0+LL6SIJN9s&#10;vkxKZCIf78oDhgflUhxxfMTQC1WOlqhHS3Z2NIHkjkKbJHTgjIQGzkjoXS+0FyHei8VFk7WXQuJZ&#10;445q65I3vKmcSrt4jb1GRSofl3PORpaE7RFkxDTUq95Iqcm+JmdsrGI5my7S/KAzurzXxsQqEPa7&#10;OwPsKOL0pi/yoAivYB4wbATWPS65Bpixg069NFGknStPpHhLIhccfx8EKM7MN0szFd/HaMBo7EYD&#10;grlz6RWlBlHObfdTgGcxfcEDKfvkxokV+ShapH7GxpvWfT0EV+moaJqhvqJhQ2OeCA5PMr6j631C&#10;XX4c6z8AAAD//wMAUEsDBBQABgAIAAAAIQDj/PlI3wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI/BTsMwEETvSP0Haytxo3bTNEIhTlUVIW6VaBFc3XhJUuJ1GjttwtfjnOA4s6PZN9lmMA27Yudq&#10;SxKWCwEMqbC6plLC+/Hl4RGY84q0aiyhhBEdbPLZXaZSbW/0hteDL1koIZcqCZX3bcq5Kyo0yi1s&#10;ixRuX7YzygfZlVx36hbKTcMjIRJuVE3hQ6Va3FVYfB96I6Hcn8fX5HK+2OfPuNcfdvxZ73dS3s+H&#10;7RMwj4P/C8OEH9AhD0wn25N2rAk6SsIWL2ElImBTQKzWMbDT5MTA84z/n5D/AgAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAPHi6GomAgAAgAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAOP8+UjfAAAACgEAAA8AAAAAAAAAAAAAAAAAgAQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACMBQAAAAA=&#10;" path="m,l5774372,e" filled="f" strokeweight=".19739mm">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00686482">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:spacing w:before="45" w:after="21"/>
+      </w:pPr>
+      <w:r>
+        <w:t>(фамилия,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>имя,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>отчество</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(при</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>его</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="10795" w:type="dxa"/>
+        <w:tblInd w:w="125" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="873"/>
+        <w:gridCol w:w="2817"/>
+        <w:gridCol w:w="3690"/>
+        <w:gridCol w:w="3415"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00686482" w:rsidTr="00686482">
+        <w:trPr>
+          <w:trHeight w:val="617"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="873" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="192"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2817" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="192"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="192"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Подтверждающий</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="15"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>документ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="9" w:line="284" w:lineRule="exact"/>
+              <w:ind w:left="40" w:right="559"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Кол-во</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов (от 1 до 30)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686482" w:rsidTr="00686482">
+        <w:trPr>
+          <w:trHeight w:val="1973"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="873" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="179"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2817" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>У р о в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>н</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ь </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Копии</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>диплома</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>об</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1459"/>
+              </w:tabs>
+              <w:spacing w:before="50" w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40" w:right="29"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Техническое</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> профессиональное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>= 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="23" w:line="295" w:lineRule="auto"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Высшее = 2 баллов Высшее</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>отличием</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="211" w:lineRule="exact"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="54"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Магистр</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> =</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686482" w:rsidTr="00686482">
+        <w:trPr>
+          <w:trHeight w:val="1690"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="873" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="38"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2817" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="5"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">У ч е н а я / </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>академическая степень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="137"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Копии</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>диплома</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>об</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50" w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>PHD</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-доктор</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="22" w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Доктор</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>наук</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="23" w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Кандидат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>наук</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686482" w:rsidTr="00686482">
+        <w:trPr>
+          <w:trHeight w:val="311"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="873" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2817" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686482" w:rsidTr="00686482">
+        <w:trPr>
+          <w:trHeight w:val="546"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="873" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2817" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="22"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагог-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>модератор</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="34"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686482" w:rsidTr="00686482">
+        <w:trPr>
+          <w:trHeight w:val="546"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="873" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2817" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="22"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагог-эксперт</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="34"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686482" w:rsidTr="00686482">
+        <w:trPr>
+          <w:trHeight w:val="546"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="873" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2817" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="22"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагог-исследовате</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="34"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ль</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686482" w:rsidTr="00686482">
+        <w:trPr>
+          <w:trHeight w:val="546"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="873" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2817" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="22"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагог-мастер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="33"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686482" w:rsidTr="00686482">
+        <w:trPr>
+          <w:trHeight w:val="1707"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="873" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="165"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2817" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="34"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Квалификационная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>категория</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="165"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Удостоверение</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>иной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>документ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="22" w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40" w:right="515"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"заместитель </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>руководителя</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>т р е т ь е й</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="4" w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40" w:right="133"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">квалификационной </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>категории"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1722"/>
+              </w:tabs>
+              <w:spacing w:before="2"/>
+              <w:ind w:left="40"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-22"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-22"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-22"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-22"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-22"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-22"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00686482">
+      <w:pPr>
+        <w:pStyle w:val="TableParagraph"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00686482">
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="680" w:right="720" w:bottom="280" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="125" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1845"/>
+        <w:gridCol w:w="1845"/>
+        <w:gridCol w:w="3690"/>
+        <w:gridCol w:w="3132"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00686482" w:rsidTr="00686482">
+        <w:trPr>
+          <w:trHeight w:val="3194"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3132" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="15" w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40" w:right="559"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">заместитель </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>руководителя</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>в т о р о й</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="3" w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">квалификационной </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>категории"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1722"/>
+              </w:tabs>
+              <w:spacing w:before="2" w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40" w:right="29"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> заместитель </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>руководителя</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="3" w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">п е р в о й </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">квалификационной </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>категории"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686482" w:rsidTr="00686482">
+        <w:trPr>
+          <w:trHeight w:val="837"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3132" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="20" w:line="260" w:lineRule="atLeast"/>
+              <w:ind w:left="40" w:right="102"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Методист, стаж в должности до двух лет = 2 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686482" w:rsidTr="00686482">
+        <w:trPr>
+          <w:trHeight w:val="810"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3132" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="22"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Методист,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="79"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>стаж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="55"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="4" w:line="260" w:lineRule="atLeast"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>должности</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>более двух лет= 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686482" w:rsidTr="00686482">
+        <w:trPr>
+          <w:trHeight w:val="2146"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="34"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="98"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1" w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40" w:right="24"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>т административной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">и </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>методической деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="132"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Трудовая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>книжка/документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>заменяющий трудовую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3132" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="22" w:line="278" w:lineRule="auto"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Заместитель </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>директора</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>стаж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>в должности</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>не</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">до двух т = 3 балла; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Заместитель </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>директора</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>стаж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">в </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>должности</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="39"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>более</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="226" w:lineRule="exact"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>двух</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>лет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> =</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686482" w:rsidTr="00686482">
+        <w:trPr>
+          <w:trHeight w:val="810"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3132" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="22"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Директор</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="79"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>стаж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="79"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="4" w:line="260" w:lineRule="atLeast"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>должности до двух лет = 4 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686482" w:rsidTr="00686482">
+        <w:trPr>
+          <w:trHeight w:val="832"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3132" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="22" w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40" w:right="122"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Директор стаж в должности более двух лет =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686482" w:rsidTr="00686482">
+        <w:trPr>
+          <w:trHeight w:val="1649"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="17"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1129"/>
+                <w:tab w:val="left" w:pos="1283"/>
+              </w:tabs>
+              <w:spacing w:before="50" w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40" w:right="89"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Рекомендательное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>п и с ь м о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> предыдущего</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">места </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="13"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>работы</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-31"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="4"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>должности</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="35"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагога</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="33"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="116"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Рекомендательное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>письмо</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(по</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">должности педагога </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>c</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> предыдущего места работы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="83"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Н а л и ч и е </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">положительного рекомендательного </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>письма = 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686482" w:rsidTr="00686482">
+        <w:trPr>
+          <w:trHeight w:val="1364"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="139"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6.*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3132" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="607"/>
+              </w:tabs>
+              <w:spacing w:before="24" w:line="264" w:lineRule="exact"/>
+              <w:ind w:left="40" w:right="29"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-31"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="14"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">призеры городских/ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>районных</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>олимпиад и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурсов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла,</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686482" w:rsidTr="00686482">
+        <w:trPr>
+          <w:trHeight w:val="1336"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3132" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="22"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>областных</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="14"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="14"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="8" w:line="264" w:lineRule="exact"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>республиканских</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">=2 б а л </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> а , международных = 3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686482" w:rsidTr="00686482">
+        <w:trPr>
+          <w:trHeight w:val="1388"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="33"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="12"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Показатели</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="12"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>профессиональных</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="209"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>дипломы,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>грамоты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>победителей</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>олимпиад</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурсов,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>научных</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">проектов </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>обучающихся;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3132" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="597"/>
+              </w:tabs>
+              <w:spacing w:before="22" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="40" w:right="29"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-32"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="13"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">научных </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>проектов:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>городской</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1213"/>
+              </w:tabs>
+              <w:spacing w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40" w:right="31"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>/районный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">=0,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>областной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 б а л </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ,</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00686482">
+      <w:pPr>
+        <w:pStyle w:val="TableParagraph"/>
+        <w:spacing w:line="273" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00686482">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="700" w:right="720" w:bottom="280" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="10795" w:type="dxa"/>
+        <w:tblInd w:w="125" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1845"/>
+        <w:gridCol w:w="1845"/>
+        <w:gridCol w:w="3690"/>
+        <w:gridCol w:w="3415"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00686482" w:rsidTr="00686482">
+        <w:trPr>
+          <w:trHeight w:val="1060"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1347"/>
+              </w:tabs>
+              <w:spacing w:before="15" w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40" w:right="237"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>достижений</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>за</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>последние</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>лет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="304"/>
+              </w:tabs>
+              <w:spacing w:before="15" w:line="273" w:lineRule="auto"/>
+              <w:ind w:right="224" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>дипломы,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>грамоты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>победителей</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="156"/>
+              </w:tabs>
+              <w:spacing w:before="22"/>
+              <w:ind w:left="156" w:hanging="116"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="15"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>награда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="15" w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40" w:right="24"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>республиканский</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-2 б а л </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>а ,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> международный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="3"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686482" w:rsidTr="00686482">
+        <w:trPr>
+          <w:trHeight w:val="800"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="576"/>
+              </w:tabs>
+              <w:spacing w:before="17" w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40" w:right="118"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="11"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">участник </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурса</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="21"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"Лучший</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="2"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагог"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686482" w:rsidTr="00686482">
+        <w:trPr>
+          <w:trHeight w:val="800"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="17" w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>4)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>призер</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурса</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>" Лучший педагог" =</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="2"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686482" w:rsidTr="00686482">
+        <w:trPr>
+          <w:trHeight w:val="1090"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="495"/>
+                <w:tab w:val="left" w:pos="812"/>
+              </w:tabs>
+              <w:spacing w:before="17" w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40" w:right="84"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>5)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">обладатель </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>медали</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>сіңірген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ұстазы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686482" w:rsidTr="00686482">
+        <w:trPr>
+          <w:trHeight w:val="1364"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="24" w:line="264" w:lineRule="exact"/>
+              <w:ind w:left="40" w:right="31"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>автор</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>соавтор учебников</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(или) УМК,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>включенных в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>перечень</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>МП</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>РК</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>= 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686482" w:rsidTr="00686482">
+        <w:trPr>
+          <w:trHeight w:val="1336"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="23"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="92"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="260" w:lineRule="atLeast"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Методическая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деятельность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="23"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>авторские</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>работы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>публикации</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="22" w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40" w:right="84"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>перечень</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>РУМС</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="5"/>
+              <w:ind w:left="40"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686482" w:rsidTr="00686482">
+        <w:trPr>
+          <w:trHeight w:val="2148"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1364"/>
+                <w:tab w:val="left" w:pos="1465"/>
+              </w:tabs>
+              <w:spacing w:before="22" w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40" w:right="77"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">н а л и ч и е </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>публикации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>научно-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>исследовате</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">л ь с к о й </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>деятельности, включенный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> перечень</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">КОКСО, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686482" w:rsidTr="00686482">
+        <w:trPr>
+          <w:trHeight w:val="574"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="20" w:line="260" w:lineRule="atLeast"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>наставник</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0,5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686482" w:rsidTr="00686482">
+        <w:trPr>
+          <w:trHeight w:val="546"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="22"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>руководство</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>МО</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="33"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686482" w:rsidTr="00686482">
+        <w:trPr>
+          <w:trHeight w:val="799"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1026"/>
+              </w:tabs>
+              <w:spacing w:before="22" w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40" w:right="31"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>преподавание</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>языках,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>русский/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="3"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>казахский</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686482" w:rsidTr="00686482">
+        <w:trPr>
+          <w:trHeight w:val="1346"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="45"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="12" w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Общественно-педаг</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="16"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>огическая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="16"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деятельность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1507"/>
+              </w:tabs>
+              <w:spacing w:before="12" w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40" w:right="515"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>подтверждающий общественно-педагогическую</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="32" w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40" w:right="30"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>иностранный/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>у</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>й</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">иностранный/ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>казахский)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="5"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686482" w:rsidTr="00686482">
+        <w:trPr>
+          <w:trHeight w:val="1358"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="22" w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40" w:right="84"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>преподавание</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="31"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="31"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3 языках</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="26"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(казахский, р</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>у</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>й</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>, иностранный)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686482" w:rsidTr="00686482">
+        <w:trPr>
+          <w:trHeight w:val="1112"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="156"/>
+              </w:tabs>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="156" w:hanging="116"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сертификаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>предметной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>подготовки</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="156"/>
+              </w:tabs>
+              <w:spacing w:before="54" w:line="295" w:lineRule="auto"/>
+              <w:ind w:right="194" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>сертификат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>цифровую</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">грамотность, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ,</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3415" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00686482">
+      <w:pPr>
+        <w:pStyle w:val="TableParagraph"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00686482">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="700" w:right="720" w:bottom="611" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="125" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1845"/>
+        <w:gridCol w:w="1845"/>
+        <w:gridCol w:w="1845"/>
+        <w:gridCol w:w="1845"/>
+        <w:gridCol w:w="3273"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00686482" w:rsidTr="00686482">
+        <w:trPr>
+          <w:trHeight w:val="270"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="15"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>IELTS;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="84"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="790"/>
+              </w:tabs>
+              <w:spacing w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40" w:right="85"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>повышения квалификации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">программам, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>согласованным</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">с </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">уполномоченным </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>органом</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">области </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">образования, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">реализуемым </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">организациями </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="14"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">повышения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>квалификации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(каждый отдельно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686482" w:rsidTr="00686482">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="17"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>TOEFL;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686482" w:rsidTr="00686482">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="17"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>DELF;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686482" w:rsidTr="00686482">
+        <w:trPr>
+          <w:trHeight w:val="800"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="17"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>GoetheZertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>обучение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>программам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="4" w:line="260" w:lineRule="atLeast"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"Основы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="29"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>программирования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="29"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="29"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Python</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>",</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="29"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" Обучение работе с </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Microsoft</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686482" w:rsidTr="00686482">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="17"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686482" w:rsidTr="00686482">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="17"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Международныекурсы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686482" w:rsidTr="00686482">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="17"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>TEFL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Cambridge</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686482" w:rsidTr="00686482">
+        <w:trPr>
+          <w:trHeight w:val="536"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="005C01E0" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="17"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>CELTA(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="34"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Speakers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Other</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Languages)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686482" w:rsidTr="00686482">
+        <w:trPr>
+          <w:trHeight w:val="536"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="005C01E0" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="17"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>CELT-P</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="41"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="41"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="41"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Language</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="34"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Teaching – </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Primary)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686482" w:rsidTr="00686482">
+        <w:trPr>
+          <w:trHeight w:val="536"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="005C01E0" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="17"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>DELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="35"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(Diploma</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="35"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="35"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="35"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="35"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="33"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Speakers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Other</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Languages)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686482" w:rsidTr="00686482">
+        <w:trPr>
+          <w:trHeight w:val="536"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="005C01E0" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="17"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>CELT-S</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="41"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="41"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="41"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Language</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="34"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Teaching – </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Secondary)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686482" w:rsidTr="00686482">
+        <w:trPr>
+          <w:trHeight w:val="272"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="17"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>TKTTeaching</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Knowledge</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Test"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686482" w:rsidTr="00686482">
+        <w:trPr>
+          <w:trHeight w:val="537"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="147"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-25"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>у</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-24"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-24"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-24"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-24"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-24"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-24"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>я</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="33"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>подготовка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="005C01E0" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="68"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="70"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>EMI</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="70"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Skills</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="70"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="70"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>as</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="71"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="34"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Medium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Instruction)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686482" w:rsidTr="00686482">
+        <w:trPr>
+          <w:trHeight w:val="536"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="005C01E0" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="17"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Teacher</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="45"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="45"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="46"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="45"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Speakers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="45"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="46"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Other</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="33"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Languages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(TESOL)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686482" w:rsidTr="00686482">
+        <w:trPr>
+          <w:trHeight w:val="536"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="005C01E0" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="17"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>TESOL"Certificate</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="34"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">young </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>learners</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686482" w:rsidRPr="00802112" w:rsidTr="00686482">
+        <w:trPr>
+          <w:trHeight w:val="536"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="005C01E0" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="17"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>International</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="13"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>House</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="13"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="13"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="13"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="005C01E0" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="34"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>as</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Foreign</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Language</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (IHC)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="005C01E0" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686482" w:rsidRPr="00802112" w:rsidTr="00686482">
+        <w:trPr>
+          <w:trHeight w:val="536"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="005C01E0" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="005C01E0" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="005C01E0" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="17"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>IHCYLT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>International</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>House</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>In</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="005C01E0" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="34"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Young</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Learners</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Teenagers</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="005C01E0" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686482" w:rsidRPr="00802112" w:rsidTr="00686482">
+        <w:trPr>
+          <w:trHeight w:val="536"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="005C01E0" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="005C01E0" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="005C01E0" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="17"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Becoming</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="60"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="60"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Better</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="60"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Teacher:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="60"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Exploring</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="005C01E0" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="33"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Professional</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Development</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="005C01E0" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686482" w:rsidRPr="00802112" w:rsidTr="00686482">
+        <w:trPr>
+          <w:trHeight w:val="536"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="005C01E0" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="005C01E0" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="005C01E0" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="17"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Assessment</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="50"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="52"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Learning:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="53"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Formative</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="005C01E0" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="34"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Assessment</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Science</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Maths</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="005C01E0" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686482" w:rsidRPr="00802112" w:rsidTr="00686482">
+        <w:trPr>
+          <w:trHeight w:val="536"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="005C01E0" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="005C01E0" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="005C01E0" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="887"/>
+                <w:tab w:val="left" w:pos="1950"/>
+                <w:tab w:val="left" w:pos="2464"/>
+              </w:tabs>
+              <w:spacing w:before="17"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Online</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Educators:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="005C01E0" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="34"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Development</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Delivery</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="005C01E0" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686482" w:rsidTr="00686482">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="005C01E0" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="005C01E0" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="17"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Educational</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Management</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686482" w:rsidRPr="00802112" w:rsidTr="00686482">
+        <w:trPr>
+          <w:trHeight w:val="536"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="005C01E0" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="17"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Key</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ideas</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="28"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Mentoring</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="28"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Mathematics</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="005C01E0" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="34"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Teachers</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="005C01E0" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686482" w:rsidTr="00686482">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="005C01E0" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="005C01E0" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="17"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Курсынаплатформе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Coursera,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Futute</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>learn</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686482" w:rsidTr="00686482">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="17"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Mathematics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>with</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Technology</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686482" w:rsidTr="00686482">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="17"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Special</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Educational</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Needs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686482" w:rsidRPr="00802112" w:rsidTr="00686482">
+        <w:trPr>
+          <w:trHeight w:val="564"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="005C01E0" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="17" w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40" w:right="30"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Developing expertise in teaching chemistry </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3273" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="005C01E0" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686482" w:rsidTr="00686482">
+        <w:trPr>
+          <w:trHeight w:val="333"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5535" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Итого</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5118" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00686482">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:spacing w:before="51"/>
+        <w:ind w:left="539"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Примечание:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00686482">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:spacing w:before="46" w:line="273" w:lineRule="auto"/>
+        <w:ind w:right="131"/>
+      </w:pPr>
+      <w:r>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>пункте</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>учитывается</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>призеры</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>за</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>последние</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>пять</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>лет</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>по</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>каждому</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>уровню</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>( городской</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>/районный)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>олимпиад</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>конкурсов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>0,5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>баллов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>независимо</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>количества победителей, призеры областных олимпиад и конкурсов - 1 балла, республиканских =2 балла, международных = 3 балла</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00686482">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:spacing w:line="273" w:lineRule="auto"/>
+        <w:sectPr w:rsidR="00686482">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="700" w:right="720" w:bottom="280" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00686482">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>научных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>проектов:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>городской/районный</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>=</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>1 балл,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>областной</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">балл, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>республиканский</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00686482">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:spacing w:before="46" w:line="273" w:lineRule="auto"/>
+        <w:ind w:right="3543"/>
+      </w:pPr>
+      <w:r>
+        <w:t>-2 балла, международный – 3 балла соответственно призеры</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>республиканских</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>олимпиад</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>конкурсов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>=</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>балла</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00686482">
+      <w:pPr>
+        <w:spacing w:before="10"/>
+        <w:ind w:left="7014"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00686482">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00686482">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Приложение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00686482">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00686482">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>18</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00686482">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00686482">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>к Правилам назначения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00686482">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00686482">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00686482">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00686482">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>должности,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00686482">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00686482">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>освобождения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00686482">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00686482">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">от должностей первых руководителей и педагогов </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00686482">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00686482">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>государственных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00686482">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00686482">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">организаций </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00686482">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00686482">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00686482">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00686482">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:spacing w:before="48"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00686482">
+      <w:pPr>
+        <w:spacing w:line="280" w:lineRule="auto"/>
+        <w:ind w:left="120" w:right="131"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>Оценочный</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>лист</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>кандидата</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>без</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>стажа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>вакантную</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00686482">
+      <w:pPr>
+        <w:spacing w:line="280" w:lineRule="auto"/>
+        <w:ind w:left="120" w:right="131"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>или</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>временно</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>вакантную</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должность </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>педагога</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00686482">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:spacing w:before="6"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="10937" w:type="dxa"/>
+        <w:tblInd w:w="125" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="731"/>
+        <w:gridCol w:w="2835"/>
+        <w:gridCol w:w="2835"/>
+        <w:gridCol w:w="4536"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00686482" w:rsidTr="00686482">
+        <w:trPr>
+          <w:trHeight w:val="617"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="731" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="192"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="192"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="60" w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40" w:right="679"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Подтверждающий</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>документ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="9" w:line="284" w:lineRule="exact"/>
+              <w:ind w:left="40" w:right="1020"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Кол-во</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов (от 1 до 30)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686482" w:rsidTr="00686482">
+        <w:trPr>
+          <w:trHeight w:val="2763"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="731" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="115"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="115"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Уровень</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="81"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="846"/>
+                <w:tab w:val="left" w:pos="1730"/>
+                <w:tab w:val="left" w:pos="1846"/>
+              </w:tabs>
+              <w:spacing w:before="1" w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40" w:right="236"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Копии</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>диплома</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">об </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="13"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> приложения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1736"/>
+              </w:tabs>
+              <w:spacing w:before="50" w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40" w:right="236"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="12"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Техническое</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> профессиональное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1443"/>
+                <w:tab w:val="left" w:pos="1736"/>
+                <w:tab w:val="left" w:pos="1948"/>
+              </w:tabs>
+              <w:spacing w:before="23" w:line="285" w:lineRule="auto"/>
+              <w:ind w:left="40" w:right="256"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="12"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Техническое</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> профессиональное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> отличием -2 балла Высшее - 3 балла </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Магистр</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-26"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="12"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагогическим</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>направлениям</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686482" w:rsidTr="00686482">
+        <w:trPr>
+          <w:trHeight w:val="900"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="731" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="103"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="201" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ученая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>академическая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>степень</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="846"/>
+                <w:tab w:val="left" w:pos="1730"/>
+                <w:tab w:val="left" w:pos="1846"/>
+              </w:tabs>
+              <w:spacing w:before="70" w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40" w:right="236"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Копии</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>диплома</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">об </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="13"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> приложения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="9" w:line="284" w:lineRule="exact"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>PHD</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-доктор - 5 баллов Доктор наук - 5 баллов Кандидат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>наук</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686482" w:rsidTr="00686482">
+        <w:trPr>
+          <w:trHeight w:val="900"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="731" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="103"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="201" w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Результаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>прохождения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сертификации</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="103"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50 % - 2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">60-80 % - 4 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="54"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80-100% – 6 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686482" w:rsidTr="00686482">
+        <w:trPr>
+          <w:trHeight w:val="1123"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="731" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="214"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50" w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>з</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>у</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ь</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>т</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>т</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">педагогической/ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>профессиональной практики</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="83"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="37"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="37"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>диплому об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="161"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"3"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"4"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="54"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"5"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686482" w:rsidTr="00686482">
+        <w:trPr>
+          <w:trHeight w:val="860"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="731" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="83"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="181" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="40" w:right="236"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Рекомендательное </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>письмо</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>места</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>учебы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="181" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="40" w:right="236"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Рекомендательное</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>письмо</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50" w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40" w:right="29"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Наличие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">положительного </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">рекомендательного </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>письма = 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686482" w:rsidTr="00686482">
+        <w:trPr>
+          <w:trHeight w:val="596"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="731" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="181"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50" w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Участие</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="19"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>волонтерской</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>работе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="181"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Документ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>участия</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="181"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686482" w:rsidTr="00686482">
+        <w:trPr>
+          <w:trHeight w:val="2155"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="731" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="92"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1064"/>
+                <w:tab w:val="left" w:pos="2198"/>
+              </w:tabs>
+              <w:spacing w:before="50" w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40" w:right="28"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Ведение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">странички </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>интернета,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>социальных сетей</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>публикацией</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">о </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">педагогической </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="12"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>деятельности</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> публикации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>авторских</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="92"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ссылки</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="38"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>года</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-1 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="54"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 1 до 3 лет -2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>лет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00686482">
+      <w:pPr>
+        <w:pStyle w:val="TableParagraph"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00686482">
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="680" w:right="720" w:bottom="280" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="9945" w:type="dxa"/>
+        <w:tblInd w:w="125" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2306"/>
+        <w:gridCol w:w="2306"/>
+        <w:gridCol w:w="2306"/>
+        <w:gridCol w:w="3027"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00686482" w:rsidTr="00686482">
+        <w:trPr>
+          <w:trHeight w:val="561"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2306" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2306" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="15" w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>научных</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>проектов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>уроки</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>семинары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> )</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2306" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3027" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686482" w:rsidTr="00686482">
+        <w:trPr>
+          <w:trHeight w:val="596"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2306" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="181"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2306" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="20" w:line="260" w:lineRule="atLeast"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Участие в работе летних </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>лагерей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2306" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="181"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Документ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>участия</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3027" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="181"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686482" w:rsidTr="00686482">
+        <w:trPr>
+          <w:trHeight w:val="1123"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2306" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="214"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2306" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50" w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40" w:right="108"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Участие в конкурсах по месту учебы (научных проектов, творческих и </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>др.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2306" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="214"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Документ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>участия</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3027" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="83"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>За</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>каждое</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>участие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл, но не более 4 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686482" w:rsidTr="00686482">
+        <w:trPr>
+          <w:trHeight w:val="9526"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2306" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="47"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2306" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Наличие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">сертификатов </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>IELTS</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="77"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>TOEFL</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="78"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>DELF</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1040"/>
+                <w:tab w:val="left" w:pos="1089"/>
+                <w:tab w:val="left" w:pos="1521"/>
+                <w:tab w:val="left" w:pos="1900"/>
+                <w:tab w:val="left" w:pos="1959"/>
+              </w:tabs>
+              <w:spacing w:before="33" w:line="280" w:lineRule="auto"/>
+              <w:ind w:left="40" w:right="86"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>GoetheZertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>обучение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">программам " О с н о в ы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>программирования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Python</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>",</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-49"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Обучение </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">работе с </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Microsoft</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Международныекурсы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>TEFL</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Cambridge</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>CELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Speakers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Oth</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="2" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="2"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>er</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Languages</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>)"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="005C01E0" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1040"/>
+                <w:tab w:val="left" w:pos="1089"/>
+                <w:tab w:val="left" w:pos="1521"/>
+                <w:tab w:val="left" w:pos="1900"/>
+              </w:tabs>
+              <w:spacing w:before="25" w:line="278" w:lineRule="auto"/>
+              <w:ind w:left="40" w:right="168"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>CELT-P</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">in </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="-29"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Language Teaching – Primary) DELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(Diploma</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">in </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">to </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Speakers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Other </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="005C01E0" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1063"/>
+              </w:tabs>
+              <w:spacing w:before="16" w:line="280" w:lineRule="auto"/>
+              <w:ind w:left="40" w:right="168"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>CELT-S</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">in </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Language </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Teaching – Secondary) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>TKT</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="005C01E0" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="17" w:line="280" w:lineRule="auto"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Knowledge</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Test Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="24"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="24"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>EMI</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="24"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Skills</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="24"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>( English</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>as</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Medium</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">of </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Instruction)"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="005C01E0" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1089"/>
+                <w:tab w:val="left" w:pos="1386"/>
+                <w:tab w:val="left" w:pos="1521"/>
+              </w:tabs>
+              <w:spacing w:before="17" w:line="273" w:lineRule="auto"/>
+              <w:ind w:left="40" w:right="29"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Teacher</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">to </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Speakers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Other </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Languages</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="005C01E0">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(TESOL)" TESOL"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2306" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="005C01E0" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="005C01E0" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="005C01E0" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="005C01E0" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="005C01E0" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="005C01E0" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="005C01E0" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="005C01E0" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="005C01E0" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="005C01E0" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="005C01E0" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="005C01E0" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="005C01E0" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="005C01E0" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="005C01E0" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="005C01E0" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="005C01E0" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="005C01E0" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="005C01E0" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="005C01E0" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="47"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3027" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="145"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">плюс 1 балл (за каждый </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00686482">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>отдельно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00686482" w:rsidTr="00686482">
+        <w:trPr>
+          <w:trHeight w:val="333"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2306" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRPr="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2306" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Итого</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2306" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3027" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00686482" w:rsidRDefault="00686482" w:rsidP="00235020">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="005C6CEE" w:rsidRPr="005C4926" w:rsidRDefault="005C6CEE" w:rsidP="00FB0AC1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006839BA" w:rsidRPr="00550F72" w:rsidRDefault="006839BA" w:rsidP="001674FD">
-[...32 lines deleted...]
-    <w:sectPr w:rsidR="006839BA" w:rsidRPr="00550F72" w:rsidSect="00DB5787">
+    <w:sectPr w:rsidR="005C6CEE" w:rsidRPr="005C4926" w:rsidSect="00DB5787">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="794" w:right="851" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="008630F8" w:rsidRDefault="008630F8" w:rsidP="002A40DA">
+    <w:p w:rsidR="00497656" w:rsidRDefault="00497656" w:rsidP="00810DED">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="008630F8" w:rsidRDefault="008630F8" w:rsidP="002A40DA">
+    <w:p w:rsidR="00497656" w:rsidRDefault="00497656" w:rsidP="00810DED">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
-  <w:font w:name="Arial">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Wingdings">
-[...2 lines deleted...]
-    <w:family w:val="auto"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Symbol">
-[...7 lines deleted...]
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...18 lines deleted...]
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="008630F8" w:rsidRDefault="008630F8" w:rsidP="002A40DA">
+    <w:p w:rsidR="00497656" w:rsidRDefault="00497656" w:rsidP="00810DED">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="008630F8" w:rsidRDefault="008630F8" w:rsidP="002A40DA">
+    <w:p w:rsidR="00497656" w:rsidRDefault="00497656" w:rsidP="00810DED">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="09BA57AC"/>
+    <w:nsid w:val="01030A83"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="50BE025E"/>
-[...3 lines deleted...]
-      <w:lvlText w:val="-"/>
+    <w:tmpl w:val="D84094F6"/>
+    <w:lvl w:ilvl="0" w:tplc="1924EE04">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="39" w:hanging="232"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="CC322CCA">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="39" w:hanging="217"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="2" w:tplc="AF5E23C6">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="645" w:hanging="217"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="3" w:tplc="A4AE220A">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="947" w:hanging="217"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="4" w:tplc="34C4D548">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="1250" w:hanging="217"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="5" w:tplc="AA343C20">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="1552" w:hanging="217"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="6" w:tplc="FF2CDFCA">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="1855" w:hanging="217"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="7" w:tplc="EBA812F6">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="2157" w:hanging="217"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="8" w:tplc="C2C69F42">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="2460" w:hanging="217"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0BB01178"/>
+    <w:nsid w:val="06121CE7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="87CC0636"/>
-[...3 lines deleted...]
-      <w:lvlText w:val="-"/>
+    <w:tmpl w:val="FAAE798A"/>
+    <w:lvl w:ilvl="0" w:tplc="09D44338">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="39" w:hanging="315"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="4600C024">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="39" w:hanging="220"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="2" w:tplc="D0EA2338">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="645" w:hanging="220"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="3" w:tplc="96966AE6">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="947" w:hanging="220"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="4" w:tplc="652EF7FE">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="1250" w:hanging="220"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="5" w:tplc="53D81230">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="1552" w:hanging="220"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="6" w:tplc="42B483C6">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="1855" w:hanging="220"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="7" w:tplc="DFF2C592">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="2157" w:hanging="220"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="8" w:tplc="0D5AB9E0">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="2460" w:hanging="220"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0DE65FDF"/>
+    <w:nsid w:val="0D6C1A91"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="B88C5C10"/>
-    <w:lvl w:ilvl="0" w:tplc="67A82808">
+    <w:tmpl w:val="A31604F8"/>
+    <w:lvl w:ilvl="0" w:tplc="15C47178">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="842" w:hanging="304"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="953EF1A6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1836" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0D0CE126">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2832" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="202818D2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3828" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="9864B736">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4824" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="2038526A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5820" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="466CFAC0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6816" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="439C194E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7812" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="2806C032">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8808" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1D7253D8"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9B1E55B4"/>
+    <w:lvl w:ilvl="0" w:tplc="7422AEDA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="120" w:hanging="315"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="5D18E45E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1188" w:hanging="315"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="9AE49A08">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2256" w:hanging="315"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="9B627850">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3324" w:hanging="315"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="F2B49CAA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4392" w:hanging="315"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="974A8CDA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5460" w:hanging="315"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="F2CAE894">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6528" w:hanging="315"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="20C68E0A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7596" w:hanging="315"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="9C36426A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8664" w:hanging="315"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2386143F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E3D4DE6A"/>
+    <w:lvl w:ilvl="0" w:tplc="1C286B18">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="786" w:hanging="360"/>
+        <w:ind w:left="399" w:hanging="280"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="EBF22DFC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="280"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:b/>
-        <w:bCs/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="20000019" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val="%2."/>
+    <w:lvl w:ilvl="2" w:tplc="62E20082">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
-[...76 lines deleted...]
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="2480" w:hanging="280"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="3" w:tplc="CF7A2094">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="3520" w:hanging="280"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="4" w:tplc="29F2A9E4">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="4560" w:hanging="280"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="5" w:tplc="203E6EA6">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="5600" w:hanging="280"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="6" w:tplc="4DC02E98">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="6640" w:hanging="280"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="7" w:tplc="CD5497CE">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="7680" w:hanging="280"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="8" w:tplc="36F0250A">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="8720" w:hanging="280"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-[...136 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="697B5177"/>
+    <w:nsid w:val="254450FB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="50566158"/>
-    <w:lvl w:ilvl="0" w:tplc="CBD41AE4">
+    <w:tmpl w:val="D1AC6B68"/>
+    <w:lvl w:ilvl="0" w:tplc="F0BAC65A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1353" w:hanging="360"/>
+        <w:ind w:left="399" w:hanging="280"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0FA6AFCE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="280"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0F9E744E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2480" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="44A01E48">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3520" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="00A27EBE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4560" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="A41AF6BE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5600" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="791C887C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6640" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="A1244AB0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7680" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="B672D4DA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8720" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="25624A40"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6A1A04B8"/>
+    <w:lvl w:ilvl="0" w:tplc="5D560044">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="399" w:hanging="280"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
-        <w:strike w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="93EC3E04">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="7A463630">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2480" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="592E9E68">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3520" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="A976A6EE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4560" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="634A786A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5600" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="E59C58D6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6640" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="8884B84A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7680" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="75E09C34">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8720" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="267C205F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="194CF43A"/>
+    <w:lvl w:ilvl="0" w:tplc="F4C0FC66">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="399" w:hanging="280"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="78E66C50">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="A3E4CDC4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2480" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="97308B68">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3520" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="7F684132">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4560" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="7920608E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5600" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="8A1CC62E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6640" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="72BE4326">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7680" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="7A20AC16">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8720" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="27EF4762"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9732C132"/>
+    <w:lvl w:ilvl="0" w:tplc="43E643CC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="39" w:hanging="220"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="3EE8BC44">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="342" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="1E6A29CC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="645" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FC5CF752">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="947" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="918644F8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1250" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="52B2C962">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1552" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="67DCF71C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1855" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="90B05856">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2157" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="3F98F454">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2460" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2D4A3BD9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8D5A20AE"/>
+    <w:lvl w:ilvl="0" w:tplc="F55C6684">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="120" w:hanging="304"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="426C8752">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1931" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="120" w:hanging="283"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
-[...6 lines deleted...]
-      </w:pPr>
+    <w:lvl w:ilvl="2" w:tplc="D884DD6E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2256" w:hanging="283"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="4B74EEF8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3324" w:hanging="283"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="4FFCD4F2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4392" w:hanging="283"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="E10AF540">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5460" w:hanging="283"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="32F0870E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6528" w:hanging="283"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="8822E402">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7596" w:hanging="283"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="C10A4194">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8664" w:hanging="283"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="34723C2E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FBEAF574"/>
+    <w:lvl w:ilvl="0" w:tplc="25E2D00C">
+      <w:start w:val="54"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="959" w:hanging="420"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="F716B514">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%4."/>
+      <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3371" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="842" w:hanging="304"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val="%5."/>
+    <w:lvl w:ilvl="2" w:tplc="40B4C43E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4091" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="960" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
-[...6 lines deleted...]
-      </w:pPr>
+    <w:lvl w:ilvl="3" w:tplc="1D06E20C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2190" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="6ABE78E0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3420" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="87D43910">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4650" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="90466148">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5880" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="67FA4E3C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7110" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="EB9AF93E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8340" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="373A7C62"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="15A25340"/>
+    <w:lvl w:ilvl="0" w:tplc="3EF841CE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="40" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0DACCAEC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="404" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="38A46802">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="768" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="A490CC72">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1132" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="C5E6B738">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1496" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="5100C6A6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1860" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="4B6E4FEA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2224" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="26A85B72">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2588" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="A0600994">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2952" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="38554532"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="AF5CD58E"/>
+    <w:lvl w:ilvl="0" w:tplc="2B0EFFD6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%7."/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5531" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="1012" w:hanging="311"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="40240EA0">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%8."/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6251" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="120" w:hanging="309"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="792E7294">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2106" w:hanging="309"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="F9F02F56">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3193" w:hanging="309"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="772AFA88">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4280" w:hanging="309"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="F7F86CB2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5366" w:hanging="309"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="458454BC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6453" w:hanging="309"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="01E88E5E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7540" w:hanging="309"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="3A32FC4C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8626" w:hanging="309"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="38EB5AC1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DE08916A"/>
+    <w:lvl w:ilvl="0" w:tplc="1102DE18">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...4 lines deleted...]
-      </w:pPr>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="399" w:hanging="280"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="E736C45A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="691A7798">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2480" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="71C048C0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3520" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="414C6952">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4560" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="ED9C17AC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5600" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="67C80246">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6640" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="82800A10">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7680" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="5A9A6170">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8720" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="393D2154"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BA62B2B6"/>
+    <w:lvl w:ilvl="0" w:tplc="6D968818">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="399" w:hanging="280"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="8C54E05E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="F6465DDE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2480" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="676CFF28">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3520" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="575CBEEE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4560" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="46349AF6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5600" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="47C02474">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6640" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="E8AE1F7E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7680" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="8070C23E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8720" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3C0A1BE2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D4821EAE"/>
+    <w:lvl w:ilvl="0" w:tplc="8026BE04">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="120" w:hanging="280"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="397478FC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1188" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="BDE23B64">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2256" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FC9CB552">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3324" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="8BACCEDA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4392" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04FA3A6A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5460" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="61AEEC0C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6528" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="4E28C1D0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7596" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="CC80D95A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8664" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3E950F12"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A340605C"/>
+    <w:lvl w:ilvl="0" w:tplc="4746DD0C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="423" w:hanging="304"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="9008F0EC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1458" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="43E280FA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2496" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="87DA49C2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3534" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="2F74FE04">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4572" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="A3F8E30A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5610" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="BBB23FCC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6648" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="E6A632EA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7686" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="CA1295EC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8724" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="432A7775"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="12640B4C"/>
+    <w:lvl w:ilvl="0" w:tplc="E560140C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="120" w:hanging="317"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="639484CA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="120" w:hanging="434"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="C692456C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2256" w:hanging="434"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="9C76D54C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3324" w:hanging="434"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="45041AF4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4392" w:hanging="434"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="7A885832">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5460" w:hanging="434"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="E70C4E6A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6528" w:hanging="434"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="BEA07666">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7596" w:hanging="434"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="ABCC6544">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8664" w:hanging="434"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="53E54EFE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6538B0CA"/>
+    <w:lvl w:ilvl="0" w:tplc="AAC8436E">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="39" w:hanging="220"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="4B58E94A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="342" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="6D6AD3C0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="645" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="13A64844">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="947" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="E5C099C4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1250" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="98741F9C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1552" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="01A0B020">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1855" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="2D3A96B8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2157" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="BC58F6C8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2460" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6A7849A7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BC28E332"/>
+    <w:lvl w:ilvl="0" w:tplc="AED46A60">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="40" w:hanging="266"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="3CA04BB8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="404" w:hanging="266"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="350A1148">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="768" w:hanging="266"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="75CEC008">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1132" w:hanging="266"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="84F07822">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1496" w:hanging="266"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="1FCACAB0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1860" w:hanging="266"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="3BD4AA08">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2224" w:hanging="266"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="7E865340">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2588" w:hanging="266"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0F68642C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2952" w:hanging="266"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6E172B73"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="23166DE4"/>
+    <w:lvl w:ilvl="0" w:tplc="1F64CB40">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="842" w:hanging="304"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="EEE6A704">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1836" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="EA02EC14">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2832" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="5092416E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3828" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="78B4FD54">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4824" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="268417F4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5820" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="687CB7BC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6816" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="2C34107A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7812" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="9620E8A0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8808" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="700240E0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="34E2391C"/>
+    <w:lvl w:ilvl="0" w:tplc="64743E22">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="423" w:hanging="304"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="1F6E1526">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1458" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="D6B0B9B4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2496" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="DCA8BB1C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3534" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="D5D61504">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4572" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="9B28B568">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5610" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0AC0A4C6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6648" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="AB767B2E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7686" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="31502274">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8724" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="77984306"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F9BC3E9A"/>
+    <w:lvl w:ilvl="0" w:tplc="2AA8E2A6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="399" w:hanging="280"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="ADDA27E6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="2C563B18">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2480" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="8ABE3A74">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3520" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="07B8984E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4560" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="8B129E1C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5600" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="1EA4F5EA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6640" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="9C088A26">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7680" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="7A08E2A4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8720" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7D0D3064"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="313C4672"/>
+    <w:lvl w:ilvl="0" w:tplc="17F438FE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="39" w:hanging="221"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="EBBAF5FC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="342" w:hanging="221"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="50E4C724">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="645" w:hanging="221"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="5274C76A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="947" w:hanging="221"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="A81A57EC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1250" w:hanging="221"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="55DC41D6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1552" w:hanging="221"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="1E3E75D2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1855" w:hanging="221"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="69927526">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2157" w:hanging="221"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="B32E9CE0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2460" w:hanging="221"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7DC41267"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7A4E69E2"/>
+    <w:lvl w:ilvl="0" w:tplc="73748D82">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="399" w:hanging="280"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="27C64770">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="E4505B90">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2480" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0FE413FC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3520" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="F828D4AC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4560" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="62FCBB60">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5600" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="C5F849F6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6640" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="C5F84DAC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7680" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="35B4A556">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8720" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="7">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="12">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="13">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="14">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="15">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3">
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="16">
+    <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="17">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="18">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="19">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="20">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="21">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="22">
     <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="23">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="24">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="25">
+    <w:abstractNumId w:val="12"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:defaultTabStop w:val="708"/>
+  <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:useFELayout/>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00F410E4"/>
-[...682 lines deleted...]
-    <w:rsid w:val="00FF7747"/>
+    <w:rsidRoot w:val="00FB0AC1"/>
+    <w:rsid w:val="0001791C"/>
+    <w:rsid w:val="000353B7"/>
+    <w:rsid w:val="000C171A"/>
+    <w:rsid w:val="000F7308"/>
+    <w:rsid w:val="001E6127"/>
+    <w:rsid w:val="00223514"/>
+    <w:rsid w:val="002548B2"/>
+    <w:rsid w:val="003A7090"/>
+    <w:rsid w:val="003D15C0"/>
+    <w:rsid w:val="00422CAC"/>
+    <w:rsid w:val="00444DDE"/>
+    <w:rsid w:val="004469DF"/>
+    <w:rsid w:val="00497656"/>
+    <w:rsid w:val="00516BF8"/>
+    <w:rsid w:val="005231FD"/>
+    <w:rsid w:val="00533B76"/>
+    <w:rsid w:val="00542AD7"/>
+    <w:rsid w:val="00567708"/>
+    <w:rsid w:val="005C4926"/>
+    <w:rsid w:val="005C6CEE"/>
+    <w:rsid w:val="005E0D47"/>
+    <w:rsid w:val="005E3F0C"/>
+    <w:rsid w:val="005E7FA7"/>
+    <w:rsid w:val="006421E9"/>
+    <w:rsid w:val="00686482"/>
+    <w:rsid w:val="006E5513"/>
+    <w:rsid w:val="006E6AD7"/>
+    <w:rsid w:val="0072717C"/>
+    <w:rsid w:val="0076797F"/>
+    <w:rsid w:val="007A0524"/>
+    <w:rsid w:val="00800752"/>
+    <w:rsid w:val="00802112"/>
+    <w:rsid w:val="00810DED"/>
+    <w:rsid w:val="00830AB1"/>
+    <w:rsid w:val="00884915"/>
+    <w:rsid w:val="008A7DE9"/>
+    <w:rsid w:val="008E22E0"/>
+    <w:rsid w:val="00922DCF"/>
+    <w:rsid w:val="0094077E"/>
+    <w:rsid w:val="0098042A"/>
+    <w:rsid w:val="00995DFE"/>
+    <w:rsid w:val="00A722F9"/>
+    <w:rsid w:val="00A9322E"/>
+    <w:rsid w:val="00AD439E"/>
+    <w:rsid w:val="00B960C4"/>
+    <w:rsid w:val="00BE135D"/>
+    <w:rsid w:val="00C75EF3"/>
+    <w:rsid w:val="00CE2AE0"/>
+    <w:rsid w:val="00D54EC1"/>
+    <w:rsid w:val="00DB309A"/>
+    <w:rsid w:val="00DF4318"/>
+    <w:rsid w:val="00EA6BB6"/>
+    <w:rsid w:val="00EE5BFC"/>
+    <w:rsid w:val="00EF15A7"/>
+    <w:rsid w:val="00EF6E8D"/>
+    <w:rsid w:val="00F02508"/>
+    <w:rsid w:val="00F86BC7"/>
+    <w:rsid w:val="00F918BB"/>
+    <w:rsid w:val="00F95C75"/>
+    <w:rsid w:val="00FB0AC1"/>
+    <w:rsid w:val="00FD2BBF"/>
+    <w:rsid w:val="00FE30AA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:docId w15:val="{922AFC64-EB54-4671-AC12-C48F66A7BD6C}"/>
+  <w15:docId w15:val="{84D3B67F-3CBD-4E6A-A8BB-13FA771C012E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -23816,55 +25982,55 @@
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -23933,51 +26099,51 @@
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
-    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
@@ -24129,688 +26295,764 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="007F417D"/>
+    <w:rsid w:val="00FB0AC1"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="a3">
-[...48 lines deleted...]
-    <w:rsid w:val="00E702C2"/>
+  <w:style w:type="table" w:styleId="a3">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00FB0AC1"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-[...1 lines deleted...]
-      <w:szCs w:val="18"/>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
-  </w:style>
-[...31 lines deleted...]
-    </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a9">
-[...9 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="aa">
+  <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="007D1182"/>
+    <w:rsid w:val="008E22E0"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ab">
+  <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007D1182"/>
+    <w:rsid w:val="008E22E0"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ac">
-    <w:name w:val="header"/>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="ad"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BE135D"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00BE135D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a8">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="002A40DA"/>
+    <w:rsid w:val="00567708"/>
+    <w:rPr>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
+    <w:name w:val="Table Normal"/>
+    <w:uiPriority w:val="2"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00686482"/>
     <w:pPr>
-      <w:tabs>
-[...2 lines deleted...]
-      </w:tabs>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ad">
-    <w:name w:val="Верхний колонтитул Знак"/>
+  <w:style w:type="paragraph" w:styleId="a9">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="aa"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00686482"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
+    <w:name w:val="Основной текст Знак"/>
     <w:basedOn w:val="a0"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00686482"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ab">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="a"/>
     <w:link w:val="ac"/>
-    <w:uiPriority w:val="99"/>
-    <w:rsid w:val="002A40DA"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00686482"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:before="293" w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="120" w:right="131"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ac">
+    <w:name w:val="Заголовок Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ab"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00686482"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ad">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00686482"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="120" w:hanging="302"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
+    <w:name w:val="Table Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00686482"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ae">
-    <w:name w:val="footer"/>
+    <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="af"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="002A40DA"/>
+    <w:rsid w:val="00810DED"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af">
-    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:name w:val="Верхний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="ae"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="002A40DA"/>
+    <w:rsid w:val="00810DED"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af0">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af1"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00810DED"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af1">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="af0"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00810DED"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
-    <w:div w:id="335617763">
+    <w:div w:id="407700003">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="671421364">
+    <w:div w:id="654917497">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1084572570">
+    <w:div w:id="775448987">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1190070608">
+    <w:div w:id="936328936">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1199471041">
-[...25 lines deleted...]
-    <w:div w:id="1953196761">
+    <w:div w:id="1791783983">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
-</file>
-[...14 lines deleted...]
-</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>10</Pages>
-  <Words>2275</Words>
-  <Characters>12972</Characters>
+  <Words>2374</Words>
+  <Characters>13536</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>108</Lines>
-  <Paragraphs>30</Paragraphs>
+  <Lines>112</Lines>
+  <Paragraphs>31</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15217</CharactersWithSpaces>
+  <CharactersWithSpaces>15879</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Gulnar</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>User</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>