--- v0 (2025-12-06)
+++ v1 (2025-12-27)
@@ -1,19351 +1,20427 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="003E27E1" w:rsidRPr="004B772A" w:rsidRDefault="003E27E1" w:rsidP="004B772A">
-[...11 lines deleted...]
-    <w:p w:rsidR="00261EAA" w:rsidRPr="00FD0AF2" w:rsidRDefault="00261EAA" w:rsidP="00261EAA">
+    <w:p w:rsidR="00950F37" w:rsidRDefault="00321427" w:rsidP="00950F37">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FD0AF2">
+      <w:r w:rsidRPr="007A4FAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГУ «Средняя общеобразовательная школа </w:t>
+      </w:r>
+      <w:r w:rsidR="00E92E6D" w:rsidRPr="007A4FAB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">«Павлодар қаласының М. Әуезов атындағы жалпы орта білім беретін мектебі» КММ </w:t>
+        <w:t>имени М.Ауэзова</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A4FAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара» объявляет конкурс на </w:t>
+      </w:r>
+      <w:r w:rsidR="00136E86" w:rsidRPr="007A4FAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">вакантную </w:t>
+      </w:r>
+      <w:r w:rsidR="008C4E33" w:rsidRPr="007A4FAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должность </w:t>
+      </w:r>
+      <w:r w:rsidR="00E92E6D" w:rsidRPr="007A4FAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>учител</w:t>
+      </w:r>
+      <w:r w:rsidR="00D74D43" w:rsidRPr="007A4FAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">я </w:t>
+      </w:r>
+      <w:r w:rsidR="00B10582">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>математики</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00261EAA" w:rsidRPr="00FD0AF2" w:rsidRDefault="00BB6449" w:rsidP="00261EAA">
+    <w:p w:rsidR="0037216B" w:rsidRPr="007A4FAB" w:rsidRDefault="0037216B" w:rsidP="00950F37">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...47 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="10031" w:type="dxa"/>
-        <w:tblLayout w:type="fixed"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="336"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7761"/>
+        <w:gridCol w:w="387"/>
+        <w:gridCol w:w="2602"/>
+        <w:gridCol w:w="7325"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00261EAA" w:rsidRPr="00EF7F82" w:rsidTr="00B45C50">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="009509E6" w:rsidTr="0012006F">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="336" w:type="dxa"/>
+            <w:tcW w:w="387" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="009509E6" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F54B50">
+            <w:r w:rsidRPr="009509E6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1934" w:type="dxa"/>
+            <w:tcW w:w="2602" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="009509E6" w:rsidRDefault="004C1F73" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AB3BA7">
+            <w:r w:rsidRPr="009509E6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Білім беру ұйымының атауы</w:t>
+              <w:t>Наименование организации образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7761" w:type="dxa"/>
+            <w:tcW w:w="7325" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00552535" w:rsidP="003E09D3">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="009509E6" w:rsidRDefault="00DF7B58" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AB3BA7">
+            <w:r w:rsidRPr="009509E6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Павлодар облысы білім басқармасының Павлодар қаласы білім бөлімінің «Павлодар қаласы М.Әуезов атындағы жалпы орта білім беретін мектебі» коммуналдық мемлекеттік мекемесі</w:t>
+              <w:t xml:space="preserve">Коммунальное государственное учреждение </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Средняя общеобразовательная школа </w:t>
+            </w:r>
+            <w:r w:rsidR="00F20EA7" w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>им.М.Ауэзова</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> города Павлодара</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidTr="00B45C50">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="009509E6" w:rsidTr="0012006F">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="336" w:type="dxa"/>
+            <w:tcW w:w="387" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="009509E6" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1934" w:type="dxa"/>
+            <w:tcW w:w="2602" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="009509E6" w:rsidRDefault="004C1F73" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AB3BA7">
+            <w:r w:rsidRPr="009509E6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
+              <w:t>местонахождения, почтового адреса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7761" w:type="dxa"/>
+            <w:tcW w:w="7325" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00552535" w:rsidP="003E09D3">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="009509E6" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AB3BA7">
+            <w:r w:rsidRPr="009509E6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>140008, Қазақстан Республикасы, Павлодар облысы, Павлодар қаласы, Ткачев көшесі, 15</w:t>
+              <w:t xml:space="preserve">140008, </w:t>
+            </w:r>
+            <w:r w:rsidR="004C1F73" w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Республика Казахстан, Павлодарская область,                     город Павлодар, улица </w:t>
+            </w:r>
+            <w:r w:rsidR="00F20EA7" w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ткачева, 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidTr="00B45C50">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="009509E6" w:rsidTr="0012006F">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="336" w:type="dxa"/>
+            <w:tcW w:w="387" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="009509E6" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1934" w:type="dxa"/>
+            <w:tcW w:w="2602" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="009509E6" w:rsidRDefault="004C1F73" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AB3BA7">
+            <w:r w:rsidRPr="009509E6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>телефон нөмірлері</w:t>
+              <w:t>номеров телефонов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7761" w:type="dxa"/>
+            <w:tcW w:w="7325" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="00D37E0A">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="009509E6" w:rsidRDefault="00CB6B4F" w:rsidP="00131DCE">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F54B50">
+            <w:r w:rsidRPr="009509E6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8(7182)</w:t>
             </w:r>
-            <w:r w:rsidR="00D37E0A">
+            <w:r w:rsidR="00131DCE" w:rsidRPr="009509E6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00B45C50">
+            <w:r w:rsidR="00D74D43" w:rsidRPr="009509E6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00F20EA7" w:rsidRPr="009509E6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidR="00D37E0A">
+            <w:r w:rsidR="00131DCE" w:rsidRPr="009509E6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00F20EA7" w:rsidRPr="009509E6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2-86</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidTr="00B45C50">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="009509E6" w:rsidTr="0012006F">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="336" w:type="dxa"/>
+            <w:tcW w:w="387" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="009509E6" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1934" w:type="dxa"/>
+            <w:tcW w:w="2602" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="009509E6" w:rsidRDefault="004C1F73" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AB3BA7">
+            <w:r w:rsidRPr="009509E6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>электрондық пошта мекенжайлары</w:t>
+              <w:t>адреса электронной почты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7761" w:type="dxa"/>
+            <w:tcW w:w="7325" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="009509E6" w:rsidRDefault="00590BAF" w:rsidP="00321427">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="009509E6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>auezova@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00261EAA" w:rsidRPr="00B71E74" w:rsidTr="00B45C50">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="009509E6" w:rsidTr="0012006F">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="336" w:type="dxa"/>
+            <w:tcW w:w="387" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
+          <w:p w:rsidR="004F2A50" w:rsidRPr="009509E6" w:rsidRDefault="00463794" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="009509E6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1934" w:type="dxa"/>
+            <w:tcW w:w="2602" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
+          <w:p w:rsidR="004F2A50" w:rsidRPr="009509E6" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AB3BA7">
+            <w:r w:rsidRPr="009509E6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктеме</w:t>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7761" w:type="dxa"/>
+            <w:tcW w:w="7325" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00261EAA" w:rsidRPr="00590BAF" w:rsidRDefault="00BB6449" w:rsidP="0031050C">
+          <w:p w:rsidR="004F2A50" w:rsidRPr="009509E6" w:rsidRDefault="00FF111B" w:rsidP="00B10582">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Математика </w:t>
-[...5 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:t>вакантн</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00136E86" w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> мұғалімі</w:t>
-[...5 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:t xml:space="preserve"> должность </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>,</w:t>
-[...5 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:t>у</w:t>
+            </w:r>
+            <w:r w:rsidR="00136E86" w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> жүктеме -16 сағат</w:t>
+              <w:t>чителя</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA2AF1" w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B10582" w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>математики</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, нагрузка -16часов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00261EAA" w:rsidRPr="00EF7F82" w:rsidTr="00B45C50">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="009509E6" w:rsidTr="0012006F">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="336" w:type="dxa"/>
+            <w:tcW w:w="387" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
+          <w:p w:rsidR="004F2A50" w:rsidRPr="009509E6" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1934" w:type="dxa"/>
+            <w:tcW w:w="2602" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
+          <w:p w:rsidR="004F2A50" w:rsidRPr="009509E6" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AB3BA7">
+            <w:r w:rsidRPr="009509E6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>негізгі атқарымдық міндеттер</w:t>
+              <w:t>основные функциональные обязанности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7761" w:type="dxa"/>
+            <w:tcW w:w="7325" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00654040" w:rsidRPr="00654040" w:rsidRDefault="00654040" w:rsidP="005D0365">
+          <w:p w:rsidR="00CC327F" w:rsidRPr="009509E6" w:rsidRDefault="00CC327F" w:rsidP="007A7BB0">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-осуществляет обучение и воспитание обучающихся с учетом специфики преподаваемого предмета, в соответствии с государственным общеобязательным стандартом образования;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC327F" w:rsidRPr="009509E6" w:rsidRDefault="00CC327F" w:rsidP="007A7BB0">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-способствует формированию общей культуры личности обучающегося и </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>воспитанника</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и его социализации, выявляет и содействует развитию индивидуальных способностей обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC327F" w:rsidRPr="009509E6" w:rsidRDefault="009A78AC" w:rsidP="007A7BB0">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00CC327F" w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-воспитывает в обучающемся уважительное отношение к педагогу, учит соблюдать деловой стиль отношения и речевой этикет путем вежливого обращения по имени и отчеству педагога или прямого обращения "учитель/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC327F" w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мұғалім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC327F" w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>";</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009A78AC" w:rsidRPr="009509E6" w:rsidRDefault="009A78AC" w:rsidP="007A7BB0">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00654040">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00CC327F" w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- использует новые подходы, эффективные формы, методы и средства обучения с учетом индивидуальных потребностей обучающихся; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC327F" w:rsidRPr="009509E6" w:rsidRDefault="00CC327F" w:rsidP="007A7BB0">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -  составляет краткосрочные и среднесрочные (календарно-тематические) планы по предметам, задания для </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>суммативного</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> оценивания за раздел и </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>суммативного</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> оценивания за четверть;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC327F" w:rsidRPr="009509E6" w:rsidRDefault="009A78AC" w:rsidP="007A7BB0">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>  </w:t>
+            </w:r>
+            <w:r w:rsidR="00CC327F" w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-  проводит анализ по итогам проведения </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC327F" w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>суммативного</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC327F" w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> оценивания за раздел и </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC327F" w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>суммативного</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC327F" w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> оценивания за четверть с комментариями;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC327F" w:rsidRPr="009509E6" w:rsidRDefault="009A78AC" w:rsidP="007A7BB0">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00CC327F" w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> -  заполняет журналы (бумажные или электронные);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009A78AC" w:rsidRPr="009509E6" w:rsidRDefault="009A78AC" w:rsidP="007A7BB0">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- мемлекеттік жалпыға міндетті білім беру стандартына сәйкес оқытылатын пәннің ерекшелігін ескере отырып, білім алушыларды оқытуды және тәрбиелеуді жүзеге асырады;</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00654040" w:rsidRPr="00654040" w:rsidRDefault="00654040" w:rsidP="005D0365">
+            </w:pPr>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>  </w:t>
+            </w:r>
+            <w:r w:rsidR="00CC327F" w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- обеспечивает достижение личностных, системно-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00CC327F" w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>деятельностных</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CC327F" w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, предметных результатов обучающимися и воспитанниками не ниже уровня, предусмотренного государственным общеобязательным стандартом образования;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC327F" w:rsidRPr="009509E6" w:rsidRDefault="00CC327F" w:rsidP="007A7BB0">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  -участвует в разработке и выполнении учебных программ, в том числе программ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дляобучающихся</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с особыми образовательными потребностями, обеспечивает реализацию их в полном объеме в соответствии с учебным планом и графиком учебного процесса;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC327F" w:rsidRPr="009509E6" w:rsidRDefault="00CC327F" w:rsidP="007A7BB0">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> -  изучает индивидуальные способности, интересы и склонности обучающихся, воспитанников;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC327F" w:rsidRPr="009509E6" w:rsidRDefault="00CC327F" w:rsidP="007A7BB0">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> -   создает условия для инклюзивного образования;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC327F" w:rsidRPr="009509E6" w:rsidRDefault="009A78AC" w:rsidP="007A7BB0">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00CC327F" w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-адаптирует учебные программы с учетом индивидуальной потребности обучающегося с особыми образовательными потребностями;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC327F" w:rsidRPr="009509E6" w:rsidRDefault="009A78AC" w:rsidP="007A7BB0">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00CC327F" w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- в специальных образовательных организациях осуществляет работу по обучению и воспитанию обучающихся, воспитанников, направленную на максимальное преодоление отклонений в развитии </w:t>
+            </w:r>
+            <w:r w:rsidR="00CC327F" w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>с учетом специфики преподаваемого предмета;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009A78AC" w:rsidRPr="009509E6" w:rsidRDefault="00CC327F" w:rsidP="007A7BB0">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>     - организовывает занятия в дистанционном режиме с -использованием интерактивных учебных материалов и цифровых образовательных ресурсов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC327F" w:rsidRPr="009509E6" w:rsidRDefault="00CC327F" w:rsidP="007A7BB0">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> -  участвует в заседаниях методических объединений, ассоциации учителей, методических, педагогических советов, сетевых сообществ;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009A78AC" w:rsidRPr="009509E6" w:rsidRDefault="00CC327F" w:rsidP="007A7BB0">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>-</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            </w:pPr>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> - участвует в педагогических консилиумах для родителей;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC327F" w:rsidRPr="009509E6" w:rsidRDefault="00CC327F" w:rsidP="007A7BB0">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>  - консультирует родителей;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009A78AC" w:rsidRPr="009509E6" w:rsidRDefault="00CC327F" w:rsidP="007A7BB0">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>  білім алушы мен тәрбиеленуші тұлғасының жалпы мәдениетін қалыптастыруға және оны әлеуметтендіруге ықпал етеді, білім алушылардың жеке қабілеттерін анықтайды және дамытуға жәрдемдеседі;</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00654040" w:rsidRPr="00654040" w:rsidRDefault="00654040" w:rsidP="005D0365">
+            </w:pPr>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -повышает профессиональную компетентность;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC327F" w:rsidRPr="009509E6" w:rsidRDefault="00CC327F" w:rsidP="007A7BB0">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...24 lines deleted...]
-          <w:p w:rsidR="00654040" w:rsidRPr="00654040" w:rsidRDefault="00654040" w:rsidP="005D0365">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>  - соблюдает правила безопасности и охраны труда, противопожарной защиты;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC327F" w:rsidRPr="009509E6" w:rsidRDefault="009A78AC" w:rsidP="007A7BB0">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...24 lines deleted...]
-          <w:p w:rsidR="00654040" w:rsidRPr="00654040" w:rsidRDefault="00654040" w:rsidP="005D0365">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>  </w:t>
+            </w:r>
+            <w:r w:rsidR="00CC327F" w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-обеспечивает охрану жизни и здоровья обучающихся в период образовательного процесса;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC327F" w:rsidRPr="009509E6" w:rsidRDefault="00CC327F" w:rsidP="007A7BB0">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...24 lines deleted...]
-          <w:p w:rsidR="00654040" w:rsidRPr="00654040" w:rsidRDefault="00654040" w:rsidP="005D0365">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009A78AC" w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- осуществляет сотрудничество с родителями или лицами, их заменяющими;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC327F" w:rsidRPr="009509E6" w:rsidRDefault="009A78AC" w:rsidP="007A7BB0">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...24 lines deleted...]
-          <w:p w:rsidR="00654040" w:rsidRPr="006D0F7D" w:rsidRDefault="00654040" w:rsidP="005D0365">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>  </w:t>
+            </w:r>
+            <w:r w:rsidR="00CC327F" w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-заполняет документы, перечень которых утвержден уполномоченным органом в области образования;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC327F" w:rsidRPr="009509E6" w:rsidRDefault="009A78AC" w:rsidP="007A7BB0">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...35 lines deleted...]
-              <w:pStyle w:val="aa"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>  </w:t>
+            </w:r>
+            <w:r w:rsidR="00CC327F" w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> - прививает антикоррупционную культуру, принципы академической честности среди обучающихся и воспитанников.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004F2A50" w:rsidRPr="009509E6" w:rsidRDefault="004F2A50" w:rsidP="00950F37">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3126 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00261EAA" w:rsidRPr="001B2A10" w:rsidTr="00B45C50">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="009509E6" w:rsidTr="0012006F">
         <w:trPr>
           <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="336" w:type="dxa"/>
+            <w:tcW w:w="387" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
+          <w:p w:rsidR="004F2A50" w:rsidRPr="009509E6" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1934" w:type="dxa"/>
+            <w:tcW w:w="2602" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
+          <w:p w:rsidR="004F2A50" w:rsidRPr="009509E6" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AB3BA7">
+            <w:r w:rsidRPr="009509E6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>еңбекақы мөлшері мен шарттары</w:t>
+              <w:t>размер и условия оплаты труда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7761" w:type="dxa"/>
+            <w:tcW w:w="7325" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00552535" w:rsidRPr="00552535" w:rsidRDefault="00552535" w:rsidP="00552535">
+          <w:p w:rsidR="004F2A50" w:rsidRPr="009509E6" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00552535">
+            <w:r w:rsidRPr="009509E6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- өтілі мен біліктілік санатына сәйкес төленеді;</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00552535" w:rsidRPr="00552535" w:rsidRDefault="00552535" w:rsidP="001B2A10">
+              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004F2A50" w:rsidRPr="009509E6" w:rsidRDefault="004F2A50" w:rsidP="0012006F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00552535">
+            <w:r w:rsidRPr="009509E6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">- арнайы орта білім: </w:t>
-[...3 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:t xml:space="preserve">- среднее специальное образование: </w:t>
+            </w:r>
+            <w:r w:rsidR="0012006F" w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>min</w:t>
             </w:r>
-            <w:r w:rsidRPr="00552535">
+            <w:r w:rsidR="00F8552E" w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>143947-</w:t>
+            </w:r>
+            <w:r w:rsidR="0012006F" w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0012006F" w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>max</w:t>
+            </w:r>
+            <w:r w:rsidR="00F8552E" w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>161724</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009509E6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>143947-</w:t>
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00552535">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009A78AC" w:rsidRPr="009509E6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>161724 теңге;</w:t>
-[...3 lines deleted...]
-            <w:pPr>
+              <w:t xml:space="preserve">тысяч </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009509E6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00552535">
+              <w:t>тенге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004F2A50" w:rsidRPr="009509E6" w:rsidRDefault="004F2A50" w:rsidP="0012006F">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">- жоғары білім : </w:t>
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00552535">
+            </w:pPr>
+            <w:r w:rsidRPr="009509E6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:t xml:space="preserve">- высшее образование: </w:t>
+            </w:r>
+            <w:r w:rsidR="0012006F" w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>min</w:t>
+            </w:r>
+            <w:r w:rsidR="00F8552E" w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>177766-</w:t>
             </w:r>
-            <w:r w:rsidR="001B2A10">
-              <w:rPr>
+            <w:r w:rsidR="0012006F" w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0012006F" w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> max</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00552535">
+              <w:t>max</w:t>
+            </w:r>
+            <w:r w:rsidR="00F8552E" w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>205080</w:t>
+            </w:r>
+            <w:r w:rsidR="009A78AC" w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тысяч </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009509E6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>205080тенге</w:t>
+              <w:t>тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00261EAA" w:rsidRPr="00D37E0A" w:rsidTr="00B45C50">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="009509E6" w:rsidTr="0012006F">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="336" w:type="dxa"/>
+            <w:tcW w:w="387" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="009509E6" w:rsidRDefault="00B1578A" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F54B50">
+            <w:r w:rsidRPr="009509E6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1934" w:type="dxa"/>
+            <w:tcW w:w="2602" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00261EAA" w:rsidRPr="00AB3BA7" w:rsidRDefault="00261EAA" w:rsidP="00261EAA">
+          <w:p w:rsidR="00715E75" w:rsidRPr="009509E6" w:rsidRDefault="00715E75" w:rsidP="00321427">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AB3BA7">
+            <w:r w:rsidRPr="009509E6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Кандидатқа қойылатын, бекітілген Біліктілік талаптары</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="00261EAA">
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B1578A" w:rsidRPr="009509E6" w:rsidRDefault="00715E75" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AB3BA7">
+            <w:r w:rsidRPr="009509E6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Педагогтердің үлгілік біліктілік сипаттамалары</w:t>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7761" w:type="dxa"/>
+            <w:tcW w:w="7325" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
-[...15 lines deleted...]
-              <w:t>-</w:t>
+          <w:p w:rsidR="00CC327F" w:rsidRPr="009509E6" w:rsidRDefault="00CC327F" w:rsidP="00CC327F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-высшее и (или) послевузовское педагогическое или техническое и профессиональное, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D37E0A">
-[...5 lines deleted...]
-              <w:t>тиісті</w:t>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>послесреднее</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D37E0A">
-[...1422 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогическое образование по соответствующему профилю или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку, без предъявления требований к стажу работы, или документ об окончании средней школы с XI педагогическим классом до 1995 года, относящиеся к среднему уровню квалификации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC327F" w:rsidRPr="009509E6" w:rsidRDefault="00CC327F" w:rsidP="00CC327F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>    -  и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет; для педагога-эксперта – не менее 3 лет; педагога-исследователя не менее 4 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC327F" w:rsidRPr="009509E6" w:rsidRDefault="00CC327F" w:rsidP="00CC327F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>   -   и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B1578A" w:rsidRPr="009509E6" w:rsidRDefault="00B1578A" w:rsidP="00CC327F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00261EAA" w:rsidRPr="00C610B0" w:rsidTr="00B45C50">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="009509E6" w:rsidTr="0012006F">
         <w:trPr>
           <w:trHeight w:val="105"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="336" w:type="dxa"/>
+            <w:tcW w:w="387" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="009509E6" w:rsidRDefault="00B1578A" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F54B50">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2602" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B1578A" w:rsidRPr="009509E6" w:rsidRDefault="00470938" w:rsidP="00321427">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок приема документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7325" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B1578A" w:rsidRPr="009509E6" w:rsidRDefault="00131DCE" w:rsidP="00131DCE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>20.02-28.02.2025 г.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00131DCE" w:rsidRPr="009509E6" w:rsidTr="0012006F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="387" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="009509E6" w:rsidRDefault="00131DCE" w:rsidP="00131DCE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>4</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1934" w:type="dxa"/>
+            <w:tcW w:w="2602" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
+          <w:p w:rsidR="00131DCE" w:rsidRPr="009509E6" w:rsidRDefault="00131DCE" w:rsidP="00131DCE">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AB3BA7">
+            <w:r w:rsidRPr="009509E6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Құжаттарды қабылдау мерзімі</w:t>
+              <w:t>Перечень необходимых документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7761" w:type="dxa"/>
+            <w:tcW w:w="7325" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="007F4ECB" w:rsidP="00C610B0">
-            <w:pPr>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="009509E6" w:rsidRDefault="00131DCE" w:rsidP="00131DCE">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>1)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>заявление об участии в конкурсе с указанием перечня прилагаемых документов по форме согласно приложению 3 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="009509E6" w:rsidRDefault="00131DCE" w:rsidP="00131DCE">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>2)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="009509E6" w:rsidRDefault="00131DCE" w:rsidP="00131DCE">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>3)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="009509E6" w:rsidRDefault="00131DCE" w:rsidP="00131DCE">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>4)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>копии документов об образовании в соответствии с предъявляемыми к должности</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>квалификационными</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:tab/>
+              <w:t>требованиями,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>утвержденными</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>Типовыми квалификационными характеристиками;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="009509E6" w:rsidRDefault="00131DCE" w:rsidP="00131DCE">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>5)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>копия документа, подтверждающую трудовую деятельность (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="009509E6" w:rsidRDefault="00131DCE" w:rsidP="00131DCE">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>6)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>справка о состоянии здоровья по форме 075/у, утвержденная приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="009509E6" w:rsidRDefault="00131DCE" w:rsidP="00131DCE">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>7)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>справка об отсутствии динамического наблюдения больных с психическими поведенческими расстройствами;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="009509E6" w:rsidRDefault="00131DCE" w:rsidP="00131DCE">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>8)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>справка об отсутствии динамического наблюдения наркологических больных;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="009509E6" w:rsidRDefault="00131DCE" w:rsidP="00131DCE">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="009509E6" w:rsidRDefault="00131DCE" w:rsidP="00131DCE">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>9)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>сертификат о результатах прохождения сертификации или удостоверение о наличии действующей квалификационной категории (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="009509E6" w:rsidRDefault="00131DCE" w:rsidP="00131DCE">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>10)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>для кандидатов на занятие должности педагогов английского языка сертификат о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>результатах</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>сертификации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>по</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>предмету</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>удостоверение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>наличии квалификационной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>категории</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>педагога-модератора</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>педагога-эксперта,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t xml:space="preserve">или педагога-исследователя, или педагога-мастера (при наличии) или сертификат CELTA </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">( </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Certificatein</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Language</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Teachingto</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Adults</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>илиайелтс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (IELTS) – 6,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>тойфл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (TOEFL) (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>nternet</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Based Test (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BT)) – 60 – 65 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="009509E6" w:rsidRDefault="00131DCE" w:rsidP="00131DCE">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>11)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t xml:space="preserve">педагоги, приступившие к педагогической деятельности в организации технического, профессионального и </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>послесреднего</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> образования на должности педагогов по специальным дисциплинам и мастеров производственного обучения, имеющие стаж работы на производстве по соответствующей специальности или профилю не менее двух лет, освобождаются от прохождения сертификации.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="009509E6" w:rsidRDefault="00131DCE" w:rsidP="00131DCE">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>12)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>заполненный Оценочный лист кандидата на вакантную или временно</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="009509E6" w:rsidRDefault="00131DCE" w:rsidP="00131DCE">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> вакантную должность педагога по форме согласно Правилам.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="009509E6" w:rsidRDefault="00131DCE" w:rsidP="00131DCE">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> приложениям 17, 18 к настоящим</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="009509E6" w:rsidRDefault="00131DCE" w:rsidP="00131DCE">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 13)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009509E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>рекомендательное письмо с места работы (по должности педагога), учебы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="009509E6" w:rsidRDefault="00131DCE" w:rsidP="00131DCE">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...10 lines deleted...]
-            </w:r>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D37E0A" w:rsidRPr="00EF7F82" w:rsidTr="0034641A">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="009509E6" w:rsidTr="0012006F">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="336" w:type="dxa"/>
+            <w:tcW w:w="387" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="00FC1BF4" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+          <w:p w:rsidR="00D478D0" w:rsidRPr="009509E6" w:rsidRDefault="00D478D0" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00FC1BF4">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009509E6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>5</w:t>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1934" w:type="dxa"/>
+            <w:tcW w:w="2602" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="00FC1BF4" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+          <w:p w:rsidR="00D478D0" w:rsidRPr="009509E6" w:rsidRDefault="00DF7B58" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00AB3BA7">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009509E6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Қажетті құжаттар тізімі</w:t>
+              <w:t>Срок вакантной должности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7761" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="7325" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
-[...1610 lines deleted...]
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="00550F72" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+          <w:p w:rsidR="00D478D0" w:rsidRPr="009509E6" w:rsidRDefault="00F54B50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...57 lines deleted...]
-                <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Бос лауазым мерзімі</w:t>
-[...10 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+            </w:pPr>
+            <w:r w:rsidRPr="009509E6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...8 lines deleted...]
-              <w:t>Еңбек шартына сәйкес</w:t>
+              <w:t>Согласно трудового договора</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00261EAA" w:rsidRDefault="00261EAA" w:rsidP="00261EAA">
+    <w:p w:rsidR="00B3089F" w:rsidRPr="007A4FAB" w:rsidRDefault="00B3089F">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="10"/>
-          <w:szCs w:val="10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00261EAA" w:rsidRDefault="00261EAA" w:rsidP="00261EAA">
+    <w:p w:rsidR="00463794" w:rsidRPr="007A4FAB" w:rsidRDefault="00463794">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="10"/>
-          <w:szCs w:val="10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00261EAA" w:rsidRDefault="00261EAA" w:rsidP="00261EAA">
+    <w:p w:rsidR="00463794" w:rsidRPr="007A4FAB" w:rsidRDefault="00463794">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="10"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007921C8" w:rsidRDefault="007921C8" w:rsidP="00261EAA">
+    <w:p w:rsidR="00463794" w:rsidRPr="007A4FAB" w:rsidRDefault="00463794">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="10"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007921C8" w:rsidRDefault="007921C8" w:rsidP="00261EAA">
+    <w:p w:rsidR="00463794" w:rsidRPr="007A4FAB" w:rsidRDefault="00463794">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="10"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007921C8" w:rsidRDefault="007921C8" w:rsidP="00261EAA">
+    <w:p w:rsidR="00463794" w:rsidRPr="007A4FAB" w:rsidRDefault="00463794">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="10"/>
-[...89 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="6978" w:type="dxa"/>
+        <w:tblW w:w="7028" w:type="dxa"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6978"/>
+        <w:gridCol w:w="7028"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007921C8" w:rsidRPr="00D37E0A" w:rsidTr="00D37E0A">
+      <w:tr w:rsidR="009024DA" w:rsidRPr="009024DA" w:rsidTr="00131DCE">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6978" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="7028" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007921C8" w:rsidRPr="00D37E0A" w:rsidRDefault="007921C8" w:rsidP="00D37E0A">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="009024DA" w:rsidRPr="009024DA" w:rsidRDefault="009024DA" w:rsidP="009024DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
-[...275 lines deleted...]
-    <w:p w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="-103"/>
+        <w:tblW w:w="11750" w:type="dxa"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5733"/>
+        <w:gridCol w:w="6017"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidTr="00E054B8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5733" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6017" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="z341"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Приложение 3 к Правилам назначения на должности, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">освобождения от должностей первых руководителей и педагогов государственных организаций образования </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Форма </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>________________________ государственный орган, объявивший</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> конкурс Ф.И.О. кандидата (при его наличии), ИИН (должность, место работы) </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Фактическое место проживания, адрес прописки, контактный телефон </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidTr="00E054B8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5733" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6017" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
       <w:pPr>
         <w:pStyle w:val="aa"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00E054B8">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">                        </w:t>
-[...7 lines deleted...]
-        <w:t>Нақты тұрғылықты жері, тіркелген мекенжайы, байланыс телефоны</w:t>
+        <w:t>Заявление</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+    <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
       <w:pPr>
         <w:pStyle w:val="aa"/>
-        <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D37E0A">
+      <w:r w:rsidRPr="00E054B8">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Өтініш</w:t>
+        <w:t xml:space="preserve">Прошу допустить меня к конкурсу на занятие вакантной/ временно вакантной должности _________________________________________________________________ наименование организаций образования, адрес (область, район, город\село) </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+    <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
       <w:pPr>
         <w:pStyle w:val="aa"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D37E0A">
+    </w:p>
+    <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Мені _______________________________________________________________ </w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В настоящее время работаю ________________________________________ должность, наименование организации, адрес (область, район, город\село) </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+    <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
       <w:pPr>
         <w:pStyle w:val="aa"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D37E0A">
+    </w:p>
+    <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">      (білім беру ұйымдарының атауы, мекенжайы (облыс, аудан, қала\ ауыл)</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сообщаю о себе следующие сведения: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+    <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
       <w:pPr>
         <w:pStyle w:val="aa"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D37E0A">
+      <w:r w:rsidRPr="00E054B8">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">       ____________________________________________________________________ </w:t>
-[...89 lines deleted...]
-        <w:t xml:space="preserve">      Білімі: жоғары немесе жоғары оқу орнынан кейінгі, техникалық және кәсіптік</w:t>
+        <w:t xml:space="preserve">Образование: высшее или послевузовское, техническое и профессиональное </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="46"/>
         <w:tblW w:w="10269" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3749"/>
         <w:gridCol w:w="3577"/>
         <w:gridCol w:w="2943"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidTr="00E4624B">
+      <w:tr w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidTr="00E4624B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3749" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
-[...13 lines deleted...]
-              <w:t>Оқу орнының атауы</w:t>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Наименование учебного заведения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3577" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
-[...21 lines deleted...]
-              <w:tab/>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Период обучения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
-[...13 lines deleted...]
-              <w:t>Диплом бойынша мамандығы</w:t>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Специальность по диплому</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidTr="00E4624B">
+      <w:tr w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidTr="00E4624B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3749" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3577" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+    <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
       <w:pPr>
         <w:pStyle w:val="aa"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D37E0A">
+    </w:p>
+    <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:tab/>
-        <w:t xml:space="preserve">  Біліктілік санатының болуы (болған жағдайда берілген (расталған) күні): </w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Наличие квалификационной категории (дата присвоения (подтверждения) при его наличии</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>):</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>____________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+    <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
       <w:pPr>
         <w:pStyle w:val="aa"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D37E0A">
+      <w:r w:rsidRPr="00E054B8">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">      _____________________________________________________________________</w:t>
+        <w:t>Стаж педагогической работы: _______________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+    <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
       <w:pPr>
         <w:pStyle w:val="aa"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D37E0A">
+      <w:r w:rsidRPr="00E054B8">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">       Жұмыс өтілі: </w:t>
+        <w:t>Стаж работы:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1743"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1904"/>
+        <w:gridCol w:w="2027"/>
+        <w:gridCol w:w="2027"/>
+        <w:gridCol w:w="2027"/>
+        <w:gridCol w:w="2238"/>
+        <w:gridCol w:w="2028"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidTr="00E4624B">
+      <w:tr w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidTr="00E4624B">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcW w:w="2027" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
-[...30 lines deleted...]
-              <w:t>Жалпы</w:t>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Общий</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1966" w:type="dxa"/>
+            <w:tcW w:w="2027" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
-[...13 lines deleted...]
-              <w:t>Педагогикалық</w:t>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагогический</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2239" w:type="dxa"/>
+            <w:tcW w:w="2027" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
-[...14 lines deleted...]
-              <w:t>Мемлекеттік қызмет өтілі</w:t>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>С т а ж государственной службы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2285" w:type="dxa"/>
+            <w:tcW w:w="2028" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
-[...13 lines deleted...]
-              <w:t>Мамандығы бойынша (кәсіпкерлік субъектілерінің мамандары үшін)</w:t>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">По специальности ( для специалистов субъектов </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>предпринимательст</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ва</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1904" w:type="dxa"/>
+            <w:tcW w:w="2028" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
-[...34 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">В д а н </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>н</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о й организации образования, в том ч и с л е н а занимаемой должности</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidTr="00E4624B">
+      <w:tr w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidTr="00E4624B">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1743" w:type="dxa"/>
+            <w:tcW w:w="2027" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1966" w:type="dxa"/>
+            <w:tcW w:w="2027" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2239" w:type="dxa"/>
+            <w:tcW w:w="2027" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2285" w:type="dxa"/>
+            <w:tcW w:w="2028" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1904" w:type="dxa"/>
+            <w:tcW w:w="2028" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D37E0A" w:rsidRPr="00D37E0A" w:rsidRDefault="00D37E0A" w:rsidP="00D37E0A">
+    <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
       <w:pPr>
         <w:pStyle w:val="aa"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:color w:val="000000"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Имею следующие результаты работы: _______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Награды, звания, степень, ученая степень, ученое звание, а также дополнительные сведения (при наличии) ______________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>В соответствии с пунктом 1 статьи 8 Закона Республики Казахстан "О персональных данных и их защите" даю согласие на обработку моих персональных данных, без ограничения срока, любыми законными способами, соответствующими целям обработки персональных данных (для использования фото, видео, в том числе в информационных системах персональных данных с использованием средств автоматизации</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или без использования таких средств). Я согласен (-а) _________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="aa"/>
+      <w:r w:rsidRPr="00E054B8">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...716 lines deleted...]
-        <w:t>))</w:t>
+        <w:t>(Ф.И.О. (при его наличии)) (подпись) "____" ______________20___года ___________________ /подпись</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10248" w:type="dxa"/>
-[...1 lines deleted...]
-        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblW w:w="7028" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7028"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidTr="00E4624B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7028" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Приложение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>17</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к Правилам назначения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>должности,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>освобождения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>от должностей первых руководителей и</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>педагогов государственных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">организаций </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Оценочный</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>лист</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кандидата</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>со</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>стажем</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>вакантную</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>или</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>временно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>вакантную</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должность </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>педагога</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00131DCE" w:rsidRDefault="00A0112D" w:rsidP="00E054B8">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Graphic 65" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:63pt;margin-top:15.1pt;width:454.7pt;height:.1pt;z-index:-251658752;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="5774690,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDx4uhqJgIAAIAEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L06yNdmMOMXQoMWA&#10;oivQDDsrshwLkyWNVGLn70fJdpJ2t2E+CJT4RPLxUV7ddo1hRwWonS34bDLlTFnpSm33Bf+xvf/w&#10;mTMMwpbCOKsKflLIb9fv361an6u5q50pFTAKYjFvfcHrEHyeZShr1QicOK8sOSsHjQi0hX1Wgmgp&#10;emOy+XS6yFoHpQcnFSKdbnonX6f4VaVk+F5VqAIzBafaQlohrbu4ZuuVyPcgfK3lUIb4hyoaoS0l&#10;PYfaiCDYAfRfoRotwaGrwkS6JnNVpaVKHIjNbPqGzUstvEpcqDnoz23C/xdWPh2fgemStOPMioYk&#10;ehi6sbiJ3Wk95gR68c8Q+aF/dPIXkiN75YkbHDBdBU3EEjvWpVafzq1WXWCSDm+Wy0+LL6SIJN9s&#10;vkxKZCIf78oDhgflUhxxfMTQC1WOlqhHS3Z2NIHkjkKbJHTgjIQGzkjoXS+0FyHei8VFk7WXQuJZ&#10;445q65I3vKmcSrt4jb1GRSofl3PORpaE7RFkxDTUq95Iqcm+JmdsrGI5my7S/KAzurzXxsQqEPa7&#10;OwPsKOL0pi/yoAivYB4wbATWPS65Bpixg069NFGknStPpHhLIhccfx8EKM7MN0szFd/HaMBo7EYD&#10;grlz6RWlBlHObfdTgGcxfcEDKfvkxokV+ShapH7GxpvWfT0EV+moaJqhvqJhQ2OeCA5PMr6j631C&#10;XX4c6z8AAAD//wMAUEsDBBQABgAIAAAAIQDj/PlI3wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI/BTsMwEETvSP0Haytxo3bTNEIhTlUVIW6VaBFc3XhJUuJ1GjttwtfjnOA4s6PZN9lmMA27Yudq&#10;SxKWCwEMqbC6plLC+/Hl4RGY84q0aiyhhBEdbPLZXaZSbW/0hteDL1koIZcqCZX3bcq5Kyo0yi1s&#10;ixRuX7YzygfZlVx36hbKTcMjIRJuVE3hQ6Va3FVYfB96I6Hcn8fX5HK+2OfPuNcfdvxZ73dS3s+H&#10;7RMwj4P/C8OEH9AhD0wn25N2rAk6SsIWL2ElImBTQKzWMbDT5MTA84z/n5D/AgAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAPHi6GomAgAAgAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAOP8+UjfAAAACgEAAA8AAAAAAAAAAAAAAAAAgAQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACMBQAAAAA=&#10;" path="m,l5774372,e" filled="f" strokeweight=".19739mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidR="00131DCE" w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(фамилия,</w:t>
+      </w:r>
+      <w:r w:rsidR="00131DCE" w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00131DCE" w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>имя,</w:t>
+      </w:r>
+      <w:r w:rsidR="00131DCE" w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00131DCE" w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>отчество</w:t>
+      </w:r>
+      <w:r w:rsidR="00131DCE" w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00131DCE" w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(при</w:t>
+      </w:r>
+      <w:r w:rsidR="00131DCE" w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00131DCE" w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>его</w:t>
+      </w:r>
+      <w:r w:rsidR="00131DCE" w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00131DCE" w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E054B8" w:rsidRPr="00E054B8" w:rsidRDefault="00E054B8" w:rsidP="00E054B8">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="10795" w:type="dxa"/>
+        <w:tblInd w:w="125" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="893"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3402"/>
+        <w:gridCol w:w="875"/>
+        <w:gridCol w:w="1840"/>
+        <w:gridCol w:w="3261"/>
+        <w:gridCol w:w="4819"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidTr="005D0365">
+      <w:tr w:rsidR="00B2199F" w:rsidRPr="00B2199F" w:rsidTr="00B2199F">
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="nil"/>
+          <w:trHeight w:val="251"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="893" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="875" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00B2199F" w:rsidRDefault="00131DCE" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
-[...9 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1840" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00B2199F" w:rsidRDefault="00131DCE" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="005D0365">
-[...3 lines deleted...]
-              <w:t>Өлшемшарттар</w:t>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-[...9 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3261" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00B2199F" w:rsidRDefault="00131DCE" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="005D0365">
-[...3 lines deleted...]
-              <w:t>Растайтын</w:t>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Подтверждающий</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="005D0365">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="15"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="005D0365">
-[...3 lines deleted...]
-              <w:t>құжат</w:t>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>документ</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
-[...9 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="4819" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
-[...46 lines deleted...]
-              <w:t>)</w:t>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00B2199F" w:rsidRDefault="00131DCE" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Кол-во</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов (от 1 до 30)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidTr="005D0365">
+      <w:tr w:rsidR="00B2199F" w:rsidRPr="00B2199F" w:rsidTr="00B2199F">
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="nil"/>
+          <w:trHeight w:val="502"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="893" w:type="dxa"/>
-[...9 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="875" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00B2199F" w:rsidRDefault="00131DCE" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
-[...12 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1840" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
-[...27 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00B2199F" w:rsidRDefault="00131DCE" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>У р о в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>н</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ь </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>образования</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-[...12 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3261" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
-[...83 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00B2199F" w:rsidRDefault="00131DCE" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Копии</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>диплома</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>об</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>приложения к диплому</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
-[...12 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="4819" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
-[...5 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00B2199F" w:rsidRDefault="00131DCE" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Техническое</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>и профессиональное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>= 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00B2199F" w:rsidRDefault="00131DCE" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Высшее = 2 баллов Высшее</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>отличием</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00B2199F" w:rsidRDefault="00131DCE" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="005D0365">
-[...3 lines deleted...]
-              <w:t>Техникалық</w:t>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балла</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="005D0365">
-[...4 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00B2199F" w:rsidRDefault="00131DCE" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="005D0365">
-[...3 lines deleted...]
-              <w:t>кәсіптік</w:t>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Магистр</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="005D0365">
-[...12 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="005D0365">
-[...3 lines deleted...]
-              <w:t>Жоғары</w:t>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="005D0365">
-[...54 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidTr="005D0365">
+      <w:tr w:rsidR="00B2199F" w:rsidRPr="00B2199F" w:rsidTr="00B2199F">
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="nil"/>
+          <w:trHeight w:val="573"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="893" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="875" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00B2199F" w:rsidRDefault="00131DCE" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
-[...9 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1840" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
-[...41 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00B2199F" w:rsidRDefault="00131DCE" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">У ч е н а я / </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>академическая степень</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-[...9 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3261" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
-[...83 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00B2199F" w:rsidRDefault="00131DCE" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00B2199F" w:rsidRDefault="00131DCE" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Копии</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>диплома</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>об</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>приложения к диплому</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
-[...9 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="4819" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00B2199F" w:rsidRDefault="00131DCE" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>PHD</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-доктор</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00B2199F" w:rsidRDefault="00131DCE" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Доктор</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>наук</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00B2199F" w:rsidRDefault="00131DCE" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="005D0365">
-[...3 lines deleted...]
-              <w:t>Ғылым</w:t>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Кандидат</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="005D0365">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="005D0365">
-[...3 lines deleted...]
-              <w:t>докторы</w:t>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>наук</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="005D0365">
-[...12 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10 </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="005D0365">
-[...3 lines deleted...]
-              <w:t>Ғылым</w:t>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="005D0365">
-[...4 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidTr="005D0365">
+      <w:tr w:rsidR="00364863" w:rsidRPr="00B2199F" w:rsidTr="00B2199F">
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="nil"/>
+          <w:trHeight w:val="573"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="893" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="875" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="00364863" w:rsidRPr="00B2199F" w:rsidRDefault="00364863" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1840" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="00364863" w:rsidRPr="00B2199F" w:rsidRDefault="00364863" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="005D0365">
-[...3 lines deleted...]
-              <w:t>Біліктілік</w:t>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Квалификационная</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="005D0365">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="005D0365">
-[...3 lines deleted...]
-              <w:t>санаты</w:t>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>категория</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3261" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="00364863" w:rsidRPr="00B2199F" w:rsidRDefault="00364863" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="005D0365">
-[...3 lines deleted...]
-              <w:t>Куәлік</w:t>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Удостоверение</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="005D0365">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="005D0365">
-[...3 lines deleted...]
-              <w:t>басқа</w:t>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>иной</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="005D0365">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="005D0365">
-[...3 lines deleted...]
-              <w:t>құжат</w:t>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>документ</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="4819" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
-[...38 lines deleted...]
-              <w:t>Педагог-</w:t>
+          <w:p w:rsidR="00364863" w:rsidRPr="00B2199F" w:rsidRDefault="00364863" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагог=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00364863" w:rsidRPr="00B2199F" w:rsidRDefault="00364863" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагог-модератор= 3 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00364863" w:rsidRPr="00B2199F" w:rsidRDefault="00364863" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагог-эксперт = 5баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00364863" w:rsidRPr="00B2199F" w:rsidRDefault="00364863" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагог-исследователь = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00364863" w:rsidRPr="00B2199F" w:rsidRDefault="00364863" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагог-мастер = 10баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00364863" w:rsidRPr="00B2199F" w:rsidRDefault="00364863" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"заместитель руководителя т р е т ь е й</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00364863" w:rsidRPr="00B2199F" w:rsidRDefault="00364863" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>квалификационной категории" = 5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00364863" w:rsidRPr="00B2199F" w:rsidRDefault="00364863" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> а л </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="005D0365">
-[...3 lines deleted...]
-              <w:t>сарапшы</w:t>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="005D0365">
-[...17 lines deleted...]
-              <w:t>Педагог-</w:t>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о в "</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00364863" w:rsidRPr="00B2199F" w:rsidRDefault="00364863" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>заместитель руководителя в т о р о й</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00364863" w:rsidRPr="00B2199F" w:rsidRDefault="00364863" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>квалификационной категории" = 6</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00364863" w:rsidRPr="00B2199F" w:rsidRDefault="00364863" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">б а л </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="005D0365">
-[...3 lines deleted...]
-              <w:t>зерттеуші</w:t>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="005D0365">
-[...265 lines deleted...]
-              <w:t xml:space="preserve"> = 7 балл</w:t>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>в ,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>" заместитель руководителя</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00364863" w:rsidRPr="00B2199F" w:rsidRDefault="00364863" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>п е р в о й квалификационной категории" = 7 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidTr="005D0365">
+      <w:tr w:rsidR="00E51F4A" w:rsidRPr="00B2199F" w:rsidTr="00B2199F">
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="nil"/>
+          <w:trHeight w:val="346"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="893" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="875" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="00E51F4A" w:rsidRPr="00B2199F" w:rsidRDefault="00E51F4A" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
+          </w:p>
+          <w:p w:rsidR="00E51F4A" w:rsidRPr="00B2199F" w:rsidRDefault="00E51F4A" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E51F4A" w:rsidRPr="00B2199F" w:rsidRDefault="00E51F4A" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E51F4A" w:rsidRPr="00B2199F" w:rsidRDefault="00E51F4A" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E51F4A" w:rsidRPr="00B2199F" w:rsidRDefault="00E51F4A" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E51F4A" w:rsidRPr="00B2199F" w:rsidRDefault="00E51F4A" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1840" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
-[...69 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00E51F4A" w:rsidRPr="00B2199F" w:rsidRDefault="00E51F4A" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>т административной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">и </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>методической деятельности</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E51F4A" w:rsidRPr="00B2199F" w:rsidRDefault="00E51F4A" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E51F4A" w:rsidRPr="00B2199F" w:rsidRDefault="00E51F4A" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E51F4A" w:rsidRPr="00B2199F" w:rsidRDefault="00E51F4A" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3261" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
-[...97 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00E51F4A" w:rsidRPr="00B2199F" w:rsidRDefault="00E51F4A" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Трудовая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>книжка/документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>заменяющий трудовую деятельность</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E51F4A" w:rsidRPr="00B2199F" w:rsidRDefault="00E51F4A" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E51F4A" w:rsidRPr="00B2199F" w:rsidRDefault="00E51F4A" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E51F4A" w:rsidRPr="00B2199F" w:rsidRDefault="00E51F4A" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E51F4A" w:rsidRPr="00B2199F" w:rsidRDefault="00E51F4A" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="4819" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
-[...588 lines deleted...]
-              <w:t xml:space="preserve"> = 5 балл</w:t>
+          <w:p w:rsidR="00E51F4A" w:rsidRPr="00B2199F" w:rsidRDefault="00E51F4A" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Методист, стаж в должности до двух лет = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E51F4A" w:rsidRPr="00B2199F" w:rsidRDefault="00E51F4A" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Методист,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="79"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>стаж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="55"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E51F4A" w:rsidRPr="00B2199F" w:rsidRDefault="00E51F4A" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>должности</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>более двух лет= 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidTr="005D0365">
+      <w:tr w:rsidR="00E51F4A" w:rsidRPr="00B2199F" w:rsidTr="00B2199F">
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="nil"/>
+          <w:trHeight w:val="335"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="893" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="875" w:type="dxa"/>
+            <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
-[...11 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00E51F4A" w:rsidRPr="00B2199F" w:rsidRDefault="00E51F4A" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1840" w:type="dxa"/>
+            <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
-[...75 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00E51F4A" w:rsidRPr="00B2199F" w:rsidRDefault="00E51F4A" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3261" w:type="dxa"/>
+            <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
-[...75 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00E51F4A" w:rsidRPr="00B2199F" w:rsidRDefault="00E51F4A" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="4819" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="00E51F4A" w:rsidRPr="00B2199F" w:rsidRDefault="00E51F4A" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Заместитель </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>директора</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>стаж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>в должности</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>не</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">до двух т = 3 балла; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Заместитель </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>директора</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>стаж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">в </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>должности</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="39"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>более</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w:rsidR="00E51F4A" w:rsidRPr="00B2199F" w:rsidRDefault="00E51F4A" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="005D0365">
-[...3 lines deleted...]
-              <w:t>Оң</w:t>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>двух</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="005D0365">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="005D0365">
-[...3 lines deleted...]
-              <w:t>ұсыным</w:t>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>лет</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="005D0365">
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="005D0365">
-[...3 lines deleted...]
-              <w:t>хаттың</w:t>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балла</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="005D0365">
-[...18 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidTr="005D0365">
+      <w:tr w:rsidR="00E51F4A" w:rsidRPr="00B2199F" w:rsidTr="00B2199F">
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="nil"/>
+          <w:trHeight w:val="1208"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="893" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="875" w:type="dxa"/>
+            <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
-[...11 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00E51F4A" w:rsidRPr="00B2199F" w:rsidRDefault="00E51F4A" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1840" w:type="dxa"/>
+            <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
-[...55 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00E51F4A" w:rsidRPr="00B2199F" w:rsidRDefault="00E51F4A" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3261" w:type="dxa"/>
+            <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
-[...250 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00E51F4A" w:rsidRPr="00B2199F" w:rsidRDefault="00E51F4A" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="4819" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
-[...462 lines deleted...]
-              <w:t xml:space="preserve"> = 10 балл.</w:t>
+          <w:p w:rsidR="00E51F4A" w:rsidRPr="00B2199F" w:rsidRDefault="00E51F4A" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Директор</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="79"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>стаж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="79"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E51F4A" w:rsidRPr="00B2199F" w:rsidRDefault="00E51F4A" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>должности до двух лет = 4 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E51F4A" w:rsidRPr="00B2199F" w:rsidRDefault="00E51F4A" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Директор стаж в должности более двух лет =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidTr="005D0365">
+      <w:tr w:rsidR="00B2199F" w:rsidRPr="00B2199F" w:rsidTr="00B2199F">
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="nil"/>
+          <w:trHeight w:val="682"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="893" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="875" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
-[...11 lines deleted...]
-              <w:t>7.</w:t>
+          <w:p w:rsidR="00371185" w:rsidRPr="00B2199F" w:rsidRDefault="00371185" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00371185" w:rsidRPr="00B2199F" w:rsidRDefault="00371185" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00371185" w:rsidRPr="00B2199F" w:rsidRDefault="00371185" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00371185" w:rsidRPr="00B2199F" w:rsidRDefault="00371185" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1840" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="00371185" w:rsidRPr="00B2199F" w:rsidRDefault="00371185" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Рекомендательное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>п и с ь м о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>с предыдущего</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">места </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="13"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>работы</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-31"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w:rsidR="00371185" w:rsidRPr="00B2199F" w:rsidRDefault="00371185" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="005D0365">
-[...3 lines deleted...]
-              <w:t>Әдістемелік</w:t>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>должности</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="005D0365">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="35"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="005D0365">
-[...3 lines deleted...]
-              <w:t>қызметі</w:t>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>педагога</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00371185" w:rsidRPr="00B2199F" w:rsidRDefault="00371185" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3261" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
-[...11 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00371185" w:rsidRPr="00B2199F" w:rsidRDefault="00371185" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="005D0365">
-[...3 lines deleted...]
-              <w:t>авторлық</w:t>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>екомендательное</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="005D0365">
-[...26 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>письмо</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(по</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">должности педагога </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>c</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> предыдущего места работы)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="4819" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
-[...304 lines deleted...]
-              <w:t xml:space="preserve"> - 3 балл.</w:t>
+          <w:p w:rsidR="00371185" w:rsidRPr="00B2199F" w:rsidRDefault="00371185" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Н а л и ч и е </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">положительного рекомендательного </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>письма = 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidTr="005D0365">
+      <w:tr w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w:rsidTr="00B2199F">
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="nil"/>
+          <w:trHeight w:val="564"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="893" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="875" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
-[...10 lines deleted...]
-              <w:t>8.</w:t>
+          <w:p w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w:rsidRDefault="00E96BC2" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1840" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
-[...27 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w:rsidRDefault="00E96BC2" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="12"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Показатели </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>профессиональных</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>достижений</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(за </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>последние 5 лет)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3261" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
-[...55 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w:rsidRDefault="00E96BC2" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>дипломы,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>грамоты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>победителей</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>олимпиад</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурсов,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>научных</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">проектов </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>обучающихся;</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="4819" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
-[...5 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w:rsidRDefault="00E96BC2" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-31"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="14"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">призеры городских/ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>районных</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>олимпиад и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурсов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>областных</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="14"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="14"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w:rsidRDefault="00E96BC2" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>республиканских</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">=2 б а л </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="005D0365">
-[...3 lines deleted...]
-              <w:t>тәлімгер</w:t>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="005D0365">
-[...17 lines deleted...]
-              <w:t xml:space="preserve">ӘБ </w:t>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>а ,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> международных = 3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w:rsidRDefault="00E96BC2" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-32"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="13"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">научных </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>проектов:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>городской</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w:rsidRDefault="00E96BC2" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>/районный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">=0,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>областной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 б а л </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="005D0365">
-[...3 lines deleted...]
-              <w:t>басшылығы</w:t>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="005D0365">
-[...251 lines deleted...]
-              <w:t>) = 5 балл.</w:t>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ,</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidTr="005D0365">
+      <w:tr w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w:rsidTr="00B2199F">
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="nil"/>
+          <w:trHeight w:val="552"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="893" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="875" w:type="dxa"/>
+            <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
-[...11 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w:rsidRDefault="00E96BC2" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1840" w:type="dxa"/>
+            <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
-[...27 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w:rsidRDefault="00E96BC2" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3261" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
-[...11 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w:rsidRDefault="00E96BC2" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>дипломы,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>грамоты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>победителей</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w:rsidRDefault="00E96BC2" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="005D0365">
-[...3 lines deleted...]
-              <w:t>даярлық</w:t>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>государственная</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="005D0365">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="15"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="005D0365">
-[...3 lines deleted...]
-              <w:t>сертификаттары</w:t>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>награда</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="005D0365">
-[...779 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="4819" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w:rsidRDefault="00E96BC2" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>республиканский</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-2 б а л </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="005D0365">
-[...4 lines deleted...]
-              <w:t>біліктілікті</w:t>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="005D0365">
-[...4 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>а ,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> международный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w:rsidRDefault="00E96BC2" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="11"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">участник </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурса</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="21"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"Лучший</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w:rsidRDefault="00E96BC2" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагог"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w:rsidRDefault="00E96BC2" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>призер</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурса</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>" Лучший педагог" =</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w:rsidRDefault="00E96BC2" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w:rsidRDefault="00E96BC2" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>5)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">обладатель </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>медали</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="005D0365">
-[...3 lines deleted...]
-              <w:t>арттыру</w:t>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="005D0365">
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="005D0365">
-[...3 lines deleted...]
-              <w:t>ұйымдары</w:t>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="005D0365">
-[...4 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="005D0365">
-[...3 lines deleted...]
-              <w:t>іске</w:t>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>сіңірген</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="005D0365">
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="005D0365">
-[...3 lines deleted...]
-              <w:t>асыратын</w:t>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ұстазы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="005D0365">
-[...221 lines deleted...]
-              <w:t>)</w:t>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidTr="005D0365">
+      <w:tr w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w:rsidTr="00B2199F">
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="nil"/>
+          <w:trHeight w:val="552"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4295" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="875" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
-[...19 lines deleted...]
-              <w:t>:</w:t>
+          <w:p w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w:rsidRDefault="00E96BC2" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5953" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1840" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w:rsidRDefault="00E96BC2" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Методическая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>деятельность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3261" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w:rsidRDefault="00E96BC2" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>авторские</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>работы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>публикации</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4819" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w:rsidRDefault="00E96BC2" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>автор</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>соавтор учебников</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(или) УМК,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>включенных в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>перечень</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>МП</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>РК</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>= 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w:rsidRDefault="00E96BC2" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>перечень</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>РУМС</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w:rsidRDefault="00E96BC2" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w:rsidRDefault="00E96BC2" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">н а л и ч и е </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>публикации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>научно-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>исследовате</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">л ь с к о й </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>деятельности, включенный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>в перечень</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">КОКСО, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w:rsidTr="00B2199F">
+        <w:trPr>
+          <w:trHeight w:val="552"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="875" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w:rsidRDefault="00E51F4A" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1840" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w:rsidRDefault="00E96BC2" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Общественно-педаг</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>огическая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>деятельность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3261" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w:rsidRDefault="00E96BC2" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Документ,подтверждающий</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> общественно-педагогическую</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4819" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w:rsidRDefault="00E96BC2" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>наставник</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0,5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w:rsidRDefault="00E96BC2" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>руководство</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>МО</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w:rsidRDefault="00E96BC2" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>преподавание</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>языках,русский</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w:rsidRDefault="00E96BC2" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>казахский</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w:rsidRDefault="00E96BC2" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>иностранный/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>у</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>й</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">иностранный/ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>казахский)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w:rsidRDefault="00E96BC2" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>преподавание</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="31"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="31"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3 языках</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="26"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(казахский, р</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>у</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>й</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>, иностранный)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w:rsidTr="00B2199F">
+        <w:trPr>
+          <w:trHeight w:val="552"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="875" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w:rsidRDefault="00E51F4A" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1840" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w:rsidRDefault="00E96BC2" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-25"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>у</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>я</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w:rsidRDefault="00E96BC2" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>подготовка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3261" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w:rsidRDefault="00E96BC2" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>IELTS</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>TOEFL</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>DELF</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>GoetheZertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>обучение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>программам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w:rsidRDefault="00E96BC2" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"Основы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="29"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>программирования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="29"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="29"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Python</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>",</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="29"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" Обучение работе с </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Microsoft</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w:rsidRDefault="00E96BC2" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Международныекурсы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w:rsidRDefault="00E96BC2" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>TEFL</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Cambridge</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w:rsidRDefault="00E96BC2" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>CELTA(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w:rsidRDefault="00E96BC2" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Speakers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Other</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w:rsidRDefault="00E96BC2" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>CELT-P</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="41"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="41"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="41"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Language</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w:rsidRDefault="00E96BC2" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Teaching – </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Primary)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>DELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="35"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(Diploma</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="35"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="35"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="35"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="35"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w:rsidRDefault="00E96BC2" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Speakers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Other</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w:rsidRDefault="00E96BC2" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>CELT-S</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="41"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="41"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="41"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Language</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w:rsidRDefault="00E96BC2" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Teaching – </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w:rsidRDefault="00E96BC2" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>TKTTeaching</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Knowledge</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Test"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w:rsidRDefault="00E96BC2" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="68"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="70"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>EMI</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="70"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Skills</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="70"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="70"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>as</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="71"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w:rsidRDefault="00E96BC2" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Medium</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Instruction</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w:rsidRDefault="00E96BC2" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w:rsidRDefault="00E96BC2" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Teacher</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="45"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="45"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="46"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="45"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Speakers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="45"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="46"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Other</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w:rsidRDefault="00E96BC2" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Languages</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(TESOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w:rsidRDefault="00E96BC2" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>TESOL"Certificate</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w:rsidRDefault="00E96BC2" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">young </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>learners</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w:rsidRDefault="00E96BC2" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>International</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="13"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>House</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="13"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="13"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="13"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w:rsidRDefault="00E96BC2" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>as</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Foreign</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Language</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w:rsidRDefault="00E96BC2" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>IHCYLT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>International</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>House</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>In</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w:rsidRDefault="00E96BC2" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Young</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Learners</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Teenagers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w:rsidRDefault="00E96BC2" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Becoming</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="60"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="60"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Better</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="60"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Teacher:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="60"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Exploring</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w:rsidRDefault="00E96BC2" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Professional</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Development</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Assessment</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="50"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="52"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Learning:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="53"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Formative</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w:rsidRDefault="00E96BC2" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Assessment</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Science</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Maths</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w:rsidRDefault="00E96BC2" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Online</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Educators</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w:rsidRDefault="00E96BC2" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Development</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Delivery</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w:rsidRDefault="00E96BC2" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Educational</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Management</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w:rsidRDefault="00E96BC2" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Key</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ideas</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Mentoring</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Mathematics</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w:rsidRDefault="00E96BC2" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Teachers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w:rsidRDefault="00E96BC2" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Курсынаплатформе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Coursera,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Futute</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w:rsidRDefault="00E96BC2" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Mathematics</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>with</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Technology</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w:rsidRDefault="00E96BC2" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Special</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Educational</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Needs</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>"Developing</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> expertise in teaching chemistry "</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4819" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E96BC2" w:rsidRPr="00B2199F" w:rsidRDefault="00C4219D" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>повышения квалификации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">программам, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>согласованным</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">с </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">уполномоченным </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>органом</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">области </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">образования, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">реализуемым </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">организациями </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="14"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">повышения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>квалификации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла(каждый отдельно</w:t>
+            </w:r>
+            <w:r w:rsidR="00A0112D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C4219D" w:rsidRPr="00B2199F" w:rsidTr="00B2199F">
+        <w:trPr>
+          <w:trHeight w:val="552"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="875" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C4219D" w:rsidRPr="00A0112D" w:rsidRDefault="00C4219D" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1840" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C4219D" w:rsidRPr="00B2199F" w:rsidRDefault="00C4219D" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2199F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Итого</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3261" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C4219D" w:rsidRPr="00B2199F" w:rsidRDefault="00C4219D" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4819" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C4219D" w:rsidRPr="00B2199F" w:rsidRDefault="00C4219D" w:rsidP="00B2199F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+    <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
       <w:pPr>
         <w:pStyle w:val="aa"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D0365">
+      <w:r w:rsidRPr="00E054B8">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">      * </w:t>
+        <w:t>Примечание:</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="005D0365">
+    </w:p>
+    <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>жеңімпаздар</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>*</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="005D0365">
+      <w:r w:rsidRPr="00E054B8">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="005D0365">
+      <w:r w:rsidRPr="00E054B8">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>санына</w:t>
+        <w:t>В</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="005D0365">
+      <w:r w:rsidRPr="00E054B8">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="005D0365">
+      <w:r w:rsidRPr="00E054B8">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>қарамастан</w:t>
+        <w:t>6</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="005D0365">
+      <w:r w:rsidRPr="00E054B8">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="005D0365">
+      <w:r w:rsidRPr="00E054B8">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>олимпиадалар</w:t>
+        <w:t>пункте</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="005D0365">
+      <w:r w:rsidRPr="00E054B8">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...13 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="005D0365">
+      <w:r w:rsidRPr="00E054B8">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>әрбір</w:t>
+        <w:t>учитывается</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="005D0365">
+      <w:r w:rsidRPr="00E054B8">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="005D0365">
+      <w:r w:rsidRPr="00E054B8">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>деңгейі</w:t>
+        <w:t>призеры</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="005D0365">
+      <w:r w:rsidRPr="00E054B8">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...55 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="005D0365">
+      <w:r w:rsidRPr="00E054B8">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>олимпиадалар</w:t>
+        <w:t>за</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="005D0365">
+      <w:r w:rsidRPr="00E054B8">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...13 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="005D0365">
+      <w:r w:rsidRPr="00E054B8">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>жүлдегерлері</w:t>
+        <w:t>последние</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="005D0365">
+      <w:r w:rsidRPr="00E054B8">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...55 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="005D0365">
+      <w:r w:rsidRPr="00E054B8">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>жобалар</w:t>
+        <w:t>пять</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="005D0365">
+      <w:r w:rsidRPr="00E054B8">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...119 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="005D0365">
+      <w:r w:rsidRPr="00E054B8">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>олимпиадалар</w:t>
+        <w:t>лет</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="005D0365">
+      <w:r w:rsidRPr="00E054B8">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...13 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="005D0365">
+      <w:r w:rsidRPr="00E054B8">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>жүлдегерлері</w:t>
+        <w:t>по</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="005D0365">
+      <w:r w:rsidRPr="00E054B8">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> = 3 балл</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>каждому</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>уровню</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>( городской</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/районный)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>олимпиад</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>конкурсов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>0,5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>баллов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>независимо</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>количества победителей, призеры областных олимпиад и конкурсов - 1 балла, республиканских =2 балла, международных = 3 балла</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>научных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>проектов:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>городской/районный</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>=</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1 балл,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>областной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">балл, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>республиканский</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-2 балла, международный – 3 балла соответственно призеры</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>республиканских</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>олимпиад</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>конкурсов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>=</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>балла</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00131DCE" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B2199F" w:rsidRDefault="00B2199F" w:rsidP="00E054B8">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B2199F" w:rsidRDefault="00B2199F" w:rsidP="00E054B8">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B2199F" w:rsidRPr="00E054B8" w:rsidRDefault="00B2199F" w:rsidP="00E054B8">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00A0112D">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Приложение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>18</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00A0112D">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к Правилам назначения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>должности,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>освобождения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00A0112D">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">от должностей первых руководителей и педагогов </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00A0112D">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>государственных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">организаций </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00A0112D">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00A0112D">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Оценочный</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>лист</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кандидата</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>без</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>стажа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>вакантную</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00A0112D">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>или</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>временно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>вакантную</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должность </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E054B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>педагога</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
-[...635 lines deleted...]
-        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="10937" w:type="dxa"/>
+        <w:tblInd w:w="125" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="893"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3118"/>
+        <w:gridCol w:w="731"/>
+        <w:gridCol w:w="2835"/>
+        <w:gridCol w:w="2835"/>
+        <w:gridCol w:w="4536"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidTr="005D0365">
+      <w:tr w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidTr="00A0112D">
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="nil"/>
+          <w:trHeight w:val="617"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="893" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="731" w:type="dxa"/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="2"/>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="005D0365">
-[...3 lines deleted...]
-              <w:t>Өлшемшарттар</w:t>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="005D0365">
-[...3 lines deleted...]
-              <w:t>Растайтын</w:t>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Подтверждающий</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="005D0365">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="005D0365">
-[...3 lines deleted...]
-              <w:t>құжат</w:t>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>документ</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3118" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
-[...46 lines deleted...]
-              <w:t>)</w:t>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Кол-во</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов (от 1 до 30)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidTr="005D0365">
+      <w:tr w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidTr="00A0112D">
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="nil"/>
+          <w:trHeight w:val="1840"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="893" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="731" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="005D0365">
-[...3 lines deleted...]
-              <w:t>Білім</w:t>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Уровень</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="005D0365">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="005D0365">
-[...3 lines deleted...]
-              <w:t>деңгейі</w:t>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>образования</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
-[...83 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Копии</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>диплома</w:t>
+            </w:r>
+            <w:r w:rsidR="00A0112D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">об </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="13"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> приложения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>диплому</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3118" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="12"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Техническое</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> профессиональное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A0112D" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="12"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Техническое</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> профессиональное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> отличием -2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Высшее - 3 балла </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Магистр</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-26"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="12"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="005D0365">
-[...3 lines deleted...]
-              <w:t>Техникалық</w:t>
+            <w:r w:rsidRPr="00A0112D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педа</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>гогическим</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="005D0365">
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> және </w:t>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="005D0365">
-[...3 lines deleted...]
-              <w:t>кәсіптік</w:t>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>направлениям</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="005D0365">
-[...12 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="005D0365">
-[...3 lines deleted...]
-              <w:t>Техникалық</w:t>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балла</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="005D0365">
-[...96 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidTr="005D0365">
+      <w:tr w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidTr="00A0112D">
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="nil"/>
+          <w:trHeight w:val="900"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="893" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="731" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="005D0365">
-[...3 lines deleted...]
-              <w:t>Ғылыми</w:t>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ученая</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="005D0365">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="005D0365">
-[...3 lines deleted...]
-              <w:t>академиялық</w:t>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>академическая</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="005D0365">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="005D0365">
-[...3 lines deleted...]
-              <w:t>дәрежесі</w:t>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>степень</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
-[...83 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Копии</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>диплома</w:t>
+            </w:r>
+            <w:r w:rsidR="00A0112D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">об </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="13"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> приложения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>диплому</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3118" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
-[...68 lines deleted...]
-              <w:t xml:space="preserve"> кандидаты = 5 балл</w:t>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>PHD</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-доктор - 5 баллов Доктор наук - 5 баллов Кандидат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>наук</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidTr="005D0365">
+      <w:tr w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidTr="00A0112D">
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="nil"/>
+          <w:trHeight w:val="900"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="893" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="731" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00A0112D" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0112D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
-[...41 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00A0112D" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0112D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Результаты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A0112D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A0112D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">прохождения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A0112D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>сертификации</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00A0112D" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0112D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3118" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
-[...39 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0112D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50 % </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- 2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">60-80 % - 4 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80-100% – 6 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidTr="005D0365">
+      <w:tr w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidTr="00A0112D">
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="nil"/>
+          <w:trHeight w:val="1123"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="893" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="731" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
-[...38 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>з</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>у</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ь</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>т</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>т</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">педагогической/ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>профессиональной практики</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
-[...55 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="37"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="37"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>диплому об образовании</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3118" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
-[...39 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>"3"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>"4"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>"5"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidTr="005D0365">
+      <w:tr w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidTr="00A0112D">
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="nil"/>
+          <w:trHeight w:val="860"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="893" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="731" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
-[...46 lines deleted...]
-              <w:t xml:space="preserve"> хат</w:t>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Рекомендательное </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>письмо</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>места</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>учебы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="005D0365">
-[...3 lines deleted...]
-              <w:t>Ұсыным</w:t>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Рекомендательное</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="005D0365">
-[...4 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>письмо</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3118" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
-[...60 lines deleted...]
-              <w:t xml:space="preserve"> = 3 балл</w:t>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Наличие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">положительного </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">рекомендательного </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>письма = 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidTr="005D0365">
+      <w:tr w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidTr="00A0112D">
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="nil"/>
+          <w:trHeight w:val="596"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="893" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="731" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="005D0365">
-[...3 lines deleted...]
-              <w:t>Волонтерлік</w:t>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Участие</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="005D0365">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="19"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="005D0365">
-[...3 lines deleted...]
-              <w:t>жұмысқа</w:t>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>волонтерской</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="005D0365">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="005D0365">
-[...3 lines deleted...]
-              <w:t>қатысу</w:t>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>работе</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="005D0365">
-[...3 lines deleted...]
-              <w:t>Қатысу</w:t>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Документ</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="005D0365">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="005D0365">
-[...3 lines deleted...]
-              <w:t>құжаты</w:t>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>участия</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3118" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
-[...11 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidTr="005D0365">
+      <w:tr w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidTr="00A0112D">
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="nil"/>
+          <w:trHeight w:val="2155"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="893" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="731" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
-[...200 lines deleted...]
-              <w:t>)</w:t>
+          <w:p w:rsidR="00A0112D" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Ведение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">странички </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>интернета,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>социальных сетей</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>публикацией</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">о </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">педагогической </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="12"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>деятельности</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> публикации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>авторских</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
-[...13 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00A0112D" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0112D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Ссылки</w:t>
+            </w:r>
+            <w:r w:rsidR="00A0112D" w:rsidRPr="00A0112D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A0112D" w:rsidRPr="00A0112D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>научных</w:t>
+            </w:r>
+            <w:r w:rsidR="00A0112D" w:rsidRPr="00A0112D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A0112D" w:rsidRPr="00A0112D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>проектов,</w:t>
+            </w:r>
+            <w:r w:rsidR="00A0112D" w:rsidRPr="00A0112D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A0112D" w:rsidRPr="00A0112D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>уроки, семинары )</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3118" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
-[...11 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>года</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-1 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 1 до 3 лет -2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="005D0365">
-[...3 lines deleted...]
-              <w:t>жылға</w:t>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>от</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="005D0365">
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="005D0365">
-[...3 lines deleted...]
-              <w:t>дейін</w:t>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>лет</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="005D0365">
-[...17 lines deleted...]
-              <w:t xml:space="preserve">1 </w:t>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -3 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="005D0365">
-[...3 lines deleted...]
-              <w:t>жылдан</w:t>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балла</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="005D0365">
-[...74 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidTr="005D0365">
+      <w:tr w:rsidR="00A0112D" w:rsidRPr="00E054B8" w:rsidTr="00A0112D">
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="nil"/>
+          <w:trHeight w:val="2155"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="893" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="731" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="00A0112D" w:rsidRPr="00A0112D" w:rsidRDefault="00A0112D" w:rsidP="00A0112D">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
-[...55 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00A0112D" w:rsidRPr="00E054B8" w:rsidRDefault="00A0112D" w:rsidP="00A0112D">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Участие в работе летних </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>лагерей</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="00A0112D" w:rsidRPr="00E054B8" w:rsidRDefault="00A0112D" w:rsidP="00A0112D">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="005D0365">
-[...3 lines deleted...]
-              <w:t>Қатысу</w:t>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Документ</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="005D0365">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="005D0365">
-[...3 lines deleted...]
-              <w:t>құжаты</w:t>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>участия</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3118" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
-[...11 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00A0112D" w:rsidRPr="00E054B8" w:rsidRDefault="00A0112D" w:rsidP="00A0112D">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidTr="005D0365">
+      <w:tr w:rsidR="00A0112D" w:rsidRPr="00E054B8" w:rsidTr="00A0112D">
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="nil"/>
+          <w:trHeight w:val="1271"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="893" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="731" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="00A0112D" w:rsidRPr="00E054B8" w:rsidRDefault="00A0112D" w:rsidP="00A0112D">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00A0112D" w:rsidRPr="00E054B8" w:rsidRDefault="00A0112D" w:rsidP="00A0112D">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
-[...116 lines deleted...]
-              <w:t>.)</w:t>
+          <w:p w:rsidR="00A0112D" w:rsidRPr="00E054B8" w:rsidRDefault="00A0112D" w:rsidP="00A0112D">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Участие в конкурсах по месту учебы (научных проектов, творческих и </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>др.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
-[...11 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00A0112D" w:rsidRPr="00E054B8" w:rsidRDefault="00A0112D" w:rsidP="00A0112D">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00A0112D" w:rsidRPr="00E054B8" w:rsidRDefault="00A0112D" w:rsidP="00A0112D">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="005D0365">
-[...3 lines deleted...]
-              <w:t>Қатысу</w:t>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Документ</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="005D0365">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="005D0365">
-[...3 lines deleted...]
-              <w:t>құжаты</w:t>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>участия</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="005D0365">
-[...4 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3118" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
-[...83 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00A0112D" w:rsidRPr="00E054B8" w:rsidRDefault="00A0112D" w:rsidP="00A0112D">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00A0112D" w:rsidRPr="00E054B8" w:rsidRDefault="00A0112D" w:rsidP="00A0112D">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>За</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>каждое</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>участие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл, но не более 4 баллов</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidTr="005D0365">
+      <w:tr w:rsidR="00A0112D" w:rsidRPr="00E054B8" w:rsidTr="00A0112D">
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="nil"/>
+          <w:trHeight w:val="2155"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="893" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="731" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="00A0112D" w:rsidRPr="00E054B8" w:rsidRDefault="00A0112D" w:rsidP="00A0112D">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
-[...11 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00A0112D" w:rsidRPr="00E054B8" w:rsidRDefault="00A0112D" w:rsidP="00A0112D">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Наличие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">сертификатов </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A0112D" w:rsidRPr="00E054B8" w:rsidRDefault="00A0112D" w:rsidP="00A0112D">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>IELTS</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="77"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>TOEFL</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="78"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>DELF</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A0112D" w:rsidRPr="00E054B8" w:rsidRDefault="00A0112D" w:rsidP="00A0112D">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="005D0365">
-[...3 lines deleted...]
-              <w:t>Goethe</w:t>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>GoetheZertifikat</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="005D0365">
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>обучение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">программам </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> О с н о в ы </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="005D0365">
-[...3 lines deleted...]
-              <w:t>Zertifikat</w:t>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>программирования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>в</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="005D0365">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Python</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-49"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Обучение </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">работе с </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Microsoft</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="005D0365">
-[...3 lines deleted...]
-              <w:t>сертификаттары</w:t>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="005D0365">
-[...3 lines deleted...]
-              <w:t>, "</w:t>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="005D0365">
-[...3 lines deleted...]
-              <w:t>Python</w:t>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Международныекурсы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="005D0365">
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>TEFL</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Cambridge</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>CELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="005D0365">
-[...3 lines deleted...]
-              <w:t>бағдарламаның</w:t>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>to</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="005D0365">
-[...277 lines deleted...]
-              <w:t>"TESOL"</w:t>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Speakers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Other</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Languages</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A0112D" w:rsidRPr="00E054B8" w:rsidRDefault="00A0112D" w:rsidP="00A0112D">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>CELT-P</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">in </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-29"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Language Teaching – Primary) DELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(Diploma</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">in </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">to </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Speakers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Other </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A0112D" w:rsidRPr="00E054B8" w:rsidRDefault="00A0112D" w:rsidP="00A0112D">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>CELT-S</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">in </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Language </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Teaching – Secondary) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>TKT</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A0112D" w:rsidRPr="00E054B8" w:rsidRDefault="00A0112D" w:rsidP="00A0112D">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>“</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Knowledge</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Test Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>EMI</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Skills</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>( English</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>as</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Medium</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">of </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Instruction)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>”</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A0112D" w:rsidRPr="00E054B8" w:rsidRDefault="00A0112D" w:rsidP="00A0112D">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Teacher</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">to </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Speakers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Other </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Languages</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(TESOL)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>”</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> TESOL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>”</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
-[...10 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w:rsidR="00A0112D" w:rsidRPr="00E054B8" w:rsidRDefault="00A0112D" w:rsidP="00A0112D">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00A0112D" w:rsidRPr="00E054B8" w:rsidRDefault="00A0112D" w:rsidP="00A0112D">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3118" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
-[...38 lines deleted...]
-              <w:t>)</w:t>
+          <w:p w:rsidR="00A0112D" w:rsidRPr="00E054B8" w:rsidRDefault="00A0112D" w:rsidP="00A0112D">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00A0112D" w:rsidRPr="00E054B8" w:rsidRDefault="00A0112D" w:rsidP="00A0112D">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">плюс 1 балл (за каждый </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>отдельно)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidTr="005D0365">
+      <w:tr w:rsidR="00A0112D" w:rsidRPr="00E054B8" w:rsidTr="00A0112D">
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="nil"/>
+          <w:trHeight w:val="370"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4578" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="731" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
-[...20 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00A0112D" w:rsidRPr="00A0112D" w:rsidRDefault="00A0112D" w:rsidP="00A0112D">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5528" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="00A0112D" w:rsidRPr="00E054B8" w:rsidRDefault="00A0112D" w:rsidP="00A0112D">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Итого</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E054B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A0112D" w:rsidRPr="00E054B8" w:rsidRDefault="00A0112D" w:rsidP="00A0112D">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="1"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A0112D" w:rsidRPr="00E054B8" w:rsidRDefault="00A0112D" w:rsidP="00A0112D">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+    <w:p w:rsidR="00131DCE" w:rsidRPr="00E054B8" w:rsidRDefault="00131DCE" w:rsidP="00E054B8">
       <w:pPr>
         <w:pStyle w:val="aa"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-      </w:r>
+        <w:sectPr w:rsidR="00131DCE" w:rsidRPr="00E054B8">
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="680" w:right="720" w:bottom="280" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
+    <w:p w:rsidR="001A6232" w:rsidRPr="00E054B8" w:rsidRDefault="001A6232" w:rsidP="00E054B8">
       <w:pPr>
         <w:pStyle w:val="aa"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D0365">
-[...10 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00D37E0A" w:rsidRPr="005D0365" w:rsidRDefault="00D37E0A" w:rsidP="005D0365">
-[...151 lines deleted...]
-    <w:sectPr w:rsidR="00ED253C" w:rsidRPr="005D0365" w:rsidSect="00247927">
+    <w:sectPr w:rsidR="001A6232" w:rsidRPr="00E054B8" w:rsidSect="00247927">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="737" w:right="794" w:bottom="737" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
-    <w:pitch w:val="variable"/>
-[...5 lines deleted...]
-    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
@@ -19366,50 +20442,316 @@
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="01030A83"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D84094F6"/>
+    <w:lvl w:ilvl="0" w:tplc="1924EE04">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="39" w:hanging="232"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="CC322CCA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="39" w:hanging="217"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="AF5E23C6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="645" w:hanging="217"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="A4AE220A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="947" w:hanging="217"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="34C4D548">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1250" w:hanging="217"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="AA343C20">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1552" w:hanging="217"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FF2CDFCA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1855" w:hanging="217"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="EBA812F6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2157" w:hanging="217"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="C2C69F42">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2460" w:hanging="217"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="06121CE7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FAAE798A"/>
+    <w:lvl w:ilvl="0" w:tplc="09D44338">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="39" w:hanging="315"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="4600C024">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="39" w:hanging="220"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="D0EA2338">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="645" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="96966AE6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="947" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="652EF7FE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1250" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="53D81230">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1552" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="42B483C6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1855" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="DFF2C592">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2157" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0D5AB9E0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2460" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="09BA57AC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="50BE025E"/>
     <w:lvl w:ilvl="0" w:tplc="3C04B924">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -19478,51 +20820,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0BB01178"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="87CC0636"/>
     <w:lvl w:ilvl="0" w:tplc="E5E28BE0">
       <w:start w:val="11"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -19591,51 +20933,174 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0D6C1A91"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A31604F8"/>
+    <w:lvl w:ilvl="0" w:tplc="15C47178">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="842" w:hanging="304"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="953EF1A6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1836" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0D0CE126">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2832" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="202818D2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3828" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="9864B736">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4824" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="2038526A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5820" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="466CFAC0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6816" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="439C194E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7812" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="2806C032">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8808" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0DE65FDF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B88C5C10"/>
     <w:lvl w:ilvl="0" w:tplc="67A82808">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="786" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="20000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -19682,51 +21147,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0F1137A4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D0B694EA"/>
     <w:lvl w:ilvl="0" w:tplc="8F6245B6">
       <w:start w:val="8"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -19795,51 +21260,922 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1D7253D8"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9B1E55B4"/>
+    <w:lvl w:ilvl="0" w:tplc="7422AEDA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="120" w:hanging="315"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="5D18E45E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1188" w:hanging="315"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="9AE49A08">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2256" w:hanging="315"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="9B627850">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3324" w:hanging="315"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="F2B49CAA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4392" w:hanging="315"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="974A8CDA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5460" w:hanging="315"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="F2CAE894">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6528" w:hanging="315"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="20C68E0A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7596" w:hanging="315"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="9C36426A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8664" w:hanging="315"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2386143F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E3D4DE6A"/>
+    <w:lvl w:ilvl="0" w:tplc="1C286B18">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="399" w:hanging="280"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="EBF22DFC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="62E20082">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2480" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="CF7A2094">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3520" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="29F2A9E4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4560" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="203E6EA6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5600" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="4DC02E98">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6640" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="CD5497CE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7680" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="36F0250A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8720" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="254450FB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D1AC6B68"/>
+    <w:lvl w:ilvl="0" w:tplc="F0BAC65A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="399" w:hanging="280"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0FA6AFCE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0F9E744E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2480" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="44A01E48">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3520" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="00A27EBE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4560" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="A41AF6BE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5600" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="791C887C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6640" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="A1244AB0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7680" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="B672D4DA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8720" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="25624A40"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6A1A04B8"/>
+    <w:lvl w:ilvl="0" w:tplc="5D560044">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="399" w:hanging="280"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="93EC3E04">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="7A463630">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2480" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="592E9E68">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3520" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="A976A6EE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4560" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="634A786A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5600" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="E59C58D6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6640" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="8884B84A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7680" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="75E09C34">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8720" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="267C205F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="194CF43A"/>
+    <w:lvl w:ilvl="0" w:tplc="F4C0FC66">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="399" w:hanging="280"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="78E66C50">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="A3E4CDC4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2480" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="97308B68">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3520" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="7F684132">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4560" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="7920608E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5600" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="8A1CC62E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6640" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="72BE4326">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7680" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="7A20AC16">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8720" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="27EF4762"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9732C132"/>
+    <w:lvl w:ilvl="0" w:tplc="43E643CC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="39" w:hanging="220"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="3EE8BC44">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="342" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="1E6A29CC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="645" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FC5CF752">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="947" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="918644F8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1250" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="52B2C962">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1552" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="67DCF71C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1855" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="90B05856">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2157" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="3F98F454">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2460" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2D4A3BD9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8D5A20AE"/>
+    <w:lvl w:ilvl="0" w:tplc="F55C6684">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="120" w:hanging="304"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="426C8752">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="120" w:hanging="283"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="D884DD6E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2256" w:hanging="283"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="4B74EEF8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3324" w:hanging="283"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="4FFCD4F2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4392" w:hanging="283"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="E10AF540">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5460" w:hanging="283"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="32F0870E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6528" w:hanging="283"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="8822E402">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7596" w:hanging="283"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="C10A4194">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8664" w:hanging="283"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2DEF74D1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="364C5554"/>
     <w:lvl w:ilvl="0" w:tplc="60561768">
       <w:start w:val="4"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="20000003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -19909,51 +22245,1186 @@
     <w:lvl w:ilvl="7" w:tplc="20000003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="20000005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="34723C2E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FBEAF574"/>
+    <w:lvl w:ilvl="0" w:tplc="25E2D00C">
+      <w:start w:val="54"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="959" w:hanging="420"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="F716B514">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="842" w:hanging="304"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="40B4C43E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="960" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="1D06E20C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2190" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="6ABE78E0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3420" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="87D43910">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4650" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="90466148">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5880" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="67FA4E3C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7110" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="EB9AF93E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8340" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="373A7C62"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="15A25340"/>
+    <w:lvl w:ilvl="0" w:tplc="3EF841CE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="40" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0DACCAEC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="404" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="38A46802">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="768" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="A490CC72">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1132" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="C5E6B738">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1496" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="5100C6A6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1860" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="4B6E4FEA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2224" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="26A85B72">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2588" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="A0600994">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2952" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="38554532"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="AF5CD58E"/>
+    <w:lvl w:ilvl="0" w:tplc="2B0EFFD6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1012" w:hanging="311"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="40240EA0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="120" w:hanging="309"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="792E7294">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2106" w:hanging="309"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="F9F02F56">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3193" w:hanging="309"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="772AFA88">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4280" w:hanging="309"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="F7F86CB2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5366" w:hanging="309"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="458454BC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6453" w:hanging="309"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="01E88E5E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7540" w:hanging="309"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="3A32FC4C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8626" w:hanging="309"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="38EB5AC1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DE08916A"/>
+    <w:lvl w:ilvl="0" w:tplc="1102DE18">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="399" w:hanging="280"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="E736C45A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="691A7798">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2480" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="71C048C0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3520" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="414C6952">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4560" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="ED9C17AC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5600" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="67C80246">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6640" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="82800A10">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7680" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="5A9A6170">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8720" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="393D2154"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BA62B2B6"/>
+    <w:lvl w:ilvl="0" w:tplc="6D968818">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="399" w:hanging="280"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="8C54E05E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="F6465DDE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2480" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="676CFF28">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3520" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="575CBEEE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4560" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="46349AF6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5600" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="47C02474">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6640" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="E8AE1F7E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7680" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="8070C23E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8720" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3C0A1BE2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D4821EAE"/>
+    <w:lvl w:ilvl="0" w:tplc="8026BE04">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="120" w:hanging="280"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="397478FC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1188" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="BDE23B64">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2256" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FC9CB552">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3324" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="8BACCEDA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4392" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04FA3A6A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5460" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="61AEEC0C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6528" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="4E28C1D0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7596" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="CC80D95A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8664" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3E950F12"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A340605C"/>
+    <w:lvl w:ilvl="0" w:tplc="4746DD0C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="423" w:hanging="304"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="9008F0EC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1458" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="43E280FA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2496" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="87DA49C2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3534" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="2F74FE04">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4572" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="A3F8E30A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5610" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="BBB23FCC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6648" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="E6A632EA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7686" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="CA1295EC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8724" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="432A7775"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="12640B4C"/>
+    <w:lvl w:ilvl="0" w:tplc="E560140C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="120" w:hanging="317"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="639484CA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="120" w:hanging="434"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="C692456C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2256" w:hanging="434"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="9C76D54C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3324" w:hanging="434"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="45041AF4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4392" w:hanging="434"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="7A885832">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5460" w:hanging="434"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="E70C4E6A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6528" w:hanging="434"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="BEA07666">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7596" w:hanging="434"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="ABCC6544">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8664" w:hanging="434"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="53E54EFE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6538B0CA"/>
+    <w:lvl w:ilvl="0" w:tplc="AAC8436E">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="39" w:hanging="220"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="4B58E94A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="342" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="6D6AD3C0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="645" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="13A64844">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="947" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="E5C099C4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1250" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="98741F9C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1552" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="01A0B020">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1855" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="2D3A96B8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2157" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="BC58F6C8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2460" w:hanging="220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="66924BBD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="323A2FC2"/>
     <w:lvl w:ilvl="0" w:tplc="AB74F2A4">
       <w:start w:val="11"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -20022,51 +23493,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="697B5177"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="50566158"/>
     <w:lvl w:ilvl="0" w:tplc="CBD41AE4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1353" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:strike w:val="0"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -20115,51 +23586,877 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5531" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6251" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6971" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6A7849A7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BC28E332"/>
+    <w:lvl w:ilvl="0" w:tplc="AED46A60">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="40" w:hanging="266"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="3CA04BB8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="404" w:hanging="266"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="350A1148">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="768" w:hanging="266"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="75CEC008">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1132" w:hanging="266"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="84F07822">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1496" w:hanging="266"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="1FCACAB0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1860" w:hanging="266"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="3BD4AA08">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2224" w:hanging="266"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="7E865340">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2588" w:hanging="266"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0F68642C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2952" w:hanging="266"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6E172B73"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="23166DE4"/>
+    <w:lvl w:ilvl="0" w:tplc="1F64CB40">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="842" w:hanging="304"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="EEE6A704">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1836" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="EA02EC14">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2832" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="5092416E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3828" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="78B4FD54">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4824" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="268417F4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5820" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="687CB7BC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6816" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="2C34107A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7812" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="9620E8A0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8808" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6E7E3611"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B4465688"/>
+    <w:lvl w:ilvl="0" w:tplc="A25E7DB2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="700240E0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="34E2391C"/>
+    <w:lvl w:ilvl="0" w:tplc="64743E22">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="423" w:hanging="304"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="1F6E1526">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1458" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="D6B0B9B4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2496" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="DCA8BB1C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3534" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="D5D61504">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4572" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="9B28B568">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5610" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0AC0A4C6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6648" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="AB767B2E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7686" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="31502274">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8724" w:hanging="304"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="77984306"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F9BC3E9A"/>
+    <w:lvl w:ilvl="0" w:tplc="2AA8E2A6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="399" w:hanging="280"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="ADDA27E6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="2C563B18">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2480" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="8ABE3A74">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3520" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="07B8984E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4560" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="8B129E1C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5600" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="1EA4F5EA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6640" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="9C088A26">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7680" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="7A08E2A4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8720" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7D0D3064"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="313C4672"/>
+    <w:lvl w:ilvl="0" w:tplc="17F438FE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="39" w:hanging="221"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="EBBAF5FC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="342" w:hanging="221"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="50E4C724">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="645" w:hanging="221"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="5274C76A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="947" w:hanging="221"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="A81A57EC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1250" w:hanging="221"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="55DC41D6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1552" w:hanging="221"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="1E3E75D2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1855" w:hanging="221"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="69927526">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2157" w:hanging="221"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="B32E9CE0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2460" w:hanging="221"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7DC41267"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7A4E69E2"/>
+    <w:lvl w:ilvl="0" w:tplc="73748D82">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="399" w:hanging="280"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="27C64770">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="E4505B90">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2480" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0FE413FC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3520" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="F828D4AC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4560" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="62FCBB60">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5600" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="C5F849F6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6640" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="C5F84DAC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7680" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="35B4A556">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8720" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7E75187F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FE28DF7C"/>
     <w:lvl w:ilvl="0" w:tplc="F5DA620C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="862" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="20000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1582" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="2000001B" w:tentative="1">
@@ -20205,868 +24502,947 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5182" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5902" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6622" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="6">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="2">
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="33"/>
   </w:num>
-  <w:num w:numId="3">
-    <w:abstractNumId w:val="5"/>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="12">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="13">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="14">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="15">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="16">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="17">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="18">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="19">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="20">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="21">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="22">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="23">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="24">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="25">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="26">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="27">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="28">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="29">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="30">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="6">
-[...2 lines deleted...]
-  <w:num w:numId="7">
+  <w:num w:numId="31">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="8">
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="32">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="33">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="34">
+    <w:abstractNumId w:val="17"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F410E4"/>
     <w:rsid w:val="000050AF"/>
+    <w:rsid w:val="00005F3B"/>
     <w:rsid w:val="0001180A"/>
     <w:rsid w:val="0001635C"/>
     <w:rsid w:val="00024BDF"/>
     <w:rsid w:val="000319E6"/>
     <w:rsid w:val="00044308"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
     <w:rsid w:val="0005281D"/>
     <w:rsid w:val="00055391"/>
     <w:rsid w:val="00055EA0"/>
     <w:rsid w:val="00057149"/>
+    <w:rsid w:val="0006248D"/>
     <w:rsid w:val="00065B9B"/>
     <w:rsid w:val="0007234E"/>
     <w:rsid w:val="0007336C"/>
     <w:rsid w:val="000842BF"/>
     <w:rsid w:val="00085550"/>
     <w:rsid w:val="00085F43"/>
-    <w:rsid w:val="000869BE"/>
     <w:rsid w:val="00090BEE"/>
     <w:rsid w:val="00097C91"/>
     <w:rsid w:val="000A2010"/>
     <w:rsid w:val="000A7D5F"/>
     <w:rsid w:val="000B0E84"/>
     <w:rsid w:val="000C18A7"/>
     <w:rsid w:val="000C51F6"/>
     <w:rsid w:val="000D42B8"/>
+    <w:rsid w:val="000D62B1"/>
     <w:rsid w:val="000D75B6"/>
     <w:rsid w:val="000D7E12"/>
     <w:rsid w:val="000E42D5"/>
     <w:rsid w:val="000E4CFB"/>
     <w:rsid w:val="000E588C"/>
     <w:rsid w:val="000E5A7C"/>
     <w:rsid w:val="000E7BC7"/>
     <w:rsid w:val="000F01DC"/>
     <w:rsid w:val="000F7F2D"/>
     <w:rsid w:val="00107931"/>
+    <w:rsid w:val="001113F2"/>
     <w:rsid w:val="00113DF9"/>
     <w:rsid w:val="0011447E"/>
     <w:rsid w:val="00117287"/>
+    <w:rsid w:val="0012006F"/>
     <w:rsid w:val="001216CA"/>
     <w:rsid w:val="00122C56"/>
     <w:rsid w:val="00123C01"/>
+    <w:rsid w:val="00131DCE"/>
     <w:rsid w:val="00134C9E"/>
     <w:rsid w:val="001360EE"/>
+    <w:rsid w:val="001366A2"/>
+    <w:rsid w:val="00136E86"/>
     <w:rsid w:val="00142D11"/>
     <w:rsid w:val="001436E9"/>
-    <w:rsid w:val="001547D8"/>
     <w:rsid w:val="00155EE7"/>
     <w:rsid w:val="001615CA"/>
     <w:rsid w:val="001650C0"/>
-    <w:rsid w:val="00166D46"/>
+    <w:rsid w:val="00170BCF"/>
     <w:rsid w:val="00170E9A"/>
     <w:rsid w:val="00176CE7"/>
     <w:rsid w:val="0017753F"/>
     <w:rsid w:val="00183FF8"/>
-    <w:rsid w:val="00185047"/>
     <w:rsid w:val="001917EE"/>
     <w:rsid w:val="00193898"/>
     <w:rsid w:val="00194690"/>
     <w:rsid w:val="00194744"/>
     <w:rsid w:val="001A24F6"/>
     <w:rsid w:val="001A30E3"/>
-    <w:rsid w:val="001A3ACD"/>
+    <w:rsid w:val="001A6232"/>
+    <w:rsid w:val="001A7D20"/>
     <w:rsid w:val="001B2280"/>
-    <w:rsid w:val="001B2A10"/>
     <w:rsid w:val="001B6127"/>
     <w:rsid w:val="001B695E"/>
     <w:rsid w:val="001B7F01"/>
     <w:rsid w:val="001C6E63"/>
     <w:rsid w:val="001D32DA"/>
     <w:rsid w:val="001D47B9"/>
     <w:rsid w:val="001E05A2"/>
     <w:rsid w:val="001E17F9"/>
     <w:rsid w:val="001F22F5"/>
     <w:rsid w:val="001F2460"/>
     <w:rsid w:val="001F3C49"/>
+    <w:rsid w:val="001F4200"/>
     <w:rsid w:val="00200BD1"/>
+    <w:rsid w:val="002016D1"/>
     <w:rsid w:val="00201B90"/>
     <w:rsid w:val="002034CA"/>
     <w:rsid w:val="00204794"/>
     <w:rsid w:val="002075F7"/>
     <w:rsid w:val="00210F6E"/>
     <w:rsid w:val="002135D2"/>
     <w:rsid w:val="00217711"/>
     <w:rsid w:val="002200D5"/>
     <w:rsid w:val="00222BA2"/>
     <w:rsid w:val="0022382E"/>
     <w:rsid w:val="00231724"/>
     <w:rsid w:val="00231ED7"/>
     <w:rsid w:val="002408F8"/>
-    <w:rsid w:val="00241A1E"/>
     <w:rsid w:val="00243836"/>
     <w:rsid w:val="0024625B"/>
     <w:rsid w:val="00247927"/>
     <w:rsid w:val="00250563"/>
     <w:rsid w:val="00250C53"/>
     <w:rsid w:val="00253201"/>
     <w:rsid w:val="00254628"/>
+    <w:rsid w:val="00255B60"/>
     <w:rsid w:val="00261786"/>
-    <w:rsid w:val="00261EAA"/>
     <w:rsid w:val="00263268"/>
     <w:rsid w:val="002647B4"/>
-    <w:rsid w:val="00270241"/>
     <w:rsid w:val="00272A89"/>
     <w:rsid w:val="00273774"/>
     <w:rsid w:val="00275389"/>
     <w:rsid w:val="002760FC"/>
     <w:rsid w:val="00280FE3"/>
     <w:rsid w:val="0028281D"/>
-    <w:rsid w:val="002837ED"/>
     <w:rsid w:val="0028430C"/>
     <w:rsid w:val="002848B9"/>
     <w:rsid w:val="002848BD"/>
     <w:rsid w:val="00294615"/>
-    <w:rsid w:val="002A22C5"/>
+    <w:rsid w:val="002954CA"/>
     <w:rsid w:val="002A4A6C"/>
     <w:rsid w:val="002A50CA"/>
     <w:rsid w:val="002A6FF7"/>
+    <w:rsid w:val="002B2B70"/>
     <w:rsid w:val="002B2DDC"/>
     <w:rsid w:val="002B5FB8"/>
+    <w:rsid w:val="002B62E8"/>
     <w:rsid w:val="002B65FC"/>
     <w:rsid w:val="002B689D"/>
     <w:rsid w:val="002B68B2"/>
+    <w:rsid w:val="002C15CF"/>
     <w:rsid w:val="002C2698"/>
     <w:rsid w:val="002C3DE4"/>
     <w:rsid w:val="002C5543"/>
     <w:rsid w:val="002D081D"/>
-    <w:rsid w:val="002D493B"/>
     <w:rsid w:val="002D5996"/>
     <w:rsid w:val="002D7E2F"/>
+    <w:rsid w:val="002E5CE1"/>
     <w:rsid w:val="002E65E4"/>
     <w:rsid w:val="002E7C30"/>
     <w:rsid w:val="002F37F7"/>
     <w:rsid w:val="002F3E78"/>
     <w:rsid w:val="002F4145"/>
     <w:rsid w:val="002F677E"/>
     <w:rsid w:val="00301843"/>
     <w:rsid w:val="00301DC9"/>
     <w:rsid w:val="00304B28"/>
     <w:rsid w:val="00305D41"/>
     <w:rsid w:val="00306541"/>
-    <w:rsid w:val="00306EF2"/>
-    <w:rsid w:val="0031050C"/>
     <w:rsid w:val="00321427"/>
+    <w:rsid w:val="00322038"/>
     <w:rsid w:val="003221E8"/>
     <w:rsid w:val="00323CC6"/>
     <w:rsid w:val="0032543F"/>
     <w:rsid w:val="00334CC0"/>
     <w:rsid w:val="00344934"/>
     <w:rsid w:val="00344A1A"/>
-    <w:rsid w:val="003564D6"/>
+    <w:rsid w:val="00355AEB"/>
     <w:rsid w:val="0035742D"/>
     <w:rsid w:val="003579A8"/>
+    <w:rsid w:val="00364863"/>
+    <w:rsid w:val="00371185"/>
     <w:rsid w:val="0037198C"/>
+    <w:rsid w:val="0037216B"/>
     <w:rsid w:val="00373625"/>
+    <w:rsid w:val="00373B37"/>
     <w:rsid w:val="00373F82"/>
-    <w:rsid w:val="003747AE"/>
     <w:rsid w:val="00375274"/>
     <w:rsid w:val="00375557"/>
     <w:rsid w:val="003811EF"/>
     <w:rsid w:val="00381255"/>
     <w:rsid w:val="00390F02"/>
     <w:rsid w:val="003920E0"/>
     <w:rsid w:val="00393EEA"/>
     <w:rsid w:val="003A2172"/>
     <w:rsid w:val="003A5835"/>
     <w:rsid w:val="003A6132"/>
     <w:rsid w:val="003B10DA"/>
-    <w:rsid w:val="003B2299"/>
     <w:rsid w:val="003B611D"/>
     <w:rsid w:val="003B6A0B"/>
     <w:rsid w:val="003B722D"/>
     <w:rsid w:val="003B7991"/>
     <w:rsid w:val="003C073C"/>
     <w:rsid w:val="003C16F9"/>
-    <w:rsid w:val="003C1868"/>
     <w:rsid w:val="003C21A6"/>
     <w:rsid w:val="003C286F"/>
     <w:rsid w:val="003C6B17"/>
     <w:rsid w:val="003C6CE8"/>
     <w:rsid w:val="003C740D"/>
-    <w:rsid w:val="003D3652"/>
     <w:rsid w:val="003D3661"/>
     <w:rsid w:val="003D4D1F"/>
     <w:rsid w:val="003D6E6F"/>
     <w:rsid w:val="003E0D68"/>
     <w:rsid w:val="003E0EB1"/>
     <w:rsid w:val="003E27E1"/>
     <w:rsid w:val="003E3EEA"/>
     <w:rsid w:val="003F0467"/>
     <w:rsid w:val="003F0710"/>
     <w:rsid w:val="003F6A1A"/>
     <w:rsid w:val="003F793F"/>
     <w:rsid w:val="00402778"/>
     <w:rsid w:val="00405406"/>
     <w:rsid w:val="00406E1A"/>
     <w:rsid w:val="0040774B"/>
     <w:rsid w:val="004107DB"/>
     <w:rsid w:val="00412E97"/>
     <w:rsid w:val="00412EE6"/>
     <w:rsid w:val="00414D8A"/>
     <w:rsid w:val="004158B1"/>
     <w:rsid w:val="00420B8F"/>
     <w:rsid w:val="00423E96"/>
     <w:rsid w:val="00424A81"/>
-    <w:rsid w:val="00427D5D"/>
     <w:rsid w:val="00430029"/>
     <w:rsid w:val="0043056F"/>
     <w:rsid w:val="00431819"/>
     <w:rsid w:val="00437A2D"/>
     <w:rsid w:val="00440BF7"/>
     <w:rsid w:val="00442569"/>
     <w:rsid w:val="00444289"/>
     <w:rsid w:val="00444E34"/>
     <w:rsid w:val="00445B92"/>
     <w:rsid w:val="00452A41"/>
     <w:rsid w:val="00456CEA"/>
     <w:rsid w:val="00463794"/>
     <w:rsid w:val="0046481C"/>
     <w:rsid w:val="00470938"/>
     <w:rsid w:val="00470A6E"/>
     <w:rsid w:val="00471144"/>
     <w:rsid w:val="00472EBA"/>
     <w:rsid w:val="0047363C"/>
     <w:rsid w:val="00474517"/>
     <w:rsid w:val="0048067D"/>
     <w:rsid w:val="00481A44"/>
     <w:rsid w:val="00491B89"/>
     <w:rsid w:val="00494FDD"/>
-    <w:rsid w:val="004A019E"/>
+    <w:rsid w:val="004A065B"/>
     <w:rsid w:val="004A5758"/>
     <w:rsid w:val="004B289B"/>
     <w:rsid w:val="004B772A"/>
     <w:rsid w:val="004C0AB4"/>
     <w:rsid w:val="004C1F73"/>
     <w:rsid w:val="004D07D1"/>
     <w:rsid w:val="004D120D"/>
-    <w:rsid w:val="004D5748"/>
     <w:rsid w:val="004D7E10"/>
     <w:rsid w:val="004E116A"/>
     <w:rsid w:val="004E14AA"/>
     <w:rsid w:val="004E1DA3"/>
     <w:rsid w:val="004F115C"/>
     <w:rsid w:val="004F2A50"/>
     <w:rsid w:val="004F3AA7"/>
     <w:rsid w:val="004F5BBF"/>
-    <w:rsid w:val="005069F6"/>
     <w:rsid w:val="005116C4"/>
     <w:rsid w:val="005135A5"/>
-    <w:rsid w:val="0051667A"/>
     <w:rsid w:val="00517B75"/>
     <w:rsid w:val="00520636"/>
     <w:rsid w:val="0052206B"/>
     <w:rsid w:val="00523AD9"/>
     <w:rsid w:val="0052544D"/>
     <w:rsid w:val="00527372"/>
     <w:rsid w:val="00527961"/>
     <w:rsid w:val="00530F67"/>
     <w:rsid w:val="005345C3"/>
     <w:rsid w:val="005357A3"/>
-    <w:rsid w:val="00552535"/>
     <w:rsid w:val="00552FDD"/>
     <w:rsid w:val="00560EEB"/>
     <w:rsid w:val="005621FC"/>
     <w:rsid w:val="00566BA8"/>
     <w:rsid w:val="00570619"/>
     <w:rsid w:val="0057164C"/>
     <w:rsid w:val="0057567C"/>
     <w:rsid w:val="00575807"/>
     <w:rsid w:val="00577E4B"/>
     <w:rsid w:val="00582E6E"/>
     <w:rsid w:val="00584212"/>
     <w:rsid w:val="0058750D"/>
     <w:rsid w:val="00590BAF"/>
     <w:rsid w:val="00591889"/>
     <w:rsid w:val="005934B1"/>
     <w:rsid w:val="0059502E"/>
     <w:rsid w:val="005A1889"/>
     <w:rsid w:val="005A46ED"/>
     <w:rsid w:val="005A7DEE"/>
     <w:rsid w:val="005B317E"/>
     <w:rsid w:val="005C050E"/>
     <w:rsid w:val="005C264A"/>
     <w:rsid w:val="005C2C35"/>
     <w:rsid w:val="005C3950"/>
     <w:rsid w:val="005C51B0"/>
     <w:rsid w:val="005C6D30"/>
     <w:rsid w:val="005C74AE"/>
     <w:rsid w:val="005C798F"/>
     <w:rsid w:val="005D01BB"/>
-    <w:rsid w:val="005D0365"/>
     <w:rsid w:val="005D3884"/>
     <w:rsid w:val="005D7C3A"/>
     <w:rsid w:val="005E1449"/>
     <w:rsid w:val="005E3F53"/>
     <w:rsid w:val="005E42E7"/>
     <w:rsid w:val="005E7D3C"/>
     <w:rsid w:val="005F1273"/>
     <w:rsid w:val="005F2715"/>
     <w:rsid w:val="005F3B49"/>
+    <w:rsid w:val="005F51B6"/>
     <w:rsid w:val="005F64A7"/>
     <w:rsid w:val="005F6C95"/>
     <w:rsid w:val="00602344"/>
     <w:rsid w:val="00602932"/>
     <w:rsid w:val="00604AF0"/>
     <w:rsid w:val="00610B31"/>
     <w:rsid w:val="006176A1"/>
     <w:rsid w:val="0062378C"/>
     <w:rsid w:val="006260BF"/>
     <w:rsid w:val="00630365"/>
     <w:rsid w:val="006326A3"/>
     <w:rsid w:val="00633DE2"/>
     <w:rsid w:val="00640A06"/>
-    <w:rsid w:val="00641CE0"/>
+    <w:rsid w:val="00642A6F"/>
     <w:rsid w:val="0064541A"/>
     <w:rsid w:val="00646868"/>
     <w:rsid w:val="0065083C"/>
-    <w:rsid w:val="00654040"/>
     <w:rsid w:val="006556C1"/>
     <w:rsid w:val="006561FF"/>
     <w:rsid w:val="00661FAB"/>
+    <w:rsid w:val="00662336"/>
     <w:rsid w:val="00663A43"/>
     <w:rsid w:val="00664EEC"/>
     <w:rsid w:val="00665F60"/>
     <w:rsid w:val="006718DC"/>
     <w:rsid w:val="00675A19"/>
     <w:rsid w:val="006768E8"/>
     <w:rsid w:val="00676D6D"/>
-    <w:rsid w:val="006800C9"/>
     <w:rsid w:val="006905EA"/>
     <w:rsid w:val="0069544F"/>
     <w:rsid w:val="00695869"/>
     <w:rsid w:val="00696B50"/>
     <w:rsid w:val="006A0389"/>
     <w:rsid w:val="006A0FBD"/>
     <w:rsid w:val="006A7742"/>
     <w:rsid w:val="006C1E26"/>
+    <w:rsid w:val="006C208E"/>
     <w:rsid w:val="006C3571"/>
-    <w:rsid w:val="006D0F7D"/>
     <w:rsid w:val="006D352A"/>
     <w:rsid w:val="006E15FD"/>
     <w:rsid w:val="006E2D5A"/>
     <w:rsid w:val="006E4740"/>
     <w:rsid w:val="006E6C6C"/>
     <w:rsid w:val="006F378C"/>
     <w:rsid w:val="006F37CD"/>
     <w:rsid w:val="006F7468"/>
     <w:rsid w:val="00706B0C"/>
     <w:rsid w:val="00712A24"/>
     <w:rsid w:val="00713E68"/>
     <w:rsid w:val="00715E75"/>
     <w:rsid w:val="00731F02"/>
     <w:rsid w:val="00732666"/>
+    <w:rsid w:val="00733EB8"/>
     <w:rsid w:val="00736DAD"/>
     <w:rsid w:val="0073765A"/>
     <w:rsid w:val="00741FDC"/>
     <w:rsid w:val="007432E2"/>
     <w:rsid w:val="007444BC"/>
     <w:rsid w:val="00744D59"/>
     <w:rsid w:val="007467B4"/>
     <w:rsid w:val="007522F8"/>
     <w:rsid w:val="00752D7E"/>
     <w:rsid w:val="007540C6"/>
+    <w:rsid w:val="007543AA"/>
     <w:rsid w:val="00756522"/>
+    <w:rsid w:val="007643BD"/>
     <w:rsid w:val="00771CBE"/>
     <w:rsid w:val="0077286E"/>
-    <w:rsid w:val="007732D7"/>
     <w:rsid w:val="00775FEF"/>
     <w:rsid w:val="007827E9"/>
-    <w:rsid w:val="00782E85"/>
     <w:rsid w:val="007844FC"/>
     <w:rsid w:val="00790B31"/>
-    <w:rsid w:val="007921C8"/>
-    <w:rsid w:val="007936CE"/>
     <w:rsid w:val="007A2085"/>
     <w:rsid w:val="007A339B"/>
     <w:rsid w:val="007A3FA2"/>
-    <w:rsid w:val="007A4A53"/>
+    <w:rsid w:val="007A4FAB"/>
     <w:rsid w:val="007A5711"/>
+    <w:rsid w:val="007A7BB0"/>
     <w:rsid w:val="007B3459"/>
     <w:rsid w:val="007C3AFB"/>
-    <w:rsid w:val="007C43C6"/>
-    <w:rsid w:val="007D55DF"/>
     <w:rsid w:val="007D5A26"/>
     <w:rsid w:val="007E07E6"/>
     <w:rsid w:val="007E20FE"/>
     <w:rsid w:val="007E3D0C"/>
     <w:rsid w:val="007F3DBC"/>
-    <w:rsid w:val="007F4ECB"/>
     <w:rsid w:val="00800002"/>
     <w:rsid w:val="00801FDE"/>
+    <w:rsid w:val="00805A03"/>
     <w:rsid w:val="0081008A"/>
-    <w:rsid w:val="008211E1"/>
     <w:rsid w:val="00821210"/>
-    <w:rsid w:val="00822590"/>
     <w:rsid w:val="00822C55"/>
+    <w:rsid w:val="0082736E"/>
     <w:rsid w:val="00837CF1"/>
     <w:rsid w:val="00844A40"/>
-    <w:rsid w:val="008549CB"/>
     <w:rsid w:val="00855143"/>
     <w:rsid w:val="00857E40"/>
     <w:rsid w:val="00861BC7"/>
     <w:rsid w:val="0086261D"/>
     <w:rsid w:val="00863F2F"/>
     <w:rsid w:val="00866E0F"/>
     <w:rsid w:val="00876656"/>
     <w:rsid w:val="00884531"/>
-    <w:rsid w:val="00884995"/>
     <w:rsid w:val="00884A28"/>
+    <w:rsid w:val="00886637"/>
     <w:rsid w:val="00886E3A"/>
     <w:rsid w:val="0089147B"/>
     <w:rsid w:val="00891D42"/>
+    <w:rsid w:val="008967BA"/>
     <w:rsid w:val="008968DC"/>
     <w:rsid w:val="008A16AC"/>
     <w:rsid w:val="008A2C7C"/>
     <w:rsid w:val="008A33E1"/>
     <w:rsid w:val="008A35DF"/>
     <w:rsid w:val="008A3E8F"/>
     <w:rsid w:val="008B3115"/>
     <w:rsid w:val="008B6380"/>
     <w:rsid w:val="008B6CF2"/>
-    <w:rsid w:val="008B72D0"/>
     <w:rsid w:val="008C0E1A"/>
     <w:rsid w:val="008C14C4"/>
     <w:rsid w:val="008C155B"/>
     <w:rsid w:val="008C2523"/>
     <w:rsid w:val="008C4E33"/>
-    <w:rsid w:val="008D66DA"/>
     <w:rsid w:val="008D6A9A"/>
     <w:rsid w:val="008E2502"/>
     <w:rsid w:val="008E2539"/>
     <w:rsid w:val="008E5958"/>
     <w:rsid w:val="008E7003"/>
     <w:rsid w:val="008F0FD6"/>
     <w:rsid w:val="008F1837"/>
     <w:rsid w:val="008F25A6"/>
+    <w:rsid w:val="008F2930"/>
     <w:rsid w:val="008F2B8E"/>
     <w:rsid w:val="008F5280"/>
+    <w:rsid w:val="009024DA"/>
     <w:rsid w:val="00902819"/>
     <w:rsid w:val="0090293E"/>
     <w:rsid w:val="00907D1E"/>
-    <w:rsid w:val="009123EE"/>
     <w:rsid w:val="00912432"/>
     <w:rsid w:val="009217D4"/>
     <w:rsid w:val="00922249"/>
     <w:rsid w:val="00923618"/>
     <w:rsid w:val="00927984"/>
     <w:rsid w:val="00932150"/>
-    <w:rsid w:val="009329F5"/>
     <w:rsid w:val="00933282"/>
+    <w:rsid w:val="00934705"/>
     <w:rsid w:val="00936046"/>
+    <w:rsid w:val="009509E6"/>
+    <w:rsid w:val="00950F37"/>
     <w:rsid w:val="00954670"/>
-    <w:rsid w:val="00957CB8"/>
     <w:rsid w:val="00957FE3"/>
     <w:rsid w:val="00961F9A"/>
     <w:rsid w:val="009665C6"/>
     <w:rsid w:val="00967BC8"/>
     <w:rsid w:val="00977DC7"/>
     <w:rsid w:val="009808C8"/>
     <w:rsid w:val="0098399D"/>
     <w:rsid w:val="00983D2D"/>
     <w:rsid w:val="0098517B"/>
-    <w:rsid w:val="009954E1"/>
     <w:rsid w:val="00996AA2"/>
     <w:rsid w:val="009974AD"/>
     <w:rsid w:val="009A254D"/>
     <w:rsid w:val="009A7000"/>
+    <w:rsid w:val="009A78AC"/>
     <w:rsid w:val="009B02DF"/>
     <w:rsid w:val="009B4730"/>
     <w:rsid w:val="009B58A3"/>
-    <w:rsid w:val="009C0668"/>
     <w:rsid w:val="009C2DEB"/>
     <w:rsid w:val="009C5EFE"/>
     <w:rsid w:val="009D0772"/>
     <w:rsid w:val="009D184B"/>
     <w:rsid w:val="009D7C3F"/>
     <w:rsid w:val="009E17AF"/>
     <w:rsid w:val="009E1D6B"/>
     <w:rsid w:val="009E3B07"/>
     <w:rsid w:val="009E46F6"/>
     <w:rsid w:val="009F11CC"/>
     <w:rsid w:val="009F3237"/>
     <w:rsid w:val="009F3B01"/>
     <w:rsid w:val="009F528F"/>
-    <w:rsid w:val="009F77F6"/>
     <w:rsid w:val="00A00C92"/>
+    <w:rsid w:val="00A0112D"/>
     <w:rsid w:val="00A03802"/>
     <w:rsid w:val="00A053FC"/>
     <w:rsid w:val="00A118B1"/>
     <w:rsid w:val="00A1198D"/>
     <w:rsid w:val="00A132B7"/>
     <w:rsid w:val="00A24390"/>
+    <w:rsid w:val="00A26E86"/>
     <w:rsid w:val="00A3160D"/>
     <w:rsid w:val="00A32D0C"/>
     <w:rsid w:val="00A338BC"/>
     <w:rsid w:val="00A34082"/>
     <w:rsid w:val="00A345CF"/>
     <w:rsid w:val="00A40E8A"/>
+    <w:rsid w:val="00A45296"/>
     <w:rsid w:val="00A4616B"/>
     <w:rsid w:val="00A4619D"/>
     <w:rsid w:val="00A46ACF"/>
     <w:rsid w:val="00A4714E"/>
     <w:rsid w:val="00A477C4"/>
     <w:rsid w:val="00A50463"/>
     <w:rsid w:val="00A51052"/>
+    <w:rsid w:val="00A52819"/>
     <w:rsid w:val="00A555E8"/>
+    <w:rsid w:val="00A559D1"/>
     <w:rsid w:val="00A5737A"/>
     <w:rsid w:val="00A70E7A"/>
     <w:rsid w:val="00A71A5A"/>
     <w:rsid w:val="00A71D18"/>
     <w:rsid w:val="00A7511A"/>
     <w:rsid w:val="00A76515"/>
     <w:rsid w:val="00A7718F"/>
     <w:rsid w:val="00A90563"/>
-    <w:rsid w:val="00A928B3"/>
     <w:rsid w:val="00A949A2"/>
     <w:rsid w:val="00AA107F"/>
+    <w:rsid w:val="00AA3858"/>
     <w:rsid w:val="00AA5364"/>
     <w:rsid w:val="00AC386E"/>
     <w:rsid w:val="00AC5698"/>
     <w:rsid w:val="00AD2280"/>
-    <w:rsid w:val="00AD497F"/>
     <w:rsid w:val="00AD52EF"/>
     <w:rsid w:val="00AD6598"/>
-    <w:rsid w:val="00AE2C0F"/>
+    <w:rsid w:val="00AE3E72"/>
     <w:rsid w:val="00AE4097"/>
     <w:rsid w:val="00AE4288"/>
     <w:rsid w:val="00AE7F11"/>
     <w:rsid w:val="00AF1068"/>
-    <w:rsid w:val="00AF788F"/>
     <w:rsid w:val="00B01C75"/>
     <w:rsid w:val="00B02706"/>
+    <w:rsid w:val="00B10582"/>
     <w:rsid w:val="00B14AED"/>
     <w:rsid w:val="00B1578A"/>
     <w:rsid w:val="00B163FC"/>
-    <w:rsid w:val="00B22057"/>
+    <w:rsid w:val="00B2199F"/>
     <w:rsid w:val="00B22BF1"/>
     <w:rsid w:val="00B23414"/>
     <w:rsid w:val="00B2533F"/>
     <w:rsid w:val="00B2612E"/>
     <w:rsid w:val="00B261A2"/>
     <w:rsid w:val="00B304F9"/>
     <w:rsid w:val="00B3089F"/>
     <w:rsid w:val="00B34253"/>
     <w:rsid w:val="00B343E1"/>
     <w:rsid w:val="00B365AE"/>
     <w:rsid w:val="00B4007E"/>
     <w:rsid w:val="00B41896"/>
-    <w:rsid w:val="00B45C50"/>
+    <w:rsid w:val="00B44934"/>
     <w:rsid w:val="00B46010"/>
     <w:rsid w:val="00B47336"/>
     <w:rsid w:val="00B552A1"/>
     <w:rsid w:val="00B57A82"/>
     <w:rsid w:val="00B6112C"/>
-    <w:rsid w:val="00B71E74"/>
+    <w:rsid w:val="00B63374"/>
     <w:rsid w:val="00B73D07"/>
     <w:rsid w:val="00B820C6"/>
     <w:rsid w:val="00B86124"/>
     <w:rsid w:val="00B940DA"/>
     <w:rsid w:val="00B9715B"/>
+    <w:rsid w:val="00BA2AF1"/>
     <w:rsid w:val="00BA4B1E"/>
     <w:rsid w:val="00BA612E"/>
-    <w:rsid w:val="00BB6449"/>
     <w:rsid w:val="00BC0FA0"/>
     <w:rsid w:val="00BD00E0"/>
     <w:rsid w:val="00BD1E4A"/>
     <w:rsid w:val="00BD2BA7"/>
     <w:rsid w:val="00BD3A11"/>
     <w:rsid w:val="00BD4143"/>
     <w:rsid w:val="00BD50AA"/>
+    <w:rsid w:val="00BD693A"/>
+    <w:rsid w:val="00BD7B16"/>
     <w:rsid w:val="00BE0EE5"/>
     <w:rsid w:val="00BE40D3"/>
     <w:rsid w:val="00BE4202"/>
     <w:rsid w:val="00BE6061"/>
     <w:rsid w:val="00BE6D49"/>
     <w:rsid w:val="00BF329F"/>
     <w:rsid w:val="00BF4C3B"/>
     <w:rsid w:val="00BF77B4"/>
     <w:rsid w:val="00C02A78"/>
     <w:rsid w:val="00C04805"/>
+    <w:rsid w:val="00C161AE"/>
     <w:rsid w:val="00C204AD"/>
+    <w:rsid w:val="00C2549F"/>
     <w:rsid w:val="00C27AB3"/>
     <w:rsid w:val="00C3590E"/>
     <w:rsid w:val="00C35D2C"/>
+    <w:rsid w:val="00C4219D"/>
     <w:rsid w:val="00C424F6"/>
     <w:rsid w:val="00C44EA1"/>
     <w:rsid w:val="00C47811"/>
     <w:rsid w:val="00C478E1"/>
     <w:rsid w:val="00C56FDD"/>
-    <w:rsid w:val="00C610B0"/>
     <w:rsid w:val="00C64183"/>
     <w:rsid w:val="00C64617"/>
-    <w:rsid w:val="00C66DCB"/>
     <w:rsid w:val="00C6711D"/>
-    <w:rsid w:val="00C70A24"/>
     <w:rsid w:val="00C73CB1"/>
     <w:rsid w:val="00C73CC1"/>
     <w:rsid w:val="00C773C9"/>
     <w:rsid w:val="00C90F57"/>
     <w:rsid w:val="00C956AD"/>
     <w:rsid w:val="00CA1596"/>
     <w:rsid w:val="00CA36B2"/>
+    <w:rsid w:val="00CA6C44"/>
+    <w:rsid w:val="00CB2DF5"/>
     <w:rsid w:val="00CB452E"/>
     <w:rsid w:val="00CB6B4F"/>
     <w:rsid w:val="00CB7B0D"/>
     <w:rsid w:val="00CC2541"/>
-    <w:rsid w:val="00CC4217"/>
+    <w:rsid w:val="00CC327F"/>
     <w:rsid w:val="00CD2B90"/>
-    <w:rsid w:val="00CE224D"/>
+    <w:rsid w:val="00CE2F89"/>
     <w:rsid w:val="00CF598D"/>
     <w:rsid w:val="00CF6669"/>
     <w:rsid w:val="00CF6937"/>
     <w:rsid w:val="00D06E89"/>
     <w:rsid w:val="00D07366"/>
     <w:rsid w:val="00D14EC4"/>
     <w:rsid w:val="00D16A59"/>
     <w:rsid w:val="00D21928"/>
     <w:rsid w:val="00D22F23"/>
-    <w:rsid w:val="00D277A0"/>
     <w:rsid w:val="00D3023D"/>
     <w:rsid w:val="00D31BFC"/>
     <w:rsid w:val="00D32E8B"/>
     <w:rsid w:val="00D34FF7"/>
     <w:rsid w:val="00D3648B"/>
-    <w:rsid w:val="00D37E0A"/>
     <w:rsid w:val="00D410EB"/>
-    <w:rsid w:val="00D42C52"/>
     <w:rsid w:val="00D4365F"/>
     <w:rsid w:val="00D478D0"/>
-    <w:rsid w:val="00D47A78"/>
     <w:rsid w:val="00D51286"/>
+    <w:rsid w:val="00D53FCE"/>
     <w:rsid w:val="00D54740"/>
-    <w:rsid w:val="00D55AEB"/>
     <w:rsid w:val="00D60CA1"/>
     <w:rsid w:val="00D627E1"/>
+    <w:rsid w:val="00D74D43"/>
+    <w:rsid w:val="00D84C6E"/>
     <w:rsid w:val="00D8716B"/>
     <w:rsid w:val="00D91558"/>
+    <w:rsid w:val="00D91C6B"/>
     <w:rsid w:val="00D974D0"/>
     <w:rsid w:val="00DA1DDF"/>
     <w:rsid w:val="00DA2C9B"/>
     <w:rsid w:val="00DA2D05"/>
     <w:rsid w:val="00DA4F44"/>
-    <w:rsid w:val="00DA569D"/>
     <w:rsid w:val="00DB5C62"/>
     <w:rsid w:val="00DB69D5"/>
     <w:rsid w:val="00DB73BF"/>
+    <w:rsid w:val="00DC035B"/>
     <w:rsid w:val="00DC10A3"/>
     <w:rsid w:val="00DC1E1E"/>
     <w:rsid w:val="00DC545C"/>
     <w:rsid w:val="00DC78A3"/>
     <w:rsid w:val="00DD0B6A"/>
     <w:rsid w:val="00DD7F5E"/>
     <w:rsid w:val="00DE4B0E"/>
     <w:rsid w:val="00DF2BA9"/>
     <w:rsid w:val="00DF7B58"/>
     <w:rsid w:val="00DF7C53"/>
     <w:rsid w:val="00E00904"/>
     <w:rsid w:val="00E02EAC"/>
+    <w:rsid w:val="00E054B8"/>
     <w:rsid w:val="00E06644"/>
     <w:rsid w:val="00E112B0"/>
     <w:rsid w:val="00E128AD"/>
     <w:rsid w:val="00E16050"/>
     <w:rsid w:val="00E20179"/>
     <w:rsid w:val="00E221C6"/>
+    <w:rsid w:val="00E27A80"/>
     <w:rsid w:val="00E327C0"/>
     <w:rsid w:val="00E333F9"/>
+    <w:rsid w:val="00E33931"/>
     <w:rsid w:val="00E40DF4"/>
     <w:rsid w:val="00E43AF2"/>
     <w:rsid w:val="00E50152"/>
     <w:rsid w:val="00E50C66"/>
     <w:rsid w:val="00E51F29"/>
-    <w:rsid w:val="00E52695"/>
+    <w:rsid w:val="00E51F4A"/>
     <w:rsid w:val="00E537BC"/>
     <w:rsid w:val="00E54AD2"/>
     <w:rsid w:val="00E55C49"/>
     <w:rsid w:val="00E5742B"/>
     <w:rsid w:val="00E57671"/>
     <w:rsid w:val="00E64EE3"/>
     <w:rsid w:val="00E650B6"/>
     <w:rsid w:val="00E702C2"/>
     <w:rsid w:val="00E71B62"/>
     <w:rsid w:val="00E73552"/>
-    <w:rsid w:val="00E74901"/>
     <w:rsid w:val="00E74948"/>
     <w:rsid w:val="00E74C95"/>
     <w:rsid w:val="00E77FFD"/>
     <w:rsid w:val="00E83360"/>
     <w:rsid w:val="00E92116"/>
     <w:rsid w:val="00E92E6D"/>
-    <w:rsid w:val="00E96367"/>
+    <w:rsid w:val="00E96BC2"/>
     <w:rsid w:val="00E97C39"/>
     <w:rsid w:val="00EB1451"/>
     <w:rsid w:val="00EB3A68"/>
     <w:rsid w:val="00EB3D30"/>
     <w:rsid w:val="00EB44A6"/>
     <w:rsid w:val="00EB6C2D"/>
-    <w:rsid w:val="00EC007E"/>
     <w:rsid w:val="00EC48A6"/>
     <w:rsid w:val="00EC57EE"/>
     <w:rsid w:val="00ED17B4"/>
-    <w:rsid w:val="00ED253C"/>
     <w:rsid w:val="00ED3B15"/>
     <w:rsid w:val="00ED521E"/>
     <w:rsid w:val="00EE68A3"/>
     <w:rsid w:val="00EF1EBC"/>
     <w:rsid w:val="00EF2BA0"/>
     <w:rsid w:val="00EF5AEE"/>
-    <w:rsid w:val="00EF7F82"/>
     <w:rsid w:val="00F02467"/>
+    <w:rsid w:val="00F02B4D"/>
     <w:rsid w:val="00F02FA4"/>
     <w:rsid w:val="00F03DC3"/>
-    <w:rsid w:val="00F10F92"/>
+    <w:rsid w:val="00F06293"/>
     <w:rsid w:val="00F16017"/>
     <w:rsid w:val="00F17FB1"/>
     <w:rsid w:val="00F20EA7"/>
     <w:rsid w:val="00F23564"/>
     <w:rsid w:val="00F23E99"/>
     <w:rsid w:val="00F275A4"/>
     <w:rsid w:val="00F313C7"/>
     <w:rsid w:val="00F36FB3"/>
     <w:rsid w:val="00F410E4"/>
     <w:rsid w:val="00F41301"/>
     <w:rsid w:val="00F42855"/>
     <w:rsid w:val="00F47591"/>
     <w:rsid w:val="00F4763A"/>
-    <w:rsid w:val="00F53841"/>
+    <w:rsid w:val="00F54344"/>
     <w:rsid w:val="00F54B50"/>
     <w:rsid w:val="00F56B91"/>
     <w:rsid w:val="00F63B83"/>
     <w:rsid w:val="00F64577"/>
     <w:rsid w:val="00F655DE"/>
     <w:rsid w:val="00F7191E"/>
     <w:rsid w:val="00F72117"/>
     <w:rsid w:val="00F72CF7"/>
     <w:rsid w:val="00F7514F"/>
     <w:rsid w:val="00F8329A"/>
     <w:rsid w:val="00F8552E"/>
     <w:rsid w:val="00FA3BCC"/>
     <w:rsid w:val="00FA78E4"/>
-    <w:rsid w:val="00FC1BF4"/>
+    <w:rsid w:val="00FB650A"/>
     <w:rsid w:val="00FC2ABC"/>
-    <w:rsid w:val="00FC60E6"/>
     <w:rsid w:val="00FC6E8F"/>
     <w:rsid w:val="00FD0105"/>
-    <w:rsid w:val="00FD0AF2"/>
     <w:rsid w:val="00FE1190"/>
-    <w:rsid w:val="00FE320D"/>
+    <w:rsid w:val="00FF111B"/>
     <w:rsid w:val="00FF12C4"/>
+    <w:rsid w:val="00FF1671"/>
     <w:rsid w:val="00FF231B"/>
     <w:rsid w:val="00FF3B2F"/>
     <w:rsid w:val="00FF4B7F"/>
     <w:rsid w:val="00FF50F4"/>
     <w:rsid w:val="00FF7747"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="1027"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="6D1CB59B"/>
-  <w15:docId w15:val="{9BC0B6D3-3C68-433C-B5C1-B83D216EEE6A}"/>
+  <w14:docId w14:val="7DA67A8D"/>
+  <w15:docId w15:val="{F9075B63-DC15-415D-9F6B-39A4E999E94C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -21106,55 +25482,55 @@
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -21223,51 +25599,51 @@
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
-    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
@@ -21419,59 +25795,59 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00AD497F"/>
+    <w:rsid w:val="0064541A"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="007921C8"/>
+    <w:rsid w:val="009024DA"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
@@ -21542,51 +25918,51 @@
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00E702C2"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a7">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
-    <w:uiPriority w:val="34"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="003E0EB1"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="a8">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00560EEB"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
@@ -21626,185 +26002,368 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle16">
     <w:name w:val="Font Style16"/>
     <w:rsid w:val="00BD50AA"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:spacing w:val="-10"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle1212">
     <w:name w:val="Стиль Font Style12 + 12 пт не полужирный не курсив"/>
     <w:rsid w:val="00BD50AA"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="aa">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="005069F6"/>
+    <w:rsid w:val="00A559D1"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ab">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00654040"/>
+    <w:rsid w:val="00CC327F"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="007921C8"/>
+    <w:rsid w:val="009024DA"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
+    <w:name w:val="Table Normal"/>
+    <w:uiPriority w:val="2"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00131DCE"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ac">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ad"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00131DCE"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ad">
+    <w:name w:val="Основной текст Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ac"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00131DCE"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ae">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00131DCE"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:before="293" w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="120" w:right="131"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af">
+    <w:name w:val="Заголовок Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ae"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00131DCE"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
+    <w:name w:val="Table Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00131DCE"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af0">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af1"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00131DCE"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af1">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="af0"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00131DCE"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af2">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af3"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00131DCE"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af3">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="af2"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00131DCE"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
-    <w:div w:id="31267977">
+    <w:div w:id="110707149">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="335617763">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="953249665">
+    <w:div w:id="646127558">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="649792773">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1190070608">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1199471041">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1983582154">
+    <w:div w:id="1622616062">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="2066682383">
+    <w:div w:id="1628393107">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="2135253245">
+    <w:div w:id="1823891178">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1842113553">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
@@ -22076,78 +26635,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{15EC2657-482D-4687-86BE-F68FBFD5CC6D}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{20DF1B75-3ED4-43AF-B7D6-E935AB436D04}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>9</Pages>
-[...1 lines deleted...]
-  <Characters>14390</Characters>
+  <Pages>10</Pages>
+  <Words>2514</Words>
+  <Characters>14332</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>119</Lines>
   <Paragraphs>33</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>16881</CharactersWithSpaces>
+  <CharactersWithSpaces>16813</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>