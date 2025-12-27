--- v0 (2025-12-06)
+++ v1 (2025-12-27)
@@ -1,15915 +1,4741 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00DF043E" w:rsidRDefault="00DF043E" w:rsidP="00DF043E">
+    <w:p w:rsidR="001B7AB4" w:rsidRDefault="001B7AB4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="001B7AB4" w:rsidRDefault="000606AD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">«Павлодар </w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">КГУ «Средняя общеобразовательная школа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...65 lines deleted...]
-          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>»</w:t>
+        <w:t xml:space="preserve">№ 14 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
-[...75 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">города Павлодара» объявляет конкурс на </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">временно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">вакантную </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>бос лауазымына</w:t>
+        <w:t xml:space="preserve">должность </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> конкурс </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>учителя химии</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF043E" w:rsidRDefault="00DF043E" w:rsidP="00DF043E">
+    <w:p w:rsidR="001B7AB4" w:rsidRDefault="001B7AB4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a5"/>
-        <w:tblW w:w="9464" w:type="dxa"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="391"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6689"/>
+        <w:gridCol w:w="392"/>
+        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="7371"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DF043E" w:rsidRPr="00111B79" w:rsidTr="00F241E3">
+      <w:tr w:rsidR="001B7AB4">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="391" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF043E" w:rsidRDefault="00DF043E" w:rsidP="00F241E3">
-            <w:pPr>
+          <w:p w:rsidR="001B7AB4" w:rsidRDefault="000606AD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF043E" w:rsidRDefault="00DF043E" w:rsidP="00F241E3">
-            <w:pPr>
+          <w:p w:rsidR="001B7AB4" w:rsidRDefault="000606AD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman"/>
-                <w:bCs/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman"/>
-                <w:bCs/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Білім беру ұйымының атауы</w:t>
+              <w:t>Наименование организации образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6689" w:type="dxa"/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF043E" w:rsidRDefault="00DF043E" w:rsidP="00F241E3">
-            <w:pPr>
+          <w:p w:rsidR="001B7AB4" w:rsidRDefault="000606AD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman"/>
-                <w:bCs/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің «Павлодар қаласының № 14 жалпы орта білім беру мектебі» коммуналдық мемлекеттік мекемесі</w:t>
+              <w:t xml:space="preserve">Коммунальное государственное учреждение «Средняя общеобразовательная </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>школа № 14 города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF043E" w:rsidTr="00F241E3">
+      <w:tr w:rsidR="001B7AB4">
         <w:trPr>
-          <w:trHeight w:val="453"/>
+          <w:trHeight w:val="626"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="391" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00DF043E" w:rsidRDefault="00DF043E" w:rsidP="00F241E3">
-            <w:pPr>
+          <w:p w:rsidR="001B7AB4" w:rsidRDefault="001B7AB4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF043E" w:rsidRDefault="00DF043E" w:rsidP="00F241E3">
-            <w:pPr>
+          <w:p w:rsidR="001B7AB4" w:rsidRDefault="000606AD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman"/>
-                <w:bCs/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman"/>
-                <w:bCs/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>орналасқан жеріе. пошталық  мекенжайы</w:t>
+              <w:t>местонахождения, почтового адреса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6689" w:type="dxa"/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF043E" w:rsidRDefault="00DF043E" w:rsidP="00F241E3">
+          <w:p w:rsidR="001B7AB4" w:rsidRDefault="000606AD">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
-              <w:rPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">140011, Қазақстан Республикасы, Павлодар облысы,                 Павлодар қаласы, Катаев көшесі, 36 </w:t>
+              <w:t>140011, Республика Казахстан, Павлодарская область,     город Павлодар, улица Катаева, 36</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF043E" w:rsidTr="00F241E3">
+      <w:tr w:rsidR="001B7AB4">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="391" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00DF043E" w:rsidRDefault="00DF043E" w:rsidP="00F241E3">
-            <w:pPr>
+          <w:p w:rsidR="001B7AB4" w:rsidRDefault="001B7AB4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF043E" w:rsidRDefault="00DF043E" w:rsidP="00F241E3">
-            <w:pPr>
+          <w:p w:rsidR="001B7AB4" w:rsidRDefault="000606AD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman"/>
-                <w:bCs/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>телефоны</w:t>
+              <w:t>номеров телефонов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6689" w:type="dxa"/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF043E" w:rsidRDefault="00DF043E" w:rsidP="00F241E3">
+          <w:p w:rsidR="001B7AB4" w:rsidRDefault="000606AD">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
-              <w:rPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8 (7182) 68-35-00, 87476146825</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF043E" w:rsidTr="00F241E3">
+      <w:tr w:rsidR="001B7AB4">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="391" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00DF043E" w:rsidRDefault="00DF043E" w:rsidP="00F241E3">
-            <w:pPr>
+          <w:p w:rsidR="001B7AB4" w:rsidRDefault="001B7AB4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF043E" w:rsidRDefault="00DF043E" w:rsidP="00F241E3">
-            <w:pPr>
+          <w:p w:rsidR="001B7AB4" w:rsidRDefault="000606AD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman"/>
-                <w:bCs/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>электрондық пошта мекенжайы</w:t>
+              <w:t>адреса электронной почты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6689" w:type="dxa"/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF043E" w:rsidRDefault="00DF043E" w:rsidP="00F241E3">
-[...7 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="001B7AB4" w:rsidRDefault="000606AD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
               <w:t>Sosh14@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF043E" w:rsidRPr="00111B79" w:rsidTr="00F241E3">
+      <w:tr w:rsidR="001B7AB4">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="391" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF043E" w:rsidRDefault="00DF043E" w:rsidP="00F241E3">
-            <w:pPr>
+          <w:p w:rsidR="001B7AB4" w:rsidRDefault="000606AD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF043E" w:rsidRDefault="00DF043E" w:rsidP="00F241E3">
-            <w:pPr>
+          <w:p w:rsidR="001B7AB4" w:rsidRDefault="000606AD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...5 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>ос лауазымның атауы, жүктемесі</w:t>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6689" w:type="dxa"/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF043E" w:rsidRPr="00111B79" w:rsidRDefault="00DF043E" w:rsidP="00F241E3">
-            <w:pPr>
+          <w:p w:rsidR="001B7AB4" w:rsidRDefault="000606AD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00111B79">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Учитель химии с казахским и русским языком обучения</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Қазақ және орыс тілінде оқытатын химия пәнінің мұғалімі, 1 жүктемесі</w:t>
+              <w:t>, 1 ставка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF043E" w:rsidTr="00F241E3">
+      <w:tr w:rsidR="001B7AB4">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="391" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00DF043E" w:rsidRDefault="00DF043E" w:rsidP="00F241E3">
-            <w:pPr>
+          <w:p w:rsidR="001B7AB4" w:rsidRDefault="001B7AB4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF043E" w:rsidRDefault="00DF043E" w:rsidP="00F241E3">
-            <w:pPr>
+          <w:p w:rsidR="001B7AB4" w:rsidRDefault="000606AD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...33 lines deleted...]
-              <w:t>:</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="monospace" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Должностные обязанности:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6689" w:type="dxa"/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF043E" w:rsidRPr="00111B79" w:rsidRDefault="00DF043E" w:rsidP="00F241E3">
+          <w:p w:rsidR="001B7AB4" w:rsidRPr="00111B79" w:rsidRDefault="000606AD">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
-                <w:lang w:val="kk-KZ"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00DF043E" w:rsidRPr="00111B79" w:rsidRDefault="00DF043E" w:rsidP="00F241E3">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00111B79">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>осуществляет обучение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00111B79">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и воспитание обучающихся с учетом специфики преподаваемого предмета, в соответствии с государственным общеобязательным стандартом образования;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001B7AB4" w:rsidRPr="00111B79" w:rsidRDefault="000606AD">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
-                <w:lang w:val="kk-KZ"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00DF043E" w:rsidRPr="00111B79" w:rsidRDefault="00DF043E" w:rsidP="00F241E3">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00111B79">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> способствует формированию общей культуры личности обучающегося и воспитанника и его социализации, выявляет</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00111B79">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и содействует развитию индивидуальных способностей обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001B7AB4" w:rsidRPr="00111B79" w:rsidRDefault="000606AD">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
-                <w:lang w:val="kk-KZ"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00DF043E" w:rsidRPr="00111B79" w:rsidRDefault="00DF043E" w:rsidP="00F241E3">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00111B79">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> воспитывает в обучающемся уважительное отношение к педагогу, учит соблюдать деловой стиль отношения и речевой этикет путем вежливого обращения по имени и отчеству педагога или прямого о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00111B79">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>бращения "учитель/мұғалім";</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001B7AB4" w:rsidRPr="00111B79" w:rsidRDefault="000606AD">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
-                <w:lang w:val="kk-KZ"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00DF043E" w:rsidRPr="00111B79" w:rsidRDefault="00DF043E" w:rsidP="00F241E3">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00111B79">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> использует новые подходы, эффективные формы, методы и средства обучения с учетом индивидуальных потребностей обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001B7AB4" w:rsidRPr="00111B79" w:rsidRDefault="000606AD">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
-                <w:lang w:val="kk-KZ"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00DF043E" w:rsidRPr="00111B79" w:rsidRDefault="00DF043E" w:rsidP="00F241E3">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00111B79">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> составляет краткосрочные и среднесрочные (календарно-тематические) планы по предметам, задания</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00111B79">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> для суммативного оценивания за раздел и суммативного оценивания за четверть;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001B7AB4" w:rsidRPr="00111B79" w:rsidRDefault="000606AD">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
-                <w:lang w:val="kk-KZ"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00DF043E" w:rsidRPr="00111B79" w:rsidRDefault="00DF043E" w:rsidP="00F241E3">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00111B79">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> проводит анализ по итогам проведения суммативного оценивания за раздел и суммативного оценивания за четверть с комментариями;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001B7AB4" w:rsidRPr="00111B79" w:rsidRDefault="000606AD">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00111B79">
-[...144 lines deleted...]
-          <w:p w:rsidR="00DF043E" w:rsidRPr="00111B79" w:rsidRDefault="00DF043E" w:rsidP="00F241E3">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00111B79">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> заполняет журналы (бумажные или электрон</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00111B79">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ные);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001B7AB4" w:rsidRPr="00111B79" w:rsidRDefault="000606AD">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
             <w:r w:rsidRPr="00111B79">
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...170 lines deleted...]
-          <w:p w:rsidR="00DF043E" w:rsidRPr="00111B79" w:rsidRDefault="00DF043E" w:rsidP="00F241E3">
+              <w:t xml:space="preserve"> обеспечивает достижение личностных, системно-деятельностных, предметных результатов обучающимися и воспитанниками не ниже уровня, предусмотренного государственным общеобязательным стандартом образования;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001B7AB4" w:rsidRPr="00111B79" w:rsidRDefault="000606AD">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
             <w:r w:rsidRPr="00111B79">
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...290 lines deleted...]
-          <w:p w:rsidR="00DF043E" w:rsidRPr="00111B79" w:rsidRDefault="00DF043E" w:rsidP="00F241E3">
+              <w:t xml:space="preserve"> участвует в разработке и выполнени</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00111B79">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и учебных программ, в том числе программ для обучающихся с особыми образовательными потребностями, обеспечивает реализацию их в полном объеме в соответствии с учебным планом и графиком учебного процесса;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001B7AB4" w:rsidRPr="00111B79" w:rsidRDefault="000606AD">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
             <w:r w:rsidRPr="00111B79">
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...506 lines deleted...]
-          <w:p w:rsidR="00DF043E" w:rsidRPr="00111B79" w:rsidRDefault="00DF043E" w:rsidP="00F241E3">
+              <w:t xml:space="preserve"> изучает индивидуальные способности, интересы и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00111B79">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> склонности обучающихся, воспитанников;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001B7AB4" w:rsidRPr="00111B79" w:rsidRDefault="000606AD">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
             <w:r w:rsidRPr="00111B79">
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...735 lines deleted...]
-          <w:p w:rsidR="00DF043E" w:rsidRPr="00111B79" w:rsidRDefault="00DF043E" w:rsidP="00F241E3">
+              <w:t xml:space="preserve"> создает условия для инклюзивного образования;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001B7AB4" w:rsidRPr="00111B79" w:rsidRDefault="000606AD">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
             <w:r w:rsidRPr="00111B79">
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...243 lines deleted...]
-          <w:p w:rsidR="00DF043E" w:rsidRPr="00111B79" w:rsidRDefault="00DF043E" w:rsidP="00F241E3">
+              <w:t xml:space="preserve"> адаптирует учебные программы с учетом индивидуальной потребности обучающегося с особыми образовательными потребностями;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001B7AB4" w:rsidRPr="00111B79" w:rsidRDefault="000606AD">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
             <w:r w:rsidRPr="00111B79">
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...146 lines deleted...]
-          <w:p w:rsidR="00DF043E" w:rsidRPr="00111B79" w:rsidRDefault="00DF043E" w:rsidP="00F241E3">
+              <w:t xml:space="preserve"> в специальных образовательных </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00111B79">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">организациях осуществляет работу по обучению и воспитанию обучающихся, воспитанников, направленную на максимальное </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00111B79">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>преодоление отклонений в развитии с учетом специфики преподаваемого предмета;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001B7AB4" w:rsidRPr="00111B79" w:rsidRDefault="000606AD">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
             <w:r w:rsidRPr="00111B79">
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...303 lines deleted...]
-          <w:p w:rsidR="00DF043E" w:rsidRPr="00111B79" w:rsidRDefault="00DF043E" w:rsidP="00F241E3">
+              <w:t xml:space="preserve"> организовывает занятия в дистанционном режиме с использов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00111B79">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>анием интерактивных учебных материалов и цифровых образовательных ресурсов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001B7AB4" w:rsidRPr="00111B79" w:rsidRDefault="000606AD">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
             <w:r w:rsidRPr="00111B79">
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...567 lines deleted...]
-          <w:p w:rsidR="00DF043E" w:rsidRPr="00111B79" w:rsidRDefault="00DF043E" w:rsidP="00F241E3">
+              <w:t xml:space="preserve"> участвует в заседаниях методических объединений, ассоциации учителей, методических, педагогических советов, сетевых сообществ;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001B7AB4" w:rsidRPr="00111B79" w:rsidRDefault="000606AD">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
             <w:r w:rsidRPr="00111B79">
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...351 lines deleted...]
-          <w:p w:rsidR="00DF043E" w:rsidRPr="00111B79" w:rsidRDefault="00DF043E" w:rsidP="00F241E3">
+              <w:t xml:space="preserve"> участвует в педагогических консилиумах дл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00111B79">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>я родителей;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001B7AB4" w:rsidRPr="00111B79" w:rsidRDefault="000606AD">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
             <w:r w:rsidRPr="00111B79">
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...290 lines deleted...]
-          <w:p w:rsidR="00DF043E" w:rsidRPr="00111B79" w:rsidRDefault="00DF043E" w:rsidP="00F241E3">
+              <w:t xml:space="preserve"> консультирует родителей;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001B7AB4" w:rsidRPr="00111B79" w:rsidRDefault="000606AD">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
             <w:r w:rsidRPr="00111B79">
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...135 lines deleted...]
-          <w:p w:rsidR="00DF043E" w:rsidRPr="00111B79" w:rsidRDefault="00DF043E" w:rsidP="00F241E3">
+              <w:t xml:space="preserve"> повышает профессиональную компетентность;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001B7AB4" w:rsidRPr="00111B79" w:rsidRDefault="000606AD">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
             <w:r w:rsidRPr="00111B79">
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...87 lines deleted...]
-          <w:p w:rsidR="00DF043E" w:rsidRPr="00111B79" w:rsidRDefault="00DF043E" w:rsidP="00F241E3">
+              <w:t xml:space="preserve"> соблюдает правила безопасности и охраны труда, противопожарной защиты;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001B7AB4" w:rsidRPr="00111B79" w:rsidRDefault="000606AD">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
             <w:r w:rsidRPr="00111B79">
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...74 lines deleted...]
-          <w:p w:rsidR="00DF043E" w:rsidRPr="00111B79" w:rsidRDefault="00DF043E" w:rsidP="00F241E3">
+              <w:t xml:space="preserve"> обеспечивает охрану жизни и здоровья обучающихся в период образовательного процес</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00111B79">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>са;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001B7AB4" w:rsidRPr="00111B79" w:rsidRDefault="000606AD">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
             <w:r w:rsidRPr="00111B79">
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...255 lines deleted...]
-          <w:p w:rsidR="00DF043E" w:rsidRPr="00111B79" w:rsidRDefault="00DF043E" w:rsidP="00F241E3">
+              <w:t xml:space="preserve"> осуществляет сотрудничество с родителями или лицами, их заменяющими;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001B7AB4" w:rsidRPr="00111B79" w:rsidRDefault="000606AD">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
             <w:r w:rsidRPr="00111B79">
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...266 lines deleted...]
-          <w:p w:rsidR="00DF043E" w:rsidRPr="00111B79" w:rsidRDefault="00DF043E" w:rsidP="00F241E3">
+              <w:t xml:space="preserve"> заполняет документы, перечень которых утвержден уполномоченным органом в области образования;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001B7AB4" w:rsidRPr="00111B79" w:rsidRDefault="000606AD">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
             <w:r w:rsidRPr="00111B79">
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...418 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman"/>
+              <w:t xml:space="preserve"> прививает антикоррупционную культуру, принципы академической честности </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00111B79">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>среди обучающихся и воспитанников.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001B7AB4" w:rsidRDefault="001B7AB4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...355 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF043E" w:rsidTr="00F241E3">
+      <w:tr w:rsidR="001B7AB4">
         <w:trPr>
           <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="391" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00DF043E" w:rsidRDefault="00DF043E" w:rsidP="00F241E3">
-            <w:pPr>
+          <w:p w:rsidR="001B7AB4" w:rsidRDefault="001B7AB4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF043E" w:rsidRDefault="00DF043E" w:rsidP="00F241E3">
-            <w:pPr>
+          <w:p w:rsidR="001B7AB4" w:rsidRDefault="000606AD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Еңбекке ақы төлеу мөлшері мен шарттары</w:t>
+              <w:t>Размер и условия оплаты труда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6689" w:type="dxa"/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF043E" w:rsidRDefault="00DF043E" w:rsidP="00F241E3">
-            <w:pPr>
+          <w:p w:rsidR="001B7AB4" w:rsidRDefault="000606AD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman"/>
-                <w:bCs/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman"/>
-                <w:bCs/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- еңбек өтілі мен біліктілік санатына сәйкес төленеді;</w:t>
-[...3 lines deleted...]
-            <w:pPr>
+              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001B7AB4" w:rsidRDefault="000606AD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman"/>
-                <w:bCs/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman"/>
-                <w:bCs/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">- арнайы орта білім ( min): </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:eastAsia="Helvetica"/>
+              <w:t xml:space="preserve">- среднее специальное образование( min): </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+              </w:rPr>
+              <w:t>135 797</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>135 797</w:t>
-[...4 lines deleted...]
-                <w:bCs/>
+              <w:t xml:space="preserve"> теңге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001B7AB4" w:rsidRDefault="000606AD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> теңге;</w:t>
-[...8 lines deleted...]
-                <w:bCs/>
+              <w:t xml:space="preserve">- высшее образование (min): </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...3 lines deleted...]
-                <w:bCs/>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">66 408 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- жоғары білім (min): 1</w:t>
-[...13 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> теңге</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF043E" w:rsidTr="00F241E3">
+      <w:tr w:rsidR="001B7AB4">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="391" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF043E" w:rsidRDefault="00DF043E" w:rsidP="00F241E3">
-            <w:pPr>
+          <w:p w:rsidR="001B7AB4" w:rsidRDefault="000606AD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF043E" w:rsidRDefault="00DF043E" w:rsidP="00F241E3">
+          <w:p w:rsidR="001B7AB4" w:rsidRDefault="000606AD">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
-              <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Кандидатқа қойылатын біліктілік талаптары, бекітілген</w:t>
-[...3 lines deleted...]
-            <w:pPr>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001B7AB4" w:rsidRDefault="000606AD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Педагогтердің үлгілік біліктілік сипаттамаларымен</w:t>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6689" w:type="dxa"/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF043E" w:rsidRPr="00DF043E" w:rsidRDefault="00DF043E" w:rsidP="00F241E3">
+          <w:p w:rsidR="001B7AB4" w:rsidRPr="00111B79" w:rsidRDefault="000606AD">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="monospace" w:eastAsia="monospace" w:hAnsi="monospace" w:cs="monospace"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DF043E">
-[...21 lines deleted...]
-            </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00DF043E">
-[...8 lines deleted...]
-              <w:t>ст</w:t>
+            <w:r w:rsidRPr="00111B79">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">высшее и (или) послевузовское педагогическое или техническое и профессиональное, послесреднее педагогическое образование по </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00111B79">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">соответствующему профилю или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку, без предъявления требований к стажу работы, или документ об окончании средней школы с </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>XI</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00111B79">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогическим к</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00111B79">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>лассом до 1995 года, относящиеся к среднему уровню квалификации;</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00DF043E">
-[...1209 lines deleted...]
-          <w:p w:rsidR="00DF043E" w:rsidRPr="00DF043E" w:rsidRDefault="00DF043E" w:rsidP="00F241E3">
+          </w:p>
+          <w:p w:rsidR="001B7AB4" w:rsidRPr="00111B79" w:rsidRDefault="000606AD">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DF043E">
-[...491 lines deleted...]
-          <w:p w:rsidR="00DF043E" w:rsidRPr="00DF043E" w:rsidRDefault="00DF043E" w:rsidP="00F241E3">
+            <w:r w:rsidRPr="00111B79">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет; для педагога-эксперта – не менее 3 лет; педагога-исследова</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00111B79">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>теля не менее 4 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001B7AB4" w:rsidRDefault="000606AD">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="monospace"/>
-[...3 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DF043E">
-[...327 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="00111B79">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF043E" w:rsidTr="00F241E3">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="001B7AB4">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="391" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF043E" w:rsidRDefault="00DF043E" w:rsidP="00F241E3">
-            <w:pPr>
+          <w:p w:rsidR="001B7AB4" w:rsidRDefault="000606AD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-              <w:lastRenderedPageBreak/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF043E" w:rsidRDefault="00DF043E" w:rsidP="00F241E3">
-            <w:pPr>
+          <w:p w:rsidR="001B7AB4" w:rsidRDefault="000606AD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Құжаттарды қабылдау мерзімі</w:t>
+              <w:t>Срок приема документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6689" w:type="dxa"/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF043E" w:rsidRDefault="00DF043E" w:rsidP="00F241E3">
-            <w:pPr>
+          <w:p w:rsidR="001B7AB4" w:rsidRDefault="000606AD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">27.03 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-              <w:t xml:space="preserve">  06.04.2025</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  06.04</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF043E" w:rsidRPr="00DF043E" w:rsidTr="00F241E3">
+      <w:tr w:rsidR="001B7AB4">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="391" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF043E" w:rsidRDefault="00DF043E" w:rsidP="00F241E3">
-            <w:pPr>
+          <w:p w:rsidR="001B7AB4" w:rsidRDefault="000606AD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF043E" w:rsidRDefault="00DF043E" w:rsidP="00F241E3">
-            <w:pPr>
+          <w:p w:rsidR="001B7AB4" w:rsidRDefault="000606AD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Қажетті құжаттар тізімі</w:t>
+              <w:t>Перечень необходимых документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6689" w:type="dxa"/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF043E" w:rsidRDefault="00DF043E" w:rsidP="00F241E3">
+          <w:p w:rsidR="001B7AB4" w:rsidRPr="00111B79" w:rsidRDefault="000606AD">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-                <w:lang w:val="ru-RU"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">1) </w:t>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00111B79">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) заявление об участии в конкурсе с </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00111B79">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>указанием перечня прилагаемых документов по форме согласно</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="073A5E"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00111B79">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="073A5E"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> </w:instrText>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="073A5E"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:instrText>HYPERLINK</w:instrText>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00111B79">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="073A5E"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> "</w:instrText>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="073A5E"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:instrText>https</w:instrText>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00111B79">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="073A5E"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:instrText>://</w:instrText>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="073A5E"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:instrText>adilet</w:instrText>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00111B79">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="073A5E"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:instrText>.</w:instrText>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="073A5E"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:instrText>zan</w:instrText>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00111B79">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="073A5E"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:instrText>.</w:instrText>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="073A5E"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:instrText>kz</w:instrText>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00111B79">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="073A5E"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:instrText>/</w:instrText>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="073A5E"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:instrText>rus</w:instrText>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00111B79">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="073A5E"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:instrText>/</w:instrText>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="073A5E"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:instrText>docs</w:instrText>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00111B79">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="073A5E"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:instrText>/</w:instrText>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="073A5E"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:instrText>V</w:instrText>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00111B79">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="073A5E"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:instrText>1200007495" \</w:instrText>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="073A5E"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:instrText>l</w:instrText>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00111B79">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="073A5E"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> "</w:instrText>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="073A5E"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:instrText>z</w:instrText>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00111B79">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="073A5E"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve">397" </w:instrText>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="073A5E"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00111B79">
+              <w:rPr>
+                <w:rStyle w:val="a3"/>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="073A5E"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>приложению 3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="073A5E"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00111B79">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001B7AB4" w:rsidRPr="00111B79" w:rsidRDefault="000606AD">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00111B79">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых доку</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00111B79">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ментов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001B7AB4" w:rsidRPr="00111B79" w:rsidRDefault="000606AD">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00111B79">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3) заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001B7AB4" w:rsidRPr="00111B79" w:rsidRDefault="000606AD">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00111B79">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4) копии документов об образовании в соответствии с предъявляемыми к должности </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00111B79">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">квалификационными требованиями, утвержденными Типовыми </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00111B79">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>квалификационными характеристиками;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001B7AB4" w:rsidRPr="00111B79" w:rsidRDefault="000606AD">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00111B79">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5) копия документа, подтверждающую трудовую деятельность (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001B7AB4" w:rsidRPr="00111B79" w:rsidRDefault="000606AD">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00111B79">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 6) справка о состоянии здоровья по форме 075/у, утвержденная</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="073A5E"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00111B79">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="073A5E"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> </w:instrText>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="073A5E"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:instrText>HYPERLINK</w:instrText>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00111B79">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="073A5E"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> "</w:instrText>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="073A5E"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:instrText>https</w:instrText>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00111B79">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="073A5E"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:instrText>://</w:instrText>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="073A5E"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:instrText>adilet</w:instrText>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00111B79">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="073A5E"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:instrText>.</w:instrText>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="073A5E"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:instrText>zan</w:instrText>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00111B79">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="073A5E"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:instrText>.</w:instrText>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="073A5E"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:instrText>kz</w:instrText>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00111B79">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="073A5E"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:instrText>/</w:instrText>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="073A5E"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:instrText>rus</w:instrText>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00111B79">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="073A5E"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:instrText>/</w:instrText>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="073A5E"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:instrText>docs</w:instrText>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00111B79">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="073A5E"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:instrText>/</w:instrText>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="073A5E"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:instrText>V</w:instrText>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00111B79">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="073A5E"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:instrText>2000021579" \</w:instrText>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="073A5E"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:instrText>l</w:instrText>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00111B79">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="073A5E"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> "</w:instrText>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="073A5E"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:instrText>z</w:instrText>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00111B79">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="073A5E"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve">4" </w:instrText>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="073A5E"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00111B79">
+              <w:rPr>
+                <w:rStyle w:val="a3"/>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="073A5E"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>приказом</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="073A5E"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00111B79">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № Қ</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r>
-[...8 lines deleted...]
-              <w:t>осы</w:t>
+            <w:r w:rsidRPr="00111B79">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Р</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="00111B79">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения" (зарегистрирован в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00111B79">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Реестре государственной регистрации нормативных правовых актов под № 21579);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001B7AB4" w:rsidRPr="00111B79" w:rsidRDefault="000606AD">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00111B79">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 7) справка об отсутствии динамического наблюдения больных с психическими поведенческими расстройствами;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001B7AB4" w:rsidRPr="00111B79" w:rsidRDefault="000606AD">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00111B79">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 8) справка об отсутствии динамического наблюдения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00111B79">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>наркологических больных;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001B7AB4" w:rsidRPr="00111B79" w:rsidRDefault="000606AD">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00111B79">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 9) сертификат о результатах прохождения сертификации или удостоверение о наличии действующей квалификационной категории (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001B7AB4" w:rsidRDefault="000606AD">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00111B79">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 10) для кандидатов на занятие должности педагогов английского языка сертификат о рез</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00111B79">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ультатах сертификации по предмету или удостоверение о наличии квалификационной категории педагога-модератора или педагога-эксперта, или педагога-исследователя, или педагога-мастера (при наличии) или сертификат </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>CELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00111B79">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Certificatein</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00111B79">
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00111B79">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Language</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00111B79">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-                <w:lang w:val="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>Қағидаларға</w:t>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>to</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00111B79">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Adults</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00111B79">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>илиайелтс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (IELTS) – 6,5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>тойфл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (TOEFL) (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>іnternet</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Based Test (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>іBT</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">)) – 60 – 65 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001B7AB4" w:rsidRPr="00111B79" w:rsidRDefault="000606AD">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00111B79">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>11) педагоги, приступившие к педагогической деятельно</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00111B79">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>сти в организации технического, профессионального и послесреднего образования на должности педагогов по специальным дисциплинам и мастеров производственного обучения, имеющие стаж работы на производстве по соответствующей специальности или профилю не менее</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00111B79">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> двух лет, освобождаются от прохождения сертификации.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001B7AB4" w:rsidRPr="00111B79" w:rsidRDefault="000606AD">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00111B79">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 12) заполненный Оценочный лист кандидата на вакантную или временно вакантную должность педагога по форме согласно</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId5" w:anchor="z206" w:history="1">
-              <w:r>
+            <w:hyperlink r:id="rId7" w:anchor="z585" w:history="1">
+              <w:r w:rsidRPr="00111B79">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:eastAsia="monospace"/>
                   <w:color w:val="073A5E"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:lang w:val="ru-RU"/>
                 </w:rPr>
-                <w:t>3-қосымшаға</w:t>
+                <w:t>приложениям 17</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r w:rsidRPr="00111B79">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...5070 lines deleted...]
-              <w:r>
+            <w:hyperlink r:id="rId8" w:anchor="z700" w:history="1">
+              <w:r w:rsidRPr="00111B79">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:eastAsia="monospace"/>
                   <w:color w:val="073A5E"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                  <w:lang w:val="ru-RU"/>
                 </w:rPr>
-                <w:t>17</w:t>
+                <w:t>18</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="monospace"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>, </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId7" w:anchor="z235" w:history="1">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00111B79">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к настоящим Правилам.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001B7AB4" w:rsidRPr="00111B79" w:rsidRDefault="000606AD">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00111B79">
+              <w:rPr>
+                <w:rFonts w:eastAsia="monospace"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 13) рекомендательное письмо с места работы (по должности педагога), учебы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001B7AB4" w:rsidRDefault="000606AD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="monospace" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
-                  <w:rFonts w:eastAsia="monospace"/>
-                  <w:color w:val="073A5E"/>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:b/>
+                  <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
-                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...542 lines deleted...]
-                  <w:bCs/>
                   <w:lang w:val="kk-KZ"/>
                 </w:rPr>
                 <w:t>https://hr-nobd.edu.kz/#/home-hr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>құжаттарды қабылдау осы платформада жүзеге асырылады</w:t>
-            </w:r>
+              <w:t>прием документов осуществляется на данной платформе</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001B7AB4" w:rsidRDefault="001B7AB4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF043E" w:rsidRPr="00DF043E" w:rsidTr="00F241E3">
+      <w:tr w:rsidR="001B7AB4">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="391" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF043E" w:rsidRDefault="00DF043E" w:rsidP="00F241E3">
-            <w:pPr>
+          <w:p w:rsidR="001B7AB4" w:rsidRDefault="000606AD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2384" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF043E" w:rsidRDefault="00DF043E" w:rsidP="00F241E3">
-            <w:pPr>
+          <w:p w:rsidR="001B7AB4" w:rsidRDefault="000606AD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...5 lines deleted...]
-              <w:t>Бос лауазымының мерзімі</w:t>
+              <w:t>Срок  вакантной должности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6689" w:type="dxa"/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF043E" w:rsidRDefault="00DF043E" w:rsidP="00F241E3">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="001B7AB4" w:rsidRDefault="000606AD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman"/>
-[...17 lines deleted...]
-              <w:t>ақытша бос лауазым (дектрттік демалыстан шыққанға дейін)</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Временно вакантная должность (до выхода с декретного отпуска)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00DF043E" w:rsidRDefault="00DF043E" w:rsidP="00DF043E">
+    <w:p w:rsidR="001B7AB4" w:rsidRDefault="001B7AB4">
       <w:pPr>
-        <w:autoSpaceDE w:val="0"/>
-[...3 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DF043E" w:rsidRDefault="00DF043E" w:rsidP="00DF043E">
+    <w:p w:rsidR="001B7AB4" w:rsidRDefault="000606AD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z178"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+    </w:p>
+    <w:p w:rsidR="001B7AB4" w:rsidRDefault="001B7AB4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+    </w:p>
+    <w:p w:rsidR="001B7AB4" w:rsidRDefault="001B7AB4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:br w:type="page"/>
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BF246E" w:rsidRPr="00DF043E" w:rsidRDefault="00BF246E">
+    <w:p w:rsidR="001B7AB4" w:rsidRDefault="001B7AB4">
       <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:sectPr w:rsidR="00BF246E" w:rsidRPr="00DF043E">
+    <w:p w:rsidR="001B7AB4" w:rsidRDefault="001B7AB4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001B7AB4" w:rsidRDefault="001B7AB4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001B7AB4" w:rsidRDefault="001B7AB4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001B7AB4" w:rsidRDefault="001B7AB4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001B7AB4" w:rsidRDefault="001B7AB4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:beforeAutospacing="0" w:after="210" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="monospace"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="001B7AB4">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="1133" w:bottom="709" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="000606AD" w:rsidRDefault="000606AD">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="000606AD" w:rsidRDefault="000606AD">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-  <w:font w:name="Calibri">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="monospace">
     <w:altName w:val="Segoe Print"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Helvetica">
     <w:panose1 w:val="020B0504020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="000606AD" w:rsidRDefault="000606AD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="000606AD" w:rsidRDefault="000606AD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="150"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
+  <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
+    <w:doNotExpandShiftReturn/>
+    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00F75116"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00F75116"/>
+    <w:rsidRoot w:val="00C46D14"/>
+    <w:rsid w:val="000606AD"/>
+    <w:rsid w:val="000F293F"/>
+    <w:rsid w:val="00111B79"/>
+    <w:rsid w:val="001A29D6"/>
+    <w:rsid w:val="001B7AB4"/>
+    <w:rsid w:val="00233723"/>
+    <w:rsid w:val="002F1F92"/>
+    <w:rsid w:val="003048AF"/>
+    <w:rsid w:val="00311CC0"/>
+    <w:rsid w:val="0047333D"/>
+    <w:rsid w:val="005D0923"/>
+    <w:rsid w:val="0064340D"/>
+    <w:rsid w:val="006B2217"/>
+    <w:rsid w:val="007D4DE5"/>
+    <w:rsid w:val="007F26A6"/>
+    <w:rsid w:val="00871AA8"/>
+    <w:rsid w:val="009032B3"/>
+    <w:rsid w:val="009E4485"/>
+    <w:rsid w:val="00AE0E32"/>
+    <w:rsid w:val="00C46D14"/>
+    <w:rsid w:val="00D72C33"/>
+    <w:rsid w:val="00E42D95"/>
+    <w:rsid w:val="00E85E34"/>
+    <w:rsid w:val="00F01702"/>
+    <w:rsid w:val="03DB74CE"/>
+    <w:rsid w:val="144D2E0B"/>
+    <w:rsid w:val="241613B5"/>
+    <w:rsid w:val="30643BC8"/>
+    <w:rsid w:val="3355285B"/>
+    <w:rsid w:val="4B847D71"/>
+    <w:rsid w:val="563C5D07"/>
+    <w:rsid w:val="5BF247CE"/>
+    <w:rsid w:val="607935C9"/>
+    <w:rsid w:val="69BC1A7B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="ru-RU"/>
+  <w:themeFontLang w:val="ru-RU" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...2 lines deleted...]
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...3 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Hyperlink" w:qFormat="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Normal (Web)" w:qFormat="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="0" w:qFormat="1"/>
+    <w:lsdException w:name="Normal Table" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
-[...102 lines deleted...]
-    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF043E"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:next w:val="a"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:beforeAutospacing="1" w:afterAutospacing="1"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="SimSun" w:hAnsi="SimSun" w:hint="eastAsia"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+      <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00DF043E"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="Normal (Web)"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00DF043E"/>
     <w:pPr>
-      <w:spacing w:beforeAutospacing="1" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:beforeAutospacing="1" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="a5">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF043E"/>
-[...8 lines deleted...]
-    </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...2 lines deleted...]
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...3 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Hyperlink" w:qFormat="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Normal (Web)" w:qFormat="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="0" w:qFormat="1"/>
+    <w:lsdException w:name="Normal Table" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
-[...102 lines deleted...]
-    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF043E"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:next w:val="a"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:beforeAutospacing="1" w:afterAutospacing="1"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="SimSun" w:hAnsi="SimSun" w:hint="eastAsia"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+      <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00DF043E"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="Normal (Web)"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00DF043E"/>
     <w:pPr>
-      <w:spacing w:beforeAutospacing="1" w:after="0" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:beforeAutospacing="1" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="a5">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF043E"/>
-[...8 lines deleted...]
-    </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-[...2 lines deleted...]
-</w:webSettings>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr-nobd.edu.kz/#/home-hr" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V1200007495" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V1200007495" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V1200007495" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V1200007495" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V1200007495" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr-nobd.edu.kz/#/home-hr" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -15943,86 +4769,84 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -16157,55 +4981,77 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>6739</Characters>
+  <Pages>4</Pages>
+  <Words>1161</Words>
+  <Characters>6620</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>56</Lines>
+  <Lines>55</Lines>
   <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company>*</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7906</CharactersWithSpaces>
+  <CharactersWithSpaces>7766</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>Yandex.Translate</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KSOProductBuildVer">
+    <vt:lpwstr>1049-12.2.0.20326</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ICV">
+    <vt:lpwstr>69562B9C03AB4F2595B0EDD460152D7B_12</vt:lpwstr>
+  </property>
+</Properties>
+</file>