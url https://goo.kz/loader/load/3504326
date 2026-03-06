--- v0 (2025-12-12)
+++ v1 (2026-03-06)
@@ -1,2350 +1,1857 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="2D50DB9E" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="13464C1F" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1065"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГКП </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Ясли - сад № 3 города  Павлодара – Дошкольный экоцентр» отдела образования города Павлодара, управления образования Павлодарской области.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AE30094" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>объявляет открытый конкурс на вакантные должности воспитателя</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4199F3E6" w14:textId="360AE3CA" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE1B06">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>русским</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> языком обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A2E98FE" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78B02B53" w14:textId="27722265" w:rsidR="005C1EC1" w:rsidRPr="00797C3C" w:rsidRDefault="00F874B1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>31</w:t>
+      </w:r>
+      <w:r w:rsidR="005C1EC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="002B488D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00047534">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="005C1EC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-202</w:t>
+      </w:r>
+      <w:r w:rsidR="002B488D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="005C1EC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">г.  </w:t>
+      </w:r>
+      <w:r w:rsidR="00B10CAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>12</w:t>
+      </w:r>
+      <w:r w:rsidR="00543362">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00B10CAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="197B144D" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="center"/>
-[...403 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГКП </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> «Ясли - сад № 3 города  Павлодара -  Дошкольный экоцентр», улица Камзина 3, телефон 8 (7812) 63-23-46; эл.почта: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="87898F"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>sad</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F15294">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="87898F"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>3@</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F15294">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="87898F"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>goo</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F15294">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="87898F"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F15294">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="87898F"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>edu</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F15294">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="87898F"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F15294">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="87898F"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>kz</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CB25301" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="21C69F46" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ясли-сад с казахским и русским языком обучения. Реализует типовую учебную программу дошкольного воспитания и обучения Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BD8F6FA" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Квалификационные требования:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D87B7A7" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку или техническое и профессиональное</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>образование по соответствующему профилю, без предъявления требований к стажу работы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A9D4B8C" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      и (или) при наличии высшего уровня квалификации стаж работы в должности воспитателя дошкольной организации для педагога-модератора и педагога-эксперта не менее 2 лет, педагога-исследователя не менее 3 лет, педагога-мастера – 5 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F681773" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      и (или) при наличии среднего уровня квалификации стаж работы в должности воспитателя дошкольной организации: для педагога-модератора не менее 2 лет, для педагога-эксперта – не менее 3 лет, педагога-исследователя не менее 4 лет.         </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2758453C" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Требования к квалификации с определением профессиональных компетенций:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0064D9F4" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   1) педагог (без категории):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="380A203C" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      должен отвечать общим требованиям, предъявляемым к квалификации «педагог»:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77837948" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      знать содержание и структуру Типовой программы, владеть методикой дошкольного воспитания и обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09D0C56E" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      осуществлять индивидуальный подход в воспитании и обучении с учетом возрастных особенностей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2932D39F" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      разрабатывать перспективный план и циклограмму;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DED3941" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      обеспечивать получение воспитанниками, знаний, умений и навыков не ниже уровня, предусмотренного Государственным общеобязательным стандартом дошкольного воспитания и обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30BA38D3" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      осуществлять связь с родителями или лицами, их заменяющими;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7322B1B1" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      участвовать в методической работе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1507D89A" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      проводить диагностику развития детей, в том числе с особыми образовательными потребностями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="690D44D0" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      принимать участие в мероприятиях на уровне организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D15DA98" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      владеть навыками профессионально-педагогического диалога, применять цифровые образовательные ресурсы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A6FDCCD" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Должностные обязанности:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00766750" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Обеспечивает охрану жизни и здоровья детей, применяет здоровьесберегающие технологии в их воспитании и обучении.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59661C70" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Осуществляет педагогический процесс в соответствии с требованиями</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D5DCD41" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">государственного общеобязательного стандарта дошкольного воспитания и обучения, расписанием организованной учебной деятельности согласно Типовому учебному плану </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>возрастной группы, создает предметно-развивающую среду, руководит детской деятельностью (игровая, познавательная, двигательная, изобразительная, трудовая).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52981060" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Осуществляет личностно-ориентированный подход в работе с детьми.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EB923F1" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Оказывает содействие специалистам в области коррекционной деятельности с детьми, имеющими отклонения в развитии, планирует воспитательно-образовательную работу на основе изучения общеобразовательных учебных программ, учебно-методической литературы и с учетом индивидуальных образовательных потребностей детей группы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FA4B211" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Проектирует воспитательно-образовательную деятельность на основе анализа достигнутых результатов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C4FDDAA" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    Осуществляет социализацию в условиях совместного воспитания и обучения детей с особыми образовательными потребностями и обычно развивающихся детей для обеспечения равных стартовых возможностей при поступлении в школу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EF79208" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Обеспечивает индивидуальный подход к каждому ребенку с особыми</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AAA1D7D" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>образовательными потребностями с учетом рекомендаций специалистов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B3A236B" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Занимается изучением, обобщением, распространением и внедрением лучших практик на основе изучения отечественного и зарубежного опыта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="106DA600" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Осуществляет консультационную помощь родителям по вопросам воспитания и обучения детей дошкольного возраста. Защищает интересы и права детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59861794" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Внедряет концепцию «Образование, основанное на ценностях»; в организации с участием всех субъектов образовательного процесса, в том числе семьи детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="084370D8" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E4CCD69" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Должен знать:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0370FECE" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Конституцию Республики Казахстан, Трудовой Кодекс Республики</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20EBC728" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Казахстан, законы Республики Казахстан «Об образовании»,  «О статусе педагога», «О противодействии коррупции» и другие нормативные правовые акты Республики Казахстан, определяющие направления и перспективы развития образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1044045A" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      психологию и педагогику, правила оказания первой доврачебной медицинской помощи, правила по безопасности и охране труда, санитарные правила;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C67BABA" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      нормативно - правовые документы по организации дошкольного воспитания и обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="527336BA" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Заработная плата воспитателя:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29077083" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>среднее-специальное образование – 92695–103618 тенге (без квалификационной категории (педагог-модератор, педагог-эксперт, педагог-исследователь, педагог-мастер).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D741D7F" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Заработная плата воспитателя:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A9C44B1" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> высшее образование – 98024–116872 тенге (без квалификационной категории (педагог-модератор, педагог-эксперт, педагог-исследователь, педагог-мастер).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2803EC94" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Сроки подачи и место приема заявок на участие в конкурсе:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В течение 7 рабочих дней со дня опубликования объявления на Интернет-ресурсе и (или) официальных аккаунтах социальных сетей организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3997BF09" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...27 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Прием документов на занятие вакантной должности осуществляет «Ясли - сад № 3 города  Павлодара -  Дошкольный экоцентр», улица Камзина 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D888ADF" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...16 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...36 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Перечень документов, необходимых для участия в конкурсе:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A44553E" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) заявление об участии в конкурсе с указанием перечня прилагаемых документов по форме;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A870942" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="697B0BBB" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      3) заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="307DEE36" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) копии документов об образовании в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A2848F5" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5) копию документа, подтверждающую трудовую деятельность (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2683D9D0" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6) справку о состоянии здоровья по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения» (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579),</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B47CF3D" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7) справку с психоневрологической;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CE6265B" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      8) справку с наркологической;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="245A710A" w14:textId="72EADF3D" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      9) справк</w:t>
+      </w:r>
+      <w:r w:rsidR="006B3221">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>у с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тубдиспансер: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CAF4966" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      10) сертификат Национального квалификационного тестирования (далее - НКТ) или удостоверение о наличии квалификационной категории педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B9FB3CF" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      11) заполненный Оценочный лист кандидата на вакантную или временно вакантную должность воспитателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28C1D94D" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Услугодатель отказывает в оказании государственной услуги, в случаях установления недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них, необходимых для оказания государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FBA354B" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...17 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Контактные телефоны и электронные адреса для уточнения информации:         </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="159B3B51" w14:textId="77777777" w:rsidR="005C1EC1" w:rsidRDefault="005C1EC1" w:rsidP="005C1EC1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1318 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">8 (7812) 63-23-46 ; </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>электронный адрес</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="87898F"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>sad</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F15294">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="87898F"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>3@</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F15294">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="87898F"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>goo</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F15294">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="87898F"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F15294">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="87898F"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>edu</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F15294">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="87898F"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F15294">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="87898F"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>kz</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29F6581D" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+    <w:p w14:paraId="2AC67526" w14:textId="1A88FE2F" w:rsidR="00847505" w:rsidRPr="00027607" w:rsidRDefault="00847505">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="148C2093" w14:textId="5ECA7686" w:rsidR="00847505" w:rsidRDefault="00847505"/>
+    <w:p w14:paraId="1831EBB1" w14:textId="4E2BA630" w:rsidR="00847505" w:rsidRDefault="00847505"/>
+    <w:p w14:paraId="7B9364D0" w14:textId="608F768C" w:rsidR="00847505" w:rsidRDefault="00847505"/>
+    <w:p w14:paraId="7AC3C3C7" w14:textId="0D5BD8E4" w:rsidR="00847505" w:rsidRDefault="00847505" w:rsidP="00AE63E4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...29 lines deleted...]
-    <w:sectPr w:rsidR="006E5142">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3DAD51A3" w14:textId="3D21BF12" w:rsidR="00847505" w:rsidRDefault="00847505"/>
+    <w:p w14:paraId="52ABDBBF" w14:textId="261A0FCC" w:rsidR="00847505" w:rsidRDefault="00847505"/>
+    <w:p w14:paraId="50DCBDAE" w14:textId="06C9205D" w:rsidR="00847505" w:rsidRPr="006B3221" w:rsidRDefault="00847505"/>
+    <w:p w14:paraId="38065937" w14:textId="66995451" w:rsidR="00847505" w:rsidRDefault="00847505"/>
+    <w:p w14:paraId="23449041" w14:textId="185EC583" w:rsidR="00847505" w:rsidRDefault="00847505"/>
+    <w:p w14:paraId="06CBF967" w14:textId="5A2B8A7B" w:rsidR="00847505" w:rsidRDefault="00847505"/>
+    <w:p w14:paraId="536C7503" w14:textId="02D1D640" w:rsidR="00847505" w:rsidRDefault="00847505"/>
+    <w:p w14:paraId="10BF4A14" w14:textId="77777777" w:rsidR="00847505" w:rsidRPr="00027607" w:rsidRDefault="00847505">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00847505" w:rsidRPr="00027607" w:rsidSect="00181E5F">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="074C1470"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B2781CE0"/>
     <w:lvl w:ilvl="0" w:tplc="24B2166C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1309" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190019">
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2029" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0419001B">
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2749" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0419000F">
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3469" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190019">
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4189" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0419001B">
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4909" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0419000F">
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5629" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04190019">
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6349" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0419001B">
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7069" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="455565946">
+  <w:num w:numId="1" w16cid:durableId="1231037022">
     <w:abstractNumId w:val="0"/>
-    <w:lvlOverride w:ilvl="0">
-[...25 lines deleted...]
-    </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
+  <w:drawingGridHorizontalSpacing w:val="110"/>
+  <w:displayHorizontalDrawingGridEvery w:val="2"/>
+  <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="008C63C6"/>
-[...2 lines deleted...]
-    <w:rsid w:val="001B253C"/>
+    <w:rsidRoot w:val="00843E0B"/>
+    <w:rsid w:val="00027607"/>
+    <w:rsid w:val="00047534"/>
+    <w:rsid w:val="000A439B"/>
+    <w:rsid w:val="00181E5F"/>
     <w:rsid w:val="00222A6E"/>
-    <w:rsid w:val="00246F7E"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00401575"/>
+    <w:rsid w:val="002B1916"/>
+    <w:rsid w:val="002B488D"/>
+    <w:rsid w:val="0031618C"/>
+    <w:rsid w:val="00327C84"/>
     <w:rsid w:val="00424AAB"/>
+    <w:rsid w:val="00484855"/>
+    <w:rsid w:val="00516990"/>
     <w:rsid w:val="00516BA2"/>
-    <w:rsid w:val="00531DCC"/>
-    <w:rsid w:val="00543DCE"/>
+    <w:rsid w:val="00543362"/>
     <w:rsid w:val="00556570"/>
     <w:rsid w:val="005950BA"/>
-    <w:rsid w:val="005D67EB"/>
+    <w:rsid w:val="005C1EC1"/>
+    <w:rsid w:val="00610241"/>
+    <w:rsid w:val="0063071E"/>
     <w:rsid w:val="00631FE6"/>
-    <w:rsid w:val="00632D9A"/>
-[...1 lines deleted...]
-    <w:rsid w:val="006E5142"/>
+    <w:rsid w:val="006870C8"/>
+    <w:rsid w:val="006B3221"/>
+    <w:rsid w:val="006F3372"/>
     <w:rsid w:val="00743852"/>
-    <w:rsid w:val="007C143A"/>
-[...9 lines deleted...]
-    <w:rsid w:val="00A13815"/>
+    <w:rsid w:val="00797C3C"/>
+    <w:rsid w:val="00843E0B"/>
+    <w:rsid w:val="00847505"/>
+    <w:rsid w:val="008A2FD4"/>
+    <w:rsid w:val="009563CF"/>
+    <w:rsid w:val="009930E5"/>
+    <w:rsid w:val="009D6F79"/>
+    <w:rsid w:val="00A52F2E"/>
     <w:rsid w:val="00A53151"/>
-    <w:rsid w:val="00B93C78"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00CB2395"/>
+    <w:rsid w:val="00A74238"/>
+    <w:rsid w:val="00AB22B5"/>
+    <w:rsid w:val="00AE63E4"/>
+    <w:rsid w:val="00B0200E"/>
+    <w:rsid w:val="00B10CAE"/>
+    <w:rsid w:val="00BE1B06"/>
+    <w:rsid w:val="00C30489"/>
+    <w:rsid w:val="00C66206"/>
     <w:rsid w:val="00CC5C8B"/>
-    <w:rsid w:val="00D73AE0"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00F743BF"/>
+    <w:rsid w:val="00D45172"/>
+    <w:rsid w:val="00DB2885"/>
+    <w:rsid w:val="00E92449"/>
+    <w:rsid w:val="00F40288"/>
+    <w:rsid w:val="00F46677"/>
+    <w:rsid w:val="00F720D2"/>
     <w:rsid w:val="00F75A06"/>
-    <w:rsid w:val="00FB0066"/>
-    <w:rsid w:val="00FC780F"/>
+    <w:rsid w:val="00F874B1"/>
+    <w:rsid w:val="00FB2D2B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="3E87AFC8"/>
+  <w14:docId w14:val="1FA33660"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{5CB6D3C8-F453-4B59-9776-37EE7718115C}"/>
+  <w15:docId w15:val="{4ADE1560-5538-41D1-88CA-ECDA68C00F7D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2702,219 +2209,296 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="005C1EC1"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005C1EC1"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="005C1EC1"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a5">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006F3372"/>
+    <w:rPr>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
-    <w:div w:id="1833720887">
+    <w:div w:id="984313380">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -3021,75 +2605,91 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{96F902BF-87E6-4A4F-AF2A-96BFD1AF879F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1085</Words>
-  <Characters>6190</Characters>
+  <Words>1092</Words>
+  <Characters>6228</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>51</Lines>
   <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7261</CharactersWithSpaces>
+  <CharactersWithSpaces>7306</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>user</dc:creator>
+  <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>